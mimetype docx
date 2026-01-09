--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -16,202 +16,211 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6B55DAC4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00F35B05">
+    <w:p w:rsidR="00283A02" w:rsidP="00F35B05" w:rsidRDefault="00283A02" w14:paraId="6B55DAC4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00283A02" w:rsidSect="00283A02">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="779ACDCD" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="779ACDCD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08D63906" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="08D63906" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="183F79BE" w14:textId="224C9CFB" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00AE785F" w:rsidP="00AE785F">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00AE785F" w:rsidRDefault="00AE785F" w14:paraId="183F79BE" w14:textId="18FCAF0E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00283A02">
-        <w:t>DT Njurar donator 4-fas (852802B)</w:t>
+      <w:r w:rsidR="00AE785F">
+        <w:rPr/>
+        <w:t>DT Njurar donator 4-fas (852</w:t>
+      </w:r>
+      <w:r w:rsidR="76A5B63A">
+        <w:rPr/>
+        <w:t>902C</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE785F">
+        <w:rPr/>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F87FA2C" w14:textId="77777777" w:rsidR="00DE6B14" w:rsidRPr="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="00DE6B14">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00DE6B14" w:rsidP="00DE6B14" w:rsidRDefault="00DE6B14" w14:paraId="5F87FA2C" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E955D85" w14:textId="77777777" w:rsidR="00DE6B14" w:rsidRPr="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="00DE6B14">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00DE6B14" w:rsidP="00DE6B14" w:rsidRDefault="00DE6B14" w14:paraId="7E955D85" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562E3A4D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="562E3A4D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="467F725D" w14:textId="3F2BE95A" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00DE6B14" w14:paraId="467F725D" w14:textId="3F2BE95A">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
-      <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
+      <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2253442F" w14:textId="74EDF359" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="008E1E8B" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="008E1E8B" w14:paraId="2253442F" w14:textId="74EDF359">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Reviderad: </w:t>
       </w:r>
       <w:r w:rsidR="00FF5EBB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ändrat mängden dryck och tid.</w:t>
       </w:r>
@@ -246,349 +255,349 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Siemens X-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DD2E1A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>cite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DD2E1A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E37AAF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="67E37AAF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CE6809D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1CE6809D" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="217BC047" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="217BC047" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51E0D63C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="51E0D63C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39879569" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="39879569" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Utredning inför njurdonation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="705C682F" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="705C682F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="238C232F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="238C232F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="522E8F2D" w14:textId="120FEEF4" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00AE785F" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00AE785F" w14:paraId="522E8F2D" w14:textId="120FEEF4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId17">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
+              <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
+            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F3787AA" w14:textId="53BCAEB3" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5F3787AA" w14:textId="53BCAEB3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
             <w:r w:rsidR="00DC18B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (efter flödet).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="7C2B7648" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="7C2B7648" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2415D4B4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2415D4B4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="748DBA28" w14:textId="2B0C15D9" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="748DBA28" w14:textId="2B0C15D9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1,5 timme före undersökningen ska patienten kissa. Därefter får patienten inte kissa förrän undersökningen är genomförd. Eventuell KAD ska vara stängd. </w:t>
             </w:r>
             <w:r w:rsidR="00DC18B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30 minuter före</w:t>
             </w:r>
@@ -597,186 +606,186 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> undersökningen ska patienten dricka </w:t>
             </w:r>
             <w:r w:rsidR="00C53290">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 dl</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> vatten med jämn fördelning. Polikliniska patienter dricker hemma.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="37630B59" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="37630B59" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A659BC6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2A659BC6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1715B8E6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1715B8E6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Omnipaque 350 mg I/ml enligt </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OmniJect</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ”Urografi 3- och 4-fas”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="13295144" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="13295144" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6DB72D38" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6DB72D38" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="274EC005" w14:textId="0E4975A3" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="274EC005" w14:textId="0E4975A3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15-50</w:t>
@@ -785,455 +794,455 @@
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om graviditet. </w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">För övriga strålskyddsregler se kapitel 4.2 och 5.2 i </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId18">
               <w:r w:rsidRPr="00283A02">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="63EE1003" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="63EE1003" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="331F6230" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="331F6230" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5606A606" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5606A606" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="581C252C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="581C252C" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ACADF87" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4ACADF87" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3EE9385A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3EE9385A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1423B8CD" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1423B8CD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39755DB9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="39755DB9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66996676" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="66996676" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="4282"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="5F68F404" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="5F68F404" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9038" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25FC980F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="25FC980F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68567551" wp14:editId="57DF94F8">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="11" name="Diagram 11"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66622D19" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="66622D19" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3762C131" wp14:editId="629A3922">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="12" name="Diagram 12"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId24" r:lo="rId25" r:qs="rId26" r:cs="rId27"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="4B6F52B4" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="4B6F52B4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="586638C9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="586638C9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="649D501B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="649D501B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02171AE4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="02171AE4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="518EC05E" wp14:editId="6C76A904">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>991870</wp:posOffset>
                       </wp:positionH>
@@ -1247,175 +1256,175 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1530985"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="0ED038BE" w14:textId="370E938D" w:rsidR="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="000B29F1">
+                                <w:p w:rsidR="00283A02" w:rsidP="000B29F1" w:rsidRDefault="00DE6B14" w14:paraId="0ED038BE" w14:textId="370E938D">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>4</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="651D8E03" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+                                <w:p w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="651D8E03" w14:textId="77777777">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w14:paraId="39DE03C0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="0066567D" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="39DE03C0" w14:textId="77777777">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>4</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shapetype w14:anchorId="518EC05E" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
+                  <w:pict w14:anchorId="2818CD87">
+                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="518EC05E">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
+                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 9" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:78.1pt;margin-top:34.5pt;width:32.3pt;height:120.55pt;rotation:180;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHWeWiVgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22na9cFdYogQYYB&#10;RRugHXpWZNkWoK9RSuzu14+SnDbtdhqWg0BK5CP5/Jjrm1ErchDgpTU1rc5KSoThtpGmq+mPx82n&#10;K0p8YKZhyhpR02fh6c3i44frwc3FzPZWNQIIghg/H1xN+xDcvCg874Vm/sw6YfCxtaBZQBe6ogE2&#10;ILpWxawsL4vBQuPAcuE93q7zI10k/LYVPNy3rReBqJpibyGdkM5dPIvFNZt3wFwv+dQG+4cuNJMG&#10;i75ArVlgZA/yDygtOVhv23DGrS5s20ou0gw4TVW+m+ahZ06kWZAc715o8v8Plt8dHtwWkIbB+blH&#10;M04xtqAJWGSrKq/K+EvDYbtkTNw9v3AnxkA4Xn6uylmFDHN8qi7Oy69XF5HcIoNFUAc+fBNWk2jU&#10;dO+WAHZIwOxw60OOPkbFDG+VbDZSqeRAt1spIAeGn3KVm8opb8KUIQN2MPuCPRPOUFKtYgFN7Zqa&#10;etNRwlSHWuUBUm1jYwVEyh2ume9zjQSbBaJlQJUqqWs60ZErKxPTRNLZNMErjdEK427E0GjubPO8&#10;hcwqtuYd30gk4pb5sGWAosNLXKRwj0erLA5hJ4uS3sKvv93HeNQCvlIyoIhxwJ97BoIS9d2gSs4v&#10;46cj4dSBU2d36pi9Xlkkt0rdJROTIaij2YLVT7hvy1gVn5jhWDtTOTmrkJcLN5aL5TKF7R3IrscU&#10;BEbVOxZuzYPj0T+y/jg+MXCTMgJq6s4exc/m79SRY1Far6xODu5IUty0z3EJT/0U9fqvs/gNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAmLcGa3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3&#10;JP6DdUhs1I4RUQlxKoREYWBp6MB4jY8kENtR7Kbpv+eYYHy6p3ffV24WN4iZptgHbyBbKRDkm2B7&#10;3xrYvz/frEHEhN7iEDwZOFOETXV5UWJhw8nvaK5TK3jExwINdCmNhZSx6chhXIWRPN8+w+QwcZxa&#10;aSc88bgbpFYqlw57zx86HOmpo+a7PjoDs9O7cY1f248taU371/r89tIbc321PD6ASLSkvzL84jM6&#10;VMx0CEdvoxg43+Waqwbye3bigtaKXQ4GbjOVgaxK+V+h+gEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCHWeWiVgIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAmLcGa3QAAAAoBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" adj="2894" fillcolor="#c00000" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 9" style="position:absolute;left:0;text-align:left;margin-left:78.1pt;margin-top:34.5pt;width:32.3pt;height:120.55pt;rotation:180;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#c00000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="2894" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHWeWiVgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22na9cFdYogQYYB&#10;RRugHXpWZNkWoK9RSuzu14+SnDbtdhqWg0BK5CP5/Jjrm1ErchDgpTU1rc5KSoThtpGmq+mPx82n&#10;K0p8YKZhyhpR02fh6c3i44frwc3FzPZWNQIIghg/H1xN+xDcvCg874Vm/sw6YfCxtaBZQBe6ogE2&#10;ILpWxawsL4vBQuPAcuE93q7zI10k/LYVPNy3rReBqJpibyGdkM5dPIvFNZt3wFwv+dQG+4cuNJMG&#10;i75ArVlgZA/yDygtOVhv23DGrS5s20ou0gw4TVW+m+ahZ06kWZAc715o8v8Plt8dHtwWkIbB+blH&#10;M04xtqAJWGSrKq/K+EvDYbtkTNw9v3AnxkA4Xn6uylmFDHN8qi7Oy69XF5HcIoNFUAc+fBNWk2jU&#10;dO+WAHZIwOxw60OOPkbFDG+VbDZSqeRAt1spIAeGn3KVm8opb8KUIQN2MPuCPRPOUFKtYgFN7Zqa&#10;etNRwlSHWuUBUm1jYwVEyh2ume9zjQSbBaJlQJUqqWs60ZErKxPTRNLZNMErjdEK427E0GjubPO8&#10;hcwqtuYd30gk4pb5sGWAosNLXKRwj0erLA5hJ4uS3sKvv93HeNQCvlIyoIhxwJ97BoIS9d2gSs4v&#10;46cj4dSBU2d36pi9Xlkkt0rdJROTIaij2YLVT7hvy1gVn5jhWDtTOTmrkJcLN5aL5TKF7R3IrscU&#10;BEbVOxZuzYPj0T+y/jg+MXCTMgJq6s4exc/m79SRY1Far6xODu5IUty0z3EJT/0U9fqvs/gNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAmLcGa3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3&#10;JP6DdUhs1I4RUQlxKoREYWBp6MB4jY8kENtR7Kbpv+eYYHy6p3ffV24WN4iZptgHbyBbKRDkm2B7&#10;3xrYvz/frEHEhN7iEDwZOFOETXV5UWJhw8nvaK5TK3jExwINdCmNhZSx6chhXIWRPN8+w+QwcZxa&#10;aSc88bgbpFYqlw57zx86HOmpo+a7PjoDs9O7cY1f248taU371/r89tIbc321PD6ASLSkvzL84jM6&#10;VMx0CEdvoxg43+Waqwbye3bigtaKXQ4GbjOVgaxK+V+h+gEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCHWeWiVgIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAmLcGa3QAAAAoBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="0ED038BE" w14:textId="370E938D" w:rsidR="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="000B29F1">
+                          <w:p w:rsidR="00283A02" w:rsidP="000B29F1" w:rsidRDefault="00DE6B14" w14:paraId="2598DEE6" w14:textId="370E938D">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="651D8E03" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+                          <w:p w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="672A6659" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="39DE03C0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="0066567D" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="279935FF" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
@@ -1444,196 +1453,214 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="698500"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="2787D310" w14:textId="1FB1473F" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="2787D310" w14:textId="1FB1473F">
                                   <w:pPr>
                                     <w:spacing w:after="0"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>12</w:t>
                                   </w:r>
-                                  <w:r w:rsidR="00DE6B14" w:rsidRPr="006B49E7">
+                                  <w:r w:rsidRPr="006B49E7" w:rsidR="00DE6B14">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:br/>
+                                  </w:r>
+                                  <w:r w:rsidRPr="006B49E7" w:rsidR="00DE6B14">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:b/>
+                                      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
                                     <w:t>3</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="20B8D0A0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+                                <w:p w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="20B8D0A0" w14:textId="77777777">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>3</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="6D284C5C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="0066567D" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6D284C5C" w14:textId="77777777">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="1F3EFA9D" id="Upp 8" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:24.55pt;margin-top:35.6pt;width:32.3pt;height:55pt;rotation:180;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdLtJzWgIAAMMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nW9cFdYqgRYYB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbtdhqWg0BK5CP5/Jjzi9FotpcYlLM1r05KzqQVrlG2q/mPh82H&#10;M85CBNuAdlbW/EkGfrF6/+588Eu5cL3TjURGIDYsB1/zPka/LIogemkgnDgvLT22Dg1EcrErGoSB&#10;0I0uFmV5WgwOG49OyBDo9mp65KuM37ZSxNu2DTIyXXPqLeYT87lNZ7E6h2WH4Hsl5jbgH7owoCwV&#10;fYa6gghsh+oPKKMEuuDaeCKcKVzbKiHzDDRNVb6Z5r4HL/MsRE7wzzSF/wcrbvb3/g6JhsGHZSAz&#10;TTG2aBg6Yqsqz8r0y8NRu2zM3D09cyfHyARdfqrKRUUMC3o6/Xr2mVIItJiwEqbHEL9JZ1gyar7z&#10;a0Q3ZFzYX4c4RR+iUkZwWjUbpXV2sNteamR7oC+52eSeppRXYdqygbpefKH6TAApqtUQyTS+qXmw&#10;HWegO5KqiJhrW5cqENLU4RWEfqqRYSd9GBVJpFqZms9sTJW1TWkyy2ye4IXFZMVxOzJFhasElG62&#10;rnm6w4lb6jB4sVHExzWEeAdI0qNLWqd4S0erHc3iZouz3uGvv92neFIEvXI2kJRpzp87QMmZ/m5J&#10;Kx9P0wdk8djBY2d77NiduXTEcZW7yyYlY9QHs0VnHmnr1qkqPYEVVHtidHYu47RitLdCrtc5bOdR&#10;dT2lEDBp30O8tvdeJP9A/sP4COhngURS1o07rAAs34hkiiWFvbA6O7QpWXjzVqdVPPZz1Mt/z+o3&#10;AAAA//8DAFBLAwQUAAYACAAAACEACKmjXeIAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/D&#10;MBCE70j8B2uRuCDqJDxaQpwKVQIVIfEoleDoxksSNV5Htpum/57tCW67O6PZb4r5aDsxoA+tIwXp&#10;JAGBVDnTUq1g/fl4OQMRoiajO0eo4IAB5uXpSaFz4/b0gcMq1oJDKORaQRNjn0sZqgatDhPXI7H2&#10;47zVkVdfS+P1nsNtJ7MkuZVWt8QfGt3josFqu9pZBf55ubY3i+z162XcLt8v3g7fT0Or1PnZ+HAP&#10;IuIY/8xwxGd0KJlp43ZkgugUXN+l7FQwTTMQRz29moLY8DDjiywL+b9B+QsAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAdLtJzWgIAAMMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAIqaNd4gAAAAkBAAAPAAAAAAAAAAAAAAAAALQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" adj="6343" fillcolor="red" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="4DD2360D">
+                    <v:shape id="Upp 8" style="position:absolute;left:0;text-align:left;margin-left:24.55pt;margin-top:35.6pt;width:32.3pt;height:55pt;rotation:180;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="6343" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdLtJzWgIAAMMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nW9cFdYqgRYYB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbtdhqWg0BK5CP5/Jjzi9FotpcYlLM1r05KzqQVrlG2q/mPh82H&#10;M85CBNuAdlbW/EkGfrF6/+588Eu5cL3TjURGIDYsB1/zPka/LIogemkgnDgvLT22Dg1EcrErGoSB&#10;0I0uFmV5WgwOG49OyBDo9mp65KuM37ZSxNu2DTIyXXPqLeYT87lNZ7E6h2WH4Hsl5jbgH7owoCwV&#10;fYa6gghsh+oPKKMEuuDaeCKcKVzbKiHzDDRNVb6Z5r4HL/MsRE7wzzSF/wcrbvb3/g6JhsGHZSAz&#10;TTG2aBg6Yqsqz8r0y8NRu2zM3D09cyfHyARdfqrKRUUMC3o6/Xr2mVIItJiwEqbHEL9JZ1gyar7z&#10;a0Q3ZFzYX4c4RR+iUkZwWjUbpXV2sNteamR7oC+52eSeppRXYdqygbpefKH6TAApqtUQyTS+qXmw&#10;HWegO5KqiJhrW5cqENLU4RWEfqqRYSd9GBVJpFqZms9sTJW1TWkyy2ye4IXFZMVxOzJFhasElG62&#10;rnm6w4lb6jB4sVHExzWEeAdI0qNLWqd4S0erHc3iZouz3uGvv92neFIEvXI2kJRpzp87QMmZ/m5J&#10;Kx9P0wdk8djBY2d77NiduXTEcZW7yyYlY9QHs0VnHmnr1qkqPYEVVHtidHYu47RitLdCrtc5bOdR&#10;dT2lEDBp30O8tvdeJP9A/sP4COhngURS1o07rAAs34hkiiWFvbA6O7QpWXjzVqdVPPZz1Mt/z+o3&#10;AAAA//8DAFBLAwQUAAYACAAAACEACKmjXeIAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/D&#10;MBCE70j8B2uRuCDqJDxaQpwKVQIVIfEoleDoxksSNV5Htpum/57tCW67O6PZb4r5aDsxoA+tIwXp&#10;JAGBVDnTUq1g/fl4OQMRoiajO0eo4IAB5uXpSaFz4/b0gcMq1oJDKORaQRNjn0sZqgatDhPXI7H2&#10;47zVkVdfS+P1nsNtJ7MkuZVWt8QfGt3josFqu9pZBf55ubY3i+z162XcLt8v3g7fT0Or1PnZ+HAP&#10;IuIY/8xwxGd0KJlp43ZkgugUXN+l7FQwTTMQRz29moLY8DDjiywL+b9B+QsAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAdLtJzWgIAAMMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAIqaNd4gAAAAkBAAAPAAAAAAAAAAAAAAAAALQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" w14:anchorId="1F3EFA9D">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="2787D310" w14:textId="1FB1473F" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="19FCCF4E" w14:textId="1FB1473F">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>12</w:t>
                             </w:r>
-                            <w:r w:rsidR="00DE6B14" w:rsidRPr="006B49E7">
+                            <w:r w:rsidRPr="006B49E7" w:rsidR="00DE6B14">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="006B49E7" w:rsidR="00DE6B14">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="20B8D0A0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+                          <w:p w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5FCD5EC4" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6D284C5C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="0066567D" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0A37501D" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
@@ -1668,52 +1695,52 @@
                                   <a:srgbClr val="C00000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="6E70D8B9" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.85pt;margin-top:34.45pt;width:127.85pt;height:121.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLKqX5NAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wka9EZcYogQXYJ&#10;2gBp0TMjy7EBfY1S43S/fpTsJF2307AcFEqkHsXHR8/uT1qxo0TfWlPy8SjnTBphq9YcSv78tP5y&#10;x5kPYCpQ1siSv0nP7+efP806V8iJbayqJDICMb7oXMmbEFyRZV40UoMfWScNOWuLGgJt8ZBVCB2h&#10;a5VN8vw26yxWDq2Q3tPpqnfyecKvaynCY117GZgqOb0tpBXTuo9rNp9BcUBwTSuGZ8A/vEJDayjp&#10;BWoFAdgrtn9A6Vag9bYOI2F1Zuu6FTLVQNWM8w/V7BpwMtVC5Hh3ocn/P1jxcNy5LRINnfOFJzNW&#10;capRx396Hzslst4uZMlTYIIOx7eT6e23G84E+cY3X6f5TaIzu1536MN3aTWLRsmRupFIguPGB0pJ&#10;oeeQmM3YdatU6ogyrCv59G6cU9MEkDBqBYFM7aqSe3PgDNSBFCcCJkhvVVvF6xHI42G/VMiOQF1f&#10;5vEXG03pfguLuVfgmz4uuXo96DaQKFWrS373/rYyEV0mWQ0VXFmL1t5Wb1tkaHudeSfWLSXZgA9b&#10;QBIWVUPDEh5pqZWlEu1gcdZY/Pm38xhP/SYvZx0Jlcr/8QooOTOvemmpwjGNmBPJJHwM6mzWaPUL&#10;zcciIpALjCCcnrRhswz9MNCECblYpDBSpoOwMTsnInisOVL1dHoBdEMvA8ngwZ4FCsWHlvaxRPmV&#10;lWFDOk6dGGYuDsr7fYq6fhnmvwAAAP//AwBQSwMEFAAGAAgAAAAhAO8ndQTeAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj1FPg0AQhN9N/A+XNfHNHqC2hXI0RDExaaKR9gdcuRWI3B7hri3+e9cn&#10;fZydycy3+Xa2gzjj5HtHCuJFBAKpcaanVsFh/3K3BuGDJqMHR6jgGz1si+urXGfGXegDz3VoBZeQ&#10;z7SCLoQxk9I3HVrtF25EYu/TTVYHllMrzaQvXG4HmUTRUlrdEy90esSnDpuv+mQV7KvQVOVhfk6q&#10;nXwNWL7J9xqVur2Zyw2IgHP4C8MvPqNDwUxHdyLjxaDgfsVBBct1CoLt5DF9AHHkexynIItc/n+g&#10;+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLKqX5NAIAAGEEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvJ3UE3gAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="47AC1611">
+                    <v:rect id="Rektangel 3" style="position:absolute;margin-left:1.85pt;margin-top:34.45pt;width:127.85pt;height:121.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#c00000" strokeweight="3pt" w14:anchorId="6E70D8B9" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLKqX5NAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wka9EZcYogQXYJ&#10;2gBp0TMjy7EBfY1S43S/fpTsJF2307AcFEqkHsXHR8/uT1qxo0TfWlPy8SjnTBphq9YcSv78tP5y&#10;x5kPYCpQ1siSv0nP7+efP806V8iJbayqJDICMb7oXMmbEFyRZV40UoMfWScNOWuLGgJt8ZBVCB2h&#10;a5VN8vw26yxWDq2Q3tPpqnfyecKvaynCY117GZgqOb0tpBXTuo9rNp9BcUBwTSuGZ8A/vEJDayjp&#10;BWoFAdgrtn9A6Vag9bYOI2F1Zuu6FTLVQNWM8w/V7BpwMtVC5Hh3ocn/P1jxcNy5LRINnfOFJzNW&#10;capRx396Hzslst4uZMlTYIIOx7eT6e23G84E+cY3X6f5TaIzu1536MN3aTWLRsmRupFIguPGB0pJ&#10;oeeQmM3YdatU6ogyrCv59G6cU9MEkDBqBYFM7aqSe3PgDNSBFCcCJkhvVVvF6xHI42G/VMiOQF1f&#10;5vEXG03pfguLuVfgmz4uuXo96DaQKFWrS373/rYyEV0mWQ0VXFmL1t5Wb1tkaHudeSfWLSXZgA9b&#10;QBIWVUPDEh5pqZWlEu1gcdZY/Pm38xhP/SYvZx0Jlcr/8QooOTOvemmpwjGNmBPJJHwM6mzWaPUL&#10;zcciIpALjCCcnrRhswz9MNCECblYpDBSpoOwMTsnInisOVL1dHoBdEMvA8ngwZ4FCsWHlvaxRPmV&#10;lWFDOk6dGGYuDsr7fYq6fhnmvwAAAP//AwBQSwMEFAAGAAgAAAAhAO8ndQTeAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj1FPg0AQhN9N/A+XNfHNHqC2hXI0RDExaaKR9gdcuRWI3B7hri3+e9cn&#10;fZydycy3+Xa2gzjj5HtHCuJFBAKpcaanVsFh/3K3BuGDJqMHR6jgGz1si+urXGfGXegDz3VoBZeQ&#10;z7SCLoQxk9I3HVrtF25EYu/TTVYHllMrzaQvXG4HmUTRUlrdEy90esSnDpuv+mQV7KvQVOVhfk6q&#10;nXwNWL7J9xqVur2Zyw2IgHP4C8MvPqNDwUxHdyLjxaDgfsVBBct1CoLt5DF9AHHkexynIItc/n+g&#10;+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLKqX5NAIAAGEEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvJ3UE3gAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0196B023" wp14:editId="0CEFD0F6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>22860</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>448945</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1623695" cy="698500"/>
                       <wp:effectExtent l="19050" t="19050" r="14605" b="25400"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Rektangel 4"/>
                       <wp:cNvGraphicFramePr/>
@@ -1735,674 +1762,674 @@
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="245D4A83" id="Rektangel 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.8pt;margin-top:35.35pt;width:127.85pt;height:55pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpcffAMwIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2PGjEMvVfqf4hyLwOsFrGIYYVA9IJ2&#10;kdhqzyaT+ZDyVScw0F9fJzNAu+2pKofgxM5z/Pw88+ezVuwk0TfW5Hw0GHImjbBFY6qcf3vbfJly&#10;5gOYApQ1MucX6fnz4vOneetmcmxrqwqJjECMn7Uu53UIbpZlXtRSgx9YJw05S4saAm2xygqEltC1&#10;ysbD4SRrLRYOrZDe0+m6c/JFwi9LKcJrWXoZmMo5vS2kFdN6iGu2mMOsQnB1I/pnwD+8QkNjKOkN&#10;ag0B2BGbP6B0I9B6W4aBsDqzZdkImWqgakbDD9Xsa3Ay1ULkeHejyf8/WPFy2rsdEg2t8zNPZqzi&#10;XKKO//Q+dk5kXW5kyXNggg5Hk/HD5OmRM0G+ydP0cZjYzO63HfrwVVrNopFzpGYkjuC09YEyUug1&#10;JCYzdtMolRqiDGtz/jAdESYTQLooFQQytSty7k3FGaiKBCcCJkhvVVPE6xHIY3VYKWQnoKZvNkP6&#10;xT5Tut/CYu41+LqLS65ODroJpEnV6JxP4+XrbWUiukyq6iu4kxatgy0uO2RoO5l5JzYNJdmCDztA&#10;0hVVQ7MSXmkplaUSbW9xVlv88bfzGE/tJi9nLemUyv9+BJScmaNeWapwRBPmRDIJH4O6miVa/U7j&#10;sYwI5AIjCKcjrd+sQjcLNGBCLpcpjITpIGzN3okIHmuOVL2d3wFd38tAKnixV33C7ENLu1ii/M5K&#10;vyEZp070Ixfn5Nd9irp/GBY/AQAA//8DAFBLAwQUAAYACAAAACEAfIKGB90AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeLNLqZaWsjTGRI3eRE2vU3YEwn4Qdlvw3zue9Djz&#10;PnnnmWI/WyPONIbOOwXLRQKCXO115xoFH++PNxsQIaLTaLwjBd8UYF9eXhSYaz+5NzpXsRFc4kKO&#10;CtoYh1zKULdkMSz8QI6zLz9ajDyOjdQjTlxujUyTZC0tdo4vtDjQQ0t1X52sgpcpNd2hwdfnqq8+&#10;e3/7tMy2Vqnrq/l+ByLSHP9g+NVndSjZ6ehPTgdhFKzWDCrIkgwEx+nddgXiyNyGN7Is5P8Hyh8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqXH3wDMCAABgBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfIKGB90AAAAIAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="12DAE435">
+                    <v:rect id="Rektangel 4" style="position:absolute;margin-left:1.8pt;margin-top:35.35pt;width:127.85pt;height:55pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="245D4A83" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpcffAMwIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2PGjEMvVfqf4hyLwOsFrGIYYVA9IJ2&#10;kdhqzyaT+ZDyVScw0F9fJzNAu+2pKofgxM5z/Pw88+ezVuwk0TfW5Hw0GHImjbBFY6qcf3vbfJly&#10;5gOYApQ1MucX6fnz4vOneetmcmxrqwqJjECMn7Uu53UIbpZlXtRSgx9YJw05S4saAm2xygqEltC1&#10;ysbD4SRrLRYOrZDe0+m6c/JFwi9LKcJrWXoZmMo5vS2kFdN6iGu2mMOsQnB1I/pnwD+8QkNjKOkN&#10;ag0B2BGbP6B0I9B6W4aBsDqzZdkImWqgakbDD9Xsa3Ay1ULkeHejyf8/WPFy2rsdEg2t8zNPZqzi&#10;XKKO//Q+dk5kXW5kyXNggg5Hk/HD5OmRM0G+ydP0cZjYzO63HfrwVVrNopFzpGYkjuC09YEyUug1&#10;JCYzdtMolRqiDGtz/jAdESYTQLooFQQytSty7k3FGaiKBCcCJkhvVVPE6xHIY3VYKWQnoKZvNkP6&#10;xT5Tut/CYu41+LqLS65ODroJpEnV6JxP4+XrbWUiukyq6iu4kxatgy0uO2RoO5l5JzYNJdmCDztA&#10;0hVVQ7MSXmkplaUSbW9xVlv88bfzGE/tJi9nLemUyv9+BJScmaNeWapwRBPmRDIJH4O6miVa/U7j&#10;sYwI5AIjCKcjrd+sQjcLNGBCLpcpjITpIGzN3okIHmuOVL2d3wFd38tAKnixV33C7ENLu1ii/M5K&#10;vyEZp070Ixfn5Nd9irp/GBY/AQAA//8DAFBLAwQUAAYACAAAACEAfIKGB90AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeLNLqZaWsjTGRI3eRE2vU3YEwn4Qdlvw3zue9Djz&#10;PnnnmWI/WyPONIbOOwXLRQKCXO115xoFH++PNxsQIaLTaLwjBd8UYF9eXhSYaz+5NzpXsRFc4kKO&#10;CtoYh1zKULdkMSz8QI6zLz9ajDyOjdQjTlxujUyTZC0tdo4vtDjQQ0t1X52sgpcpNd2hwdfnqq8+&#10;e3/7tMy2Vqnrq/l+ByLSHP9g+NVndSjZ6ehPTgdhFKzWDCrIkgwEx+nddgXiyNyGN7Is5P8Hyh8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqXH3wDMCAABgBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfIKGB90AAAAIAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67302137" wp14:editId="3C773AFF">
                   <wp:extent cx="1655307" cy="2181916"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="8890"/>
                   <wp:docPr id="13" name="Bildobjekt 13"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1195425106" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1685748" cy="2222041"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="12D028B2" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="12D028B2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="08C48DE0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="08C48DE0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7783839E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7783839E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mamiller</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – höftleder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5D3BEA" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0B5D3BEA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="6EAD0C46" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="6EAD0C46" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="56B60057" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="56B60057" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K- (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1F37F4FB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1F37F4FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedom diafragma – aortabifurkationen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40BDFFD3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="40BDFFD3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="540C15CC" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="540C15CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="2E535D87" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="2E535D87" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBCB91C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7FBCB91C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premonitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="061665BB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="061665BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ROI i proximala bukaorta, tröskelvärde 120 HU (GE och Toshiba), 90 HU (Siemens).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24496278" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="24496278" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="5B692C20" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="5B692C20" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4F37C5E8" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4F37C5E8" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K+ artärfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="29B02229" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="29B02229" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedom diafragma – aortabifurkationen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="651B404E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="651B404E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="617EE021" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="617EE021" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="67E0ADC9" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="67E0ADC9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCEB52B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6CCEB52B" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Njurar K+ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nefrografisk</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="510921E4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="510921E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedom diafragma – aortabifurkationen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6665F7A0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6665F7A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="70D9A01F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="70D9A01F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="456ADD73" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="456ADD73" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3177E0D8" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3177E0D8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF99CBA" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5EF99CBA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mamiller</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2411,365 +2438,365 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>trochanter</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28FE78BE" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="28FE78BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="4586E759" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="4586E759" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2FBE691C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2FBE691C" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Urinvägar K+ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="36D312F7" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="36D312F7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedanför diafragma – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>trochanter</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A8B659F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5A8B659F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="30C66113" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="30C66113" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63662C2E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="63662C2E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61B9BB4C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="61B9BB4C" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Reformatering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="28279259" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="28279259" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D53439A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2D53439A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E55417C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6E55417C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57BE2A61" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="57BE2A61" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="451F1C1B" wp14:editId="55861EFC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>269875</wp:posOffset>
@@ -2784,99 +2811,99 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="13FD1954" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="13FD1954" w14:textId="77777777">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="451F1C1B" id="Upp 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:21.25pt;margin-top:67.35pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKLS1XHfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNyonf4T4lQVEqjtjcIDOPE2iYjXaeymDk+Pe4Ljzo5mvsk2wbRswN41liQkEwEMqbS6oUrC&#10;1+fb0xqY84q0ai2hhBEdbPL7u0yl2l7pA4ejr1gMIZcqCbX3Xcq5K2s0yk1shxR/J9sb5ePZV1z3&#10;6hrDTcunQiy5UQ3Fhlp1+Fpj+X28GAnr8LxLfnZDGFeHsdj7szmcyncpHx/C9gWYx+D/zHDDj+iQ&#10;R6bCXkg71kqYLSK5j/o8mQO7GZLZClghYSqWAnie8f8T8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6EbymlUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAotLVcd8AAAAKAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="1D18C802">
+                    <v:shape id="Upp 24" style="position:absolute;left:0;text-align:left;margin-left:21.25pt;margin-top:67.35pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8956" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKLS1XHfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNyonf4T4lQVEqjtjcIDOPE2iYjXaeymDk+Pe4Ljzo5mvsk2wbRswN41liQkEwEMqbS6oUrC&#10;1+fb0xqY84q0ai2hhBEdbPL7u0yl2l7pA4ejr1gMIZcqCbX3Xcq5K2s0yk1shxR/J9sb5ePZV1z3&#10;6hrDTcunQiy5UQ3Fhlp1+Fpj+X28GAnr8LxLfnZDGFeHsdj7szmcyncpHx/C9gWYx+D/zHDDj+iQ&#10;R6bCXkg71kqYLSK5j/o8mQO7GZLZClghYSqWAnie8f8T8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6EbymlUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAotLVcd8AAAAKAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" w14:anchorId="451F1C1B">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="13FD1954" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="0666B90B" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -2920,52 +2947,52 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:line w14:anchorId="786C857D" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="57.55pt,-1.25pt" to="58pt,102.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFS5BVrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2Q3aJcZcXpokF2G&#10;rcDWH8DIki1AXxC1OPn3o5Q07bbbMB9kSiSf+B6p9ePRWXZQCU3wPW8XDWfKyzAYP/b85cfudsUZ&#10;ZvAD2OBVz08K+ePm5sN6jp26C1Owg0qMQDx2c+z5lHPshEA5KQe4CFF5cuqQHGTaplEMCWZCd1bc&#10;Nc2DmEMaYgpSIdLp9uzkm4qvtZL5m9aoMrM9p9pyXVNd92UVmzV0Y4I4GXkpA/6hCgfG06VXqC1k&#10;YD+T+QvKGZkCBp0XMjgRtDZSVQ7Epm3+YPN9gqgqFxIH41Um/H+w8uvhyT8nkmGO2GF8ToXFUSdX&#10;/lQfO1axTlex1DEzSYf3n5bUW0mOdtl+fLhfFS3FW25MmD+r4Fgxem6NL1Sgg8MXzOfQ15By7MPO&#10;WFvbYT2be75ctQ11TAJNhbaQyXRx6Dn6kTOwI42bzKlCYrBmKOkFCNO4f7KJHYBavts19F0q+y2s&#10;3L0FnM5x1XUeBmcyTaQ1ruerkvyabX1BV3WmLgzeJCvWPgynqqQoO+pXleMyW2Ug3u/Jfv8CNr8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQ96SX3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcWjuRUpUQp0JIlYBTaXuAmxtv46jxOordNvw92xMcR/s0+6ZaTb4XFxxjF0hDNlcg&#10;kJpgO2o17Hfr2RJETIas6QOhhh+MsKrv7ypT2nClT7xsUyu4hGJpNLiUhlLK2Dj0Js7DgMS3Yxi9&#10;SRzHVtrRXLnc9zJXaiG96Yg/ODPgq8PmtD17DV9q902bp6WjBt+Kd/+xVrTptX58mF6eQSSc0h8M&#10;N31Wh5qdDuFMNoqec1ZkjGqY5QWIG5AteNxBQ64KBbKu5P8J9S8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxUuQVa4BAABJAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAEPekl94AAAAKAQAADwAAAAAAAAAAAAAAAAAIBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
+                  <w:pict w14:anchorId="43A8AE74">
+                    <v:line id="Rak 16" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="57.55pt,-1.25pt" to="58pt,102.5pt" w14:anchorId="786C857D" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFS5BVrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2Q3aJcZcXpokF2G&#10;rcDWH8DIki1AXxC1OPn3o5Q07bbbMB9kSiSf+B6p9ePRWXZQCU3wPW8XDWfKyzAYP/b85cfudsUZ&#10;ZvAD2OBVz08K+ePm5sN6jp26C1Owg0qMQDx2c+z5lHPshEA5KQe4CFF5cuqQHGTaplEMCWZCd1bc&#10;Nc2DmEMaYgpSIdLp9uzkm4qvtZL5m9aoMrM9p9pyXVNd92UVmzV0Y4I4GXkpA/6hCgfG06VXqC1k&#10;YD+T+QvKGZkCBp0XMjgRtDZSVQ7Epm3+YPN9gqgqFxIH41Um/H+w8uvhyT8nkmGO2GF8ToXFUSdX&#10;/lQfO1axTlex1DEzSYf3n5bUW0mOdtl+fLhfFS3FW25MmD+r4Fgxem6NL1Sgg8MXzOfQ15By7MPO&#10;WFvbYT2be75ctQ11TAJNhbaQyXRx6Dn6kTOwI42bzKlCYrBmKOkFCNO4f7KJHYBavts19F0q+y2s&#10;3L0FnM5x1XUeBmcyTaQ1ruerkvyabX1BV3WmLgzeJCvWPgynqqQoO+pXleMyW2Ug3u/Jfv8CNr8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQ96SX3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcWjuRUpUQp0JIlYBTaXuAmxtv46jxOordNvw92xMcR/s0+6ZaTb4XFxxjF0hDNlcg&#10;kJpgO2o17Hfr2RJETIas6QOhhh+MsKrv7ypT2nClT7xsUyu4hGJpNLiUhlLK2Dj0Js7DgMS3Yxi9&#10;SRzHVtrRXLnc9zJXaiG96Yg/ODPgq8PmtD17DV9q902bp6WjBt+Kd/+xVrTptX58mF6eQSSc0h8M&#10;N31Wh5qdDuFMNoqec1ZkjGqY5QWIG5AteNxBQ64KBbKu5P8J9S8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxUuQVa4BAABJAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAEPekl94AAAAKAQAADwAAAAAAAAAAAAAAAAAIBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E7707EF" wp14:editId="177840E8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>835660</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>122555</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="0"/>
@@ -2974,115 +3001,115 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="6743B501" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="6743B501" w14:textId="77777777">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>AX</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shapetype w14:anchorId="5E7707EF" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+                  <w:pict w14:anchorId="6DC4D844">
+                    <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe" w14:anchorId="5E7707EF">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                      <v:path textboxrect="@1,0,@2,@6" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" o:spid="_x0000_s1029" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:65.8pt;margin-top:9.65pt;width:32.25pt;height:45.35pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQtDUkTwIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykTT+COkXQIsOA&#10;oi3QDj0rshwLkESNUmJnv36U7DRZt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7Tcm/v66+&#10;XHEWonCVMOBUyfcq8NvF5083rZ+rKTRgKoWMirgwb33Jmxj9vCiCbJQVYQReObqsAa2IFOKmqFC0&#10;VN2aYjoeXxQtYOURpAqBTu/7S77I9etayfhU10FFZkpOvcVsMdt1ssXiRsw3KHyj5dCG+IcurNCO&#10;QN9L3Yso2Bb1H6WslggB6jiSYAuoay1VnoGmmYw/TPPSCK/yLERO8O80hf9XVj7uXvwzEg2tD/NA&#10;bpqiq9Gmf+qPdZms/TtZqotM0uH5+Hp2OeNM0hU51+ezRGZxfNhjiF8VWJacklfQuiUitJknsXsI&#10;sc8/5CXAAEZXK21MDnCzvjPIdoJe3mo1pt8A8Vuacawl6U0v6ZpJQSKqjYjkWl+VPLgNZ8JsSJ0y&#10;YsZ2kBDym0/Y9yI0PUYu20vC6ki6NNqW/CoBH5CNS52prKxhgiNxyYvdumOagM9SoXSyhmr/jAyh&#10;F1/wcqUJ9kGE+CyQ1EZt0wbFJzK1AZoFBo+zBvDn385TfsmT5awl9dKcP7YCFWfmmyN5nF2kllk8&#10;DfA0WJ8GbmvvgDie0K56mV16GKM5uDWCfaNFWyZUuhJOUmc9o0NwF/utolWVarnMaSRxL+KDe/Ey&#10;FU/MJcJfuzeBfpBFJD09wkHpYv5BGH0u6erI5BDQQmS5DcubNu40zlnHT8ziFwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJNxdALeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;HSJFNMSpChIXOKAGhNTbJt4mUWM7xE4b/p7tCW4z2qfZmWKz2EGcaAq9dxqSlQJBrvGmd62Gz4+X&#10;uwcQIaIzOHhHGn4owKa8viowN/7sdnSqYis4xIUcNXQxjrmUoenIYlj5kRzfDn6yGNlOrTQTnjnc&#10;DvJeqUxa7B1/6HCk546aYzVbDfuv+P5W75rXWU3q6bBPv6t+Qa1vb5btI4hIS/yD4VKfq0PJnWo/&#10;OxPEwD5NMkZZrFMQF2CdJSBqFolSIMtC/p9Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBQtDUkTwIAAKoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCTcXQC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Ned 20" style="position:absolute;left:0;text-align:left;margin-left:65.8pt;margin-top:9.65pt;width:32.25pt;height:45.35pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1029" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t67" adj="13920" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQtDUkTwIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykTT+COkXQIsOA&#10;oi3QDj0rshwLkESNUmJnv36U7DRZt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7Tcm/v66+&#10;XHEWonCVMOBUyfcq8NvF5083rZ+rKTRgKoWMirgwb33Jmxj9vCiCbJQVYQReObqsAa2IFOKmqFC0&#10;VN2aYjoeXxQtYOURpAqBTu/7S77I9etayfhU10FFZkpOvcVsMdt1ssXiRsw3KHyj5dCG+IcurNCO&#10;QN9L3Yso2Bb1H6WslggB6jiSYAuoay1VnoGmmYw/TPPSCK/yLERO8O80hf9XVj7uXvwzEg2tD/NA&#10;bpqiq9Gmf+qPdZms/TtZqotM0uH5+Hp2OeNM0hU51+ezRGZxfNhjiF8VWJacklfQuiUitJknsXsI&#10;sc8/5CXAAEZXK21MDnCzvjPIdoJe3mo1pt8A8Vuacawl6U0v6ZpJQSKqjYjkWl+VPLgNZ8JsSJ0y&#10;YsZ2kBDym0/Y9yI0PUYu20vC6ki6NNqW/CoBH5CNS52prKxhgiNxyYvdumOagM9SoXSyhmr/jAyh&#10;F1/wcqUJ9kGE+CyQ1EZt0wbFJzK1AZoFBo+zBvDn385TfsmT5awl9dKcP7YCFWfmmyN5nF2kllk8&#10;DfA0WJ8GbmvvgDie0K56mV16GKM5uDWCfaNFWyZUuhJOUmc9o0NwF/utolWVarnMaSRxL+KDe/Ey&#10;FU/MJcJfuzeBfpBFJD09wkHpYv5BGH0u6erI5BDQQmS5DcubNu40zlnHT8ziFwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJNxdALeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;HSJFNMSpChIXOKAGhNTbJt4mUWM7xE4b/p7tCW4z2qfZmWKz2EGcaAq9dxqSlQJBrvGmd62Gz4+X&#10;uwcQIaIzOHhHGn4owKa8viowN/7sdnSqYis4xIUcNXQxjrmUoenIYlj5kRzfDn6yGNlOrTQTnjnc&#10;DvJeqUxa7B1/6HCk546aYzVbDfuv+P5W75rXWU3q6bBPv6t+Qa1vb5btI4hIS/yD4VKfq0PJnWo/&#10;OxPEwD5NMkZZrFMQF2CdJSBqFolSIMtC/p9Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBQtDUkTwIAAKoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCTcXQC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="6743B501" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="5580844F" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -3127,52 +3154,52 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:line w14:anchorId="539FF636" id="Rak 28" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from=".75pt,56.55pt" to="112.1pt,56.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODikesQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K8bzPdBVSNmu7DVoUH&#10;BCvBfoCbSWYi5aY4dNq/x0kvLPCGmJEiJ3aOfY6d9ePRO3bQGW0Mki8XHWc6qDjYMEr+8n13t+IM&#10;C4QBXAxa8pNG/rh5+2Y9p17fxym6QWdGIAH7OUk+lZJ6IVBN2gMuYtKBnCZmD4W2eRRDhpnQvRP3&#10;XfdBzDEPKUelEel0e3byTcM3Rqvy1RjUhTnJqbbS1tzWfV3FZg39mCFNVl3KgH+owoMNlPQGtYUC&#10;7Ee2f0F5q3LEaMpCRS+iMVbpxoHYLLs/2HybIOnGhcTBdJMJ/x+s+nJ4Cs+ZZJgT9piec2VxNNkz&#10;42z6RD1tvKhSdmyynW6y6WNhig6X7+r/njN19YkzRIVKGctHHT2rhuTOhsoIejh8xkJpKfQaUo9D&#10;3FnnWldcYLPkD6tlR41TQMNhHBQyfRokxzByBm6kqVMlN0iMzg71egXCPO6fXGYHoM7vdh19tdmU&#10;7rewmnsLOJ3jmus8E94WGkxnveSrevl624WKrttoXRj8Uq5a+zicmqCi7qhtLellxOpcvN6T/foh&#10;bH4CAAD//wMAUEsDBBQABgAIAAAAIQCNmwVq3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqONAAYU4VYnEgQMSLXyAGy92RLwOsdsGvp5FQoLTanZGs2/r1RwGccAp9ZE0&#10;qEUBAqmLtien4fXl4eIWRMqGrBkioYZPTLBqTk9qU9l4pA0ettkJLqFUGQ0+57GSMnUeg0mLOCKx&#10;9xanYDLLyUk7mSOXh0GWRXEtg+mJL3gzYuuxe9/ug4an+EXtzfKxK9Yf7lmp9j6Xzmt9fjav70Bk&#10;nPNfGH7wGR0aZtrFPdkkBtZLDvJQlwoE+2V5VYLY/W5kU8v/HzTfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4OKR6xAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI2bBWrcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
+                  <w:pict w14:anchorId="49E12359">
+                    <v:line id="Rak 28" style="position:absolute;flip:x;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from=".75pt,56.55pt" to="112.1pt,56.55pt" w14:anchorId="539FF636" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODikesQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K8bzPdBVSNmu7DVoUH&#10;BCvBfoCbSWYi5aY4dNq/x0kvLPCGmJEiJ3aOfY6d9ePRO3bQGW0Mki8XHWc6qDjYMEr+8n13t+IM&#10;C4QBXAxa8pNG/rh5+2Y9p17fxym6QWdGIAH7OUk+lZJ6IVBN2gMuYtKBnCZmD4W2eRRDhpnQvRP3&#10;XfdBzDEPKUelEel0e3byTcM3Rqvy1RjUhTnJqbbS1tzWfV3FZg39mCFNVl3KgH+owoMNlPQGtYUC&#10;7Ee2f0F5q3LEaMpCRS+iMVbpxoHYLLs/2HybIOnGhcTBdJMJ/x+s+nJ4Cs+ZZJgT9piec2VxNNkz&#10;42z6RD1tvKhSdmyynW6y6WNhig6X7+r/njN19YkzRIVKGctHHT2rhuTOhsoIejh8xkJpKfQaUo9D&#10;3FnnWldcYLPkD6tlR41TQMNhHBQyfRokxzByBm6kqVMlN0iMzg71egXCPO6fXGYHoM7vdh19tdmU&#10;7rewmnsLOJ3jmus8E94WGkxnveSrevl624WKrttoXRj8Uq5a+zicmqCi7qhtLellxOpcvN6T/foh&#10;bH4CAAD//wMAUEsDBBQABgAIAAAAIQCNmwVq3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqONAAYU4VYnEgQMSLXyAGy92RLwOsdsGvp5FQoLTanZGs2/r1RwGccAp9ZE0&#10;qEUBAqmLtien4fXl4eIWRMqGrBkioYZPTLBqTk9qU9l4pA0ettkJLqFUGQ0+57GSMnUeg0mLOCKx&#10;9xanYDLLyUk7mSOXh0GWRXEtg+mJL3gzYuuxe9/ug4an+EXtzfKxK9Yf7lmp9j6Xzmt9fjav70Bk&#10;nPNfGH7wGR0aZtrFPdkkBtZLDvJQlwoE+2V5VYLY/W5kU8v/HzTfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4OKR6xAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI2bBWrcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57481669" wp14:editId="039095C9">
                   <wp:extent cx="1419843" cy="1303779"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="7" name="Bildobjekt 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="408691712" name=""/>
                           <pic:cNvPicPr/>
@@ -3192,57 +3219,57 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="356CC0A7" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="356CC0A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CCEF91D" wp14:editId="0B37B71D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
@@ -3258,99 +3285,99 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="552450"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="7D6BC1F3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="7D6BC1F3" w14:textId="77777777">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="5CCEF91D" id="Upp 19" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:92.45pt;margin-top:55pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4fJxLVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aytiuCOkXQIsOA&#10;oC2QDj0rshwLkESNUmJnXz9Kdpqs22lYDgQpUY/k82Nu73pr2F5h0OAqPrkoOVNOQq3dtuLfX5af&#10;bjgLUbhaGHCq4gcV+N3844fbzs/UFFowtUJGIC7MOl/xNkY/K4ogW2VFuACvHF02gFZECnFb1Cg6&#10;QremmJblddEB1h5BqhDo9GG45POM3zRKxqemCSoyU3HqLWaL2W6SLea3YrZF4VstxzbEP3RhhXZU&#10;9A3qQUTBdqj/gLJaIgRo4oUEW0DTaKnyDDTNpHw3zboVXuVZiJzg32gK/w9WPu7X/hmJhs6HWSA3&#10;TdE3aBkCsTUpb8r0y8NRu6zP3B3euFN9ZJIOLyfldEIMS7q6uppeXmVuiwErYXoM8asCy5JT8Z1f&#10;IEKXccV+FSK1QNnHrPQigNH1UhuTA9xu7g2yvaAvuVzmnoYnv6UZxzrqevqFWmZSkKIaIyK51tcV&#10;D27LmTBbkqqMmGs7SBWyDFLtBxHaoUaGHfRhdSSRGm0rPrIxVDYudaayzMYJTiwmL/abnmkqfJmA&#10;0skG6sMzDtxSh8HLpaayKxHis0CSHh3SOsUnMo0BmgVGj7MW8OffzlN+xZOlsTnrSM006o+dQMWZ&#10;+eZILp+v0zdk8TzA82BzHridvQeieZIbzC49xmiOboNgX2nxFqkwXQknqbmB1DG4j8OW0epKtVjk&#10;NJK8F3Hl1l4m8KMqXvpXgX7URSRBPcJR+WL2ThtDLknlROYY0IJkBY3LnDbwPM5Zp7+c+S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBVdHGu3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0qQJPGqSpQc0UUPsCJlyRqvA6x06Z/z3KC287uaPZNsVvcIM44hd6ThmSlQCA13vbU&#10;avj8ODxsQIRoyJrBE2q4YoBdeXtTmNz6C73j+RhbwSEUcqOhi3HMpQxNh86ElR+R+PblJ2ciy6mV&#10;djIXDneDXCv1JJ3piT90ZsSXDpvTcXYaXpNYVd/SdW9z6K91lR7C3iVa398t+y2IiEv8M8MvPqND&#10;yUy1n8kGMbDepBlbeUgUl2LHOs0eQdS8yZ4VyLKQ/zuUPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB4fJxLVgIAALoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBVdHGu3QAAAAsBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="0F22674F">
+                    <v:shape id="Upp 19" style="position:absolute;left:0;text-align:left;margin-left:92.45pt;margin-top:55pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1030" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8019" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4fJxLVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aytiuCOkXQIsOA&#10;oC2QDj0rshwLkESNUmJnXz9Kdpqs22lYDgQpUY/k82Nu73pr2F5h0OAqPrkoOVNOQq3dtuLfX5af&#10;bjgLUbhaGHCq4gcV+N3844fbzs/UFFowtUJGIC7MOl/xNkY/K4ogW2VFuACvHF02gFZECnFb1Cg6&#10;QremmJblddEB1h5BqhDo9GG45POM3zRKxqemCSoyU3HqLWaL2W6SLea3YrZF4VstxzbEP3RhhXZU&#10;9A3qQUTBdqj/gLJaIgRo4oUEW0DTaKnyDDTNpHw3zboVXuVZiJzg32gK/w9WPu7X/hmJhs6HWSA3&#10;TdE3aBkCsTUpb8r0y8NRu6zP3B3euFN9ZJIOLyfldEIMS7q6uppeXmVuiwErYXoM8asCy5JT8Z1f&#10;IEKXccV+FSK1QNnHrPQigNH1UhuTA9xu7g2yvaAvuVzmnoYnv6UZxzrqevqFWmZSkKIaIyK51tcV&#10;D27LmTBbkqqMmGs7SBWyDFLtBxHaoUaGHfRhdSSRGm0rPrIxVDYudaayzMYJTiwmL/abnmkqfJmA&#10;0skG6sMzDtxSh8HLpaayKxHis0CSHh3SOsUnMo0BmgVGj7MW8OffzlN+xZOlsTnrSM006o+dQMWZ&#10;+eZILp+v0zdk8TzA82BzHridvQeieZIbzC49xmiOboNgX2nxFqkwXQknqbmB1DG4j8OW0epKtVjk&#10;NJK8F3Hl1l4m8KMqXvpXgX7URSRBPcJR+WL2ThtDLknlROYY0IJkBY3LnDbwPM5Zp7+c+S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBVdHGu3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0qQJPGqSpQc0UUPsCJlyRqvA6x06Z/z3KC287uaPZNsVvcIM44hd6ThmSlQCA13vbU&#10;avj8ODxsQIRoyJrBE2q4YoBdeXtTmNz6C73j+RhbwSEUcqOhi3HMpQxNh86ElR+R+PblJ2ciy6mV&#10;djIXDneDXCv1JJ3piT90ZsSXDpvTcXYaXpNYVd/SdW9z6K91lR7C3iVa398t+y2IiEv8M8MvPqND&#10;yUy1n8kGMbDepBlbeUgUl2LHOs0eQdS8yZ4VyLKQ/zuUPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB4fJxLVgIAALoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBVdHGu3QAAAAsBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" w14:anchorId="5CCEF91D">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="7D6BC1F3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="6F6EA83F" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -3394,52 +3421,52 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:line w14:anchorId="60EC0DBB" id="Rak 23" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcdgFgswEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2R36BoYcXpokO4w&#10;bAW2/gBGlmwB+oKoxcm/H6V8rGtvw3wQSJF65COfVw8HZ9leJTTB97xdNJwpL8Ng/Njzl5/bj0vO&#10;MIMfwAaven5UyB/WNx9Wc+zUbZiCHVRiBOKxm2PPp5xjJwTKSTnARYjKU1CH5CCTm0YxJJgJ3Vlx&#10;2zSfxRzSEFOQCpFuN6cgX1d8rZXM37VGlZntOfWW65nquSunWK+gGxPEychzG/APXTgwnopeoTaQ&#10;gf1K5h2UMzIFDDovZHAiaG2kqhyITdu8YfNjgqgqFxoOxuuY8P/Bym/7R/+caAxzxA7jcyosDjo5&#10;pq2JX2inlRd1yg51bMfr2NQhM0mX7X1zf9fecSYvMXGCKFAxYX5SwbFi9NwaXxhBB/uvmKkspV5S&#10;yrUPW2Nt3Yr1bO75p2Xb0OIkkDi0hUymi0PP0Y+cgR1JdTKnConBmqE8L0CYxt2jTWwPtPnttqGv&#10;LJvK/ZVWam8Ap1NeDZ004UwmYVrjer4sjy+vrS/oqkrrzODP5Iq1C8OxDlQUj9ZWi54lVnTx2if7&#10;9Y+w/g0AAP//AwBQSwMEFAAGAAgAAAAhACgmIyjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHatnUDaKo1TlUgsWCDRwgHceLCjxuMQu23g9BgJCZbz5+nPm2ozuZ6dcQyd&#10;JwnZXABDar3uyEh4e32crYCFqEir3hNK+MQAm/r6qlKl9hfa4XkfDUslFEolwcY4lJyH1qJTYe4H&#10;pLR796NTMY2j4XpUl1Tuep4LseBOdZQuWDVgY7E97k9OwrP/omZZPLVi+2Fesqx5iLmxUt7eTNs1&#10;sIhT/IPhRz+pQ52cDv5EOrBewqwoEplysVoCS0C+uLsHdvhNeF3x/y/U3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAcdgFgswEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoJiMo3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
+                  <w:pict w14:anchorId="7690C156">
+                    <v:line id="Rak 23" style="position:absolute;flip:x;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" w14:anchorId="60EC0DBB" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcdgFgswEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2R36BoYcXpokO4w&#10;bAW2/gBGlmwB+oKoxcm/H6V8rGtvw3wQSJF65COfVw8HZ9leJTTB97xdNJwpL8Ng/Njzl5/bj0vO&#10;MIMfwAaven5UyB/WNx9Wc+zUbZiCHVRiBOKxm2PPp5xjJwTKSTnARYjKU1CH5CCTm0YxJJgJ3Vlx&#10;2zSfxRzSEFOQCpFuN6cgX1d8rZXM37VGlZntOfWW65nquSunWK+gGxPEychzG/APXTgwnopeoTaQ&#10;gf1K5h2UMzIFDDovZHAiaG2kqhyITdu8YfNjgqgqFxoOxuuY8P/Bym/7R/+caAxzxA7jcyosDjo5&#10;pq2JX2inlRd1yg51bMfr2NQhM0mX7X1zf9fecSYvMXGCKFAxYX5SwbFi9NwaXxhBB/uvmKkspV5S&#10;yrUPW2Nt3Yr1bO75p2Xb0OIkkDi0hUymi0PP0Y+cgR1JdTKnConBmqE8L0CYxt2jTWwPtPnttqGv&#10;LJvK/ZVWam8Ap1NeDZ004UwmYVrjer4sjy+vrS/oqkrrzODP5Iq1C8OxDlQUj9ZWi54lVnTx2if7&#10;9Y+w/g0AAP//AwBQSwMEFAAGAAgAAAAhACgmIyjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHatnUDaKo1TlUgsWCDRwgHceLCjxuMQu23g9BgJCZbz5+nPm2ozuZ6dcQyd&#10;JwnZXABDar3uyEh4e32crYCFqEir3hNK+MQAm/r6qlKl9hfa4XkfDUslFEolwcY4lJyH1qJTYe4H&#10;pLR796NTMY2j4XpUl1Tuep4LseBOdZQuWDVgY7E97k9OwrP/omZZPLVi+2Fesqx5iLmxUt7eTNs1&#10;sIhT/IPhRz+pQ52cDv5EOrBewqwoEplysVoCS0C+uLsHdvhNeF3x/y/U3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAcdgFgswEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoJiMo3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31C04B22" wp14:editId="390F1F82">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>837565</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1270</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="4445" cy="1390650"/>
                       <wp:effectExtent l="19050" t="19050" r="33655" b="19050"/>
                       <wp:wrapNone/>
@@ -3459,52 +3486,52 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:line w14:anchorId="60C12977" id="Rak 29" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="65.95pt,.1pt" to="66.3pt,109.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAhRaAuAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0aZEacXpokO1Q&#10;bAW2/QBGlmwB+oKoxcm/L6WkabfehvkgkCL1yPdIrx4OzrK9SmiC7/h81nCmvAy98UPHf/3cXi05&#10;wwy+Bxu86vhRIX9Yf/60mmKrrsMYbK8SIxCP7RQ7PuYcWyFQjsoBzkJUnoI6JAeZ3DSIPsFE6M6K&#10;66a5E1NIfUxBKkS63ZyCfF3xtVYyf9caVWa249Rbrmeq566cYr2CdkgQRyPPbcA/dOHAeCp6gdpA&#10;BvY7mQ9QzsgUMOg8k8GJoLWRqnIgNvPmLzY/RoiqciFxMF5kwv8HK7/tH/1zIhmmiC3G51RYHHRy&#10;TFsTv9JMKy/qlB2qbMeLbOqQmaTLxWJxy5mkwPzmvrm7raqKE0pBiwnzFxUcK0bHrfGFFLSwf8JM&#10;lSn1NaVc+7A11tbBWM+mjt8s5w3NTgLth7aQyXSx7zj6gTOwAy2ezKlCYrCmL88LEKZh92gT2wMN&#10;f7tt6CvzpnJ/pJXaG8DxlFdDp7VwJtNuWuM6viyPX19bX9BV3a4zgzfxirUL/bFqKopHk6tFz1tW&#10;VuO9T/b7f2H9AgAA//8DAFBLAwQUAAYACAAAACEAQYVE6twAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtSxKwpN41QlEgsWSLRwADd27Yh4HGK3DZye6QqWT//rz5tqPYWe&#10;neyYuogKxKwAZrGNpkOn4OP9+e4RWMoaje4jWgXfNsG6vr6qdGniGbf2tMuO0QimUivwOQ8l56n1&#10;Nug0i4NFyg5xDDoTjo6bUZ9pPPRcFsWCB90hXfB6sI237efuGBS8xh9sHu5f2mLz5d6EaJ6ydF6p&#10;25tpswKW7ZT/ynDRJ3WoyWkfj2gS64nnYklVBRLYJZ7LBbA9oVhK4HXF/z9Q/wIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAAhRaAuAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBBhUTq3AAAAAgBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
+                  <w:pict w14:anchorId="6D5229E4">
+                    <v:line id="Rak 29" style="position:absolute;flip:x;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="65.95pt,.1pt" to="66.3pt,109.6pt" w14:anchorId="60C12977" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAhRaAuAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0aZEacXpokO1Q&#10;bAW2/QBGlmwB+oKoxcm/L6WkabfehvkgkCL1yPdIrx4OzrK9SmiC7/h81nCmvAy98UPHf/3cXi05&#10;wwy+Bxu86vhRIX9Yf/60mmKrrsMYbK8SIxCP7RQ7PuYcWyFQjsoBzkJUnoI6JAeZ3DSIPsFE6M6K&#10;66a5E1NIfUxBKkS63ZyCfF3xtVYyf9caVWa249Rbrmeq566cYr2CdkgQRyPPbcA/dOHAeCp6gdpA&#10;BvY7mQ9QzsgUMOg8k8GJoLWRqnIgNvPmLzY/RoiqciFxMF5kwv8HK7/tH/1zIhmmiC3G51RYHHRy&#10;TFsTv9JMKy/qlB2qbMeLbOqQmaTLxWJxy5mkwPzmvrm7raqKE0pBiwnzFxUcK0bHrfGFFLSwf8JM&#10;lSn1NaVc+7A11tbBWM+mjt8s5w3NTgLth7aQyXSx7zj6gTOwAy2ezKlCYrCmL88LEKZh92gT2wMN&#10;f7tt6CvzpnJ/pJXaG8DxlFdDp7VwJtNuWuM6viyPX19bX9BV3a4zgzfxirUL/bFqKopHk6tFz1tW&#10;VuO9T/b7f2H9AgAA//8DAFBLAwQUAAYACAAAACEAQYVE6twAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtSxKwpN41QlEgsWSLRwADd27Yh4HGK3DZye6QqWT//rz5tqPYWe&#10;neyYuogKxKwAZrGNpkOn4OP9+e4RWMoaje4jWgXfNsG6vr6qdGniGbf2tMuO0QimUivwOQ8l56n1&#10;Nug0i4NFyg5xDDoTjo6bUZ9pPPRcFsWCB90hXfB6sI237efuGBS8xh9sHu5f2mLz5d6EaJ6ydF6p&#10;25tpswKW7ZT/ynDRJ3WoyWkfj2gS64nnYklVBRLYJZ7LBbA9oVhK4HXF/z9Q/wIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAAhRaAuAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBBhUTq3AAAAAgBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="143894FF" wp14:editId="59B8BB26">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>364490</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>156210</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
@@ -3513,99 +3540,99 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="56BB58E1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="56BB58E1" w14:textId="77777777">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="143894FF" id="Upp 22" o:spid="_x0000_s1031" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:28.7pt;margin-top:12.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiKjuRVAIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqhwJiOd&#10;bF3zfI+FWuoweLFRxMcthHgPSMqjQ9qm+I1Mqx3N4kaPs87hz7+dp/yaJ0tjc9aTmGnUH3tAyZn+&#10;akktHxfpG7J4GuBpsD0N7N5cO6J5mhvMLj3GqI9ui8480d6tU2G6AiuouULqGFzHsmS0uUKu1zmN&#10;FO8h3toHLxL4kfPH4QnQj7qIJKg7dxQ+LN9oo+SSsF7JHAPaj6y3cZfTAp7GOev1H2f1CwAA//8D&#10;AFBLAwQUAAYACAAAACEAuiKASN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBSE7yb+&#10;h80z8WYX2rQF5NEYE03tzeoPWOAViOxbZLd08de7PelxMpOZb/Kd172YaLSdYYR4EYEgrkzdcYPw&#10;+fHykICwTnGtesOEMJOFXXF7k6usNhd+p+noGhFK2GYKoXVuyKS0VUta2YUZiIN3MqNWLsixkfWo&#10;LqFc93IZRRupVcdhoVUDPbdUfR3PGiHx6T7+2U9+3h7m8s1968OpekW8v/NPjyAcefcXhit+QIci&#10;MJXmzLUVPcI62oYkwipegbj6y2QDokRI1ynIIpf/DxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGIqO5FUAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALoigEjeAAAACAEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="42CA2041">
+                    <v:shape id="Upp 22" style="position:absolute;left:0;text-align:left;margin-left:28.7pt;margin-top:12.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1031" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8956" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiKjuRVAIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqhwJiOd&#10;bF3zfI+FWuoweLFRxMcthHgPSMqjQ9qm+I1Mqx3N4kaPs87hz7+dp/yaJ0tjc9aTmGnUH3tAyZn+&#10;akktHxfpG7J4GuBpsD0N7N5cO6J5mhvMLj3GqI9ui8480d6tU2G6AiuouULqGFzHsmS0uUKu1zmN&#10;FO8h3toHLxL4kfPH4QnQj7qIJKg7dxQ+LN9oo+SSsF7JHAPaj6y3cZfTAp7GOev1H2f1CwAA//8D&#10;AFBLAwQUAAYACAAAACEAuiKASN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBSE7yb+&#10;h80z8WYX2rQF5NEYE03tzeoPWOAViOxbZLd08de7PelxMpOZb/Kd172YaLSdYYR4EYEgrkzdcYPw&#10;+fHykICwTnGtesOEMJOFXXF7k6usNhd+p+noGhFK2GYKoXVuyKS0VUta2YUZiIN3MqNWLsixkfWo&#10;LqFc93IZRRupVcdhoVUDPbdUfR3PGiHx6T7+2U9+3h7m8s1968OpekW8v/NPjyAcefcXhit+QIci&#10;MJXmzLUVPcI62oYkwipegbj6y2QDokRI1ynIIpf/DxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGIqO5FUAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALoigEjeAAAACAEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" w14:anchorId="143894FF">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="56BB58E1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
+                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="2EACC26A" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -3645,2591 +3672,2591 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1716250" cy="1421771"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="4ACA7FE9" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="4ACA7FE9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="11262558" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="11262558" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">AX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7F735F9B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7F735F9B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk (t.ex. efter bäckenet). DFOV ska omfatta hela buken med 5-10 cm marginal på vardera sidan om kroppen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0827B7D2" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0827B7D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C3A62A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="76C3A62A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="44DD3EE3" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="44DD3EE3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5599E1CA" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5599E1CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0B77DB8D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0B77DB8D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="102E698C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="102E698C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F93D19C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5F93D19C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="500FB1FB" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="500FB1FB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="76C275E9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="76C275E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1D32579E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1D32579E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F581880" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2F581880" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61B0A0A5" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="61B0A0A5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="052BD470" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="052BD470" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D816F87" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7D816F87" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69A079A3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="69A079A3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C675C1F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4C675C1F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3445FF68" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3445FF68" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="7F5B7364" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="7F5B7364" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C641311" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7C641311" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="263C6EA9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="263C6EA9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="776E0A0E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="776E0A0E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5384B1EC" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5384B1EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="24AA87DF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="24AA87DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2B4762" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3D2B4762" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="405E5E7B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="405E5E7B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="771A6E74" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="771A6E74" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7266B3F1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7266B3F1" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K- (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6912250D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6912250D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78245157" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="78245157" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24516CD8" w14:textId="1FF2953A" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="24516CD8" w14:textId="1FF2953A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62C96638" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="62C96638" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="636364AF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="636364AF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="03C5DDE0" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="03C5DDE0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0C5306" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4C0C5306" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD9E2D3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0FD9E2D3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34DF83BB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="34DF83BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCD76EB" w14:textId="34D10D04" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7DCD76EB" w14:textId="34D10D04">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E581B58" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4E581B58" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="251DD01E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="251DD01E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="5B9DA60F" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="5B9DA60F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58DD9F15" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="58DD9F15" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="492CD81F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="492CD81F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="586C01E4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="586C01E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42915F7F" w14:textId="7FEA94C0" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="42915F7F" w14:textId="7FEA94C0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E09528B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5E09528B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B07C4F" w14:textId="6F591442" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="003C541F" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="003C541F" w14:paraId="26B07C4F" w14:textId="6F591442">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r w:rsidR="008E1E8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
+            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="73B095CB" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="73B095CB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49F8729A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="49F8729A" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K+ artärfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B516006" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5B516006" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDDBD77" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5BDDBD77" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64BA5EA9" w14:textId="29D2D986" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="64BA5EA9" w14:textId="29D2D986">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCE70D4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5CCE70D4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76CB6362" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="76CB6362" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="79675BAA" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="79675BAA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="586F7BDD" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="586F7BDD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47EFB583" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="47EFB583" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52132F77" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="52132F77" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4510D002" w14:textId="5C243C30" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4510D002" w14:textId="5C243C30">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3108A628" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3108A628" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33DB26AC" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="33DB26AC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="751EE844" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="751EE844" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D347808" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0D347808" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30ED7458" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="30ED7458" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2095189B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2095189B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12DDB479" w14:textId="46A2DE2F" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="12DDB479" w14:textId="46A2DE2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E614858" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5E614858" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55212F42" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="55212F42" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="67F87D76" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="67F87D76" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC16B1E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3DC16B1E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="403745D3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="403745D3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="237E8705" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="237E8705" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="480E9CB6" w14:textId="69DC2028" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="480E9CB6" w14:textId="69DC2028">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="739EE069" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="739EE069" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3114045F" w14:textId="69D7FE76" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="008E1E8B" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="008E1E8B" w14:paraId="3114045F" w14:textId="69D7FE76">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
+            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="3C82DDC2" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="3C82DDC2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42F2069D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="42F2069D" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59F47A58" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="59F47A58" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13065C7C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="13065C7C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7616C4B4" w14:textId="1B0D8645" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7616C4B4" w14:textId="1B0D8645">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62852E6A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="62852E6A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A52909F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2A52909F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="16EB6CB9" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="16EB6CB9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03822596" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="03822596" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>nefrografisk</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
@@ -6246,969 +6273,969 @@
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>fas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E89142" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="32E89142" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F19596F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1F19596F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A88C39A" w14:textId="465E504D" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2A88C39A" w14:textId="465E504D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC4C156" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5BC4C156" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2639EAA4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2639EAA4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="2CEE04F4" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="2CEE04F4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60B6B232" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="60B6B232" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDF22D2" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5BDF22D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A47B965" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1A47B965" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA008C5" w14:textId="4F1C3F39" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4CA008C5" w14:textId="4F1C3F39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="327D466F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="327D466F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B03D423" w14:textId="414B31C1" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="008E1E8B" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="008E1E8B" w14:paraId="0B03D423" w14:textId="414B31C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PAVS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
+            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="2CFE9047" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="2CFE9047" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4240CDFF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4240CDFF" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Urinvägar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2B82CF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4B2B82CF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F460A80" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5F460A80" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0DBF65" w14:textId="279E14F6" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1D0DBF65" w14:textId="279E14F6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="337458F0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="337458F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1184C176" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1184C176" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="1BF37040" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="1BF37040" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF1C76A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3CF1C76A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>utsöndringsfas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="227BFC42" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="227BFC42" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09894626" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="09894626" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7254CEEF" w14:textId="14ADBBAB" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7254CEEF" w14:textId="14ADBBAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A938A54" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3A938A54" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="492E9ABF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="492E9ABF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="52657137" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="52657137" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6525F913" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6525F913" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
@@ -7223,3282 +7250,3282 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD14615" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7CD14615" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="037AA153" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="037AA153" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="128B8CDA" w14:textId="500054CA" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="128B8CDA" w14:textId="500054CA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA7344E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0EA7344E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8E5526" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3F8E5526" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="0E518675" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="0E518675" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18B51FBA" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="18B51FBA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="778EE6C1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="778EE6C1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40375F31" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="40375F31" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="274BB5FE" w14:textId="53C3F523" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="274BB5FE" w14:textId="53C3F523">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9186ED" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1E9186ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF1E7AC" w14:textId="0E24EBEB" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="008E1E8B" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="008E1E8B" w14:paraId="4FF1E7AC" w14:textId="0E24EBEB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
+            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="16245037" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="16245037" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="689FE93A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="689FE93A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scouter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59C35526" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="59C35526" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35A66F0B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="35A66F0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CFEC379" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4CFEC379" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="649DE7ED" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="649DE7ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18D74950" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="18D74950" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="183AA05B" w14:textId="77777777" w:rsidTr="004E0CE4">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="183AA05B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2612C5" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0A2612C5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71AAB94C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="71AAB94C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D939F7B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3D939F7B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="635A09B9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="635A09B9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1033E875" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1033E875" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="326999B6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="326999B6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C26703E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1C26703E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09ACC24F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="09ACC24F" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1039"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="0A4DD9FF" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="0A4DD9FF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A704A0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="43A704A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7969433E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7969433E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5645888C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5645888C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="449459C5" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="449459C5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A44BE86" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0A44BE86" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="5D8CBD18" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="5D8CBD18" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B0D1C4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="67B0D1C4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="056C4D02" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="056C4D02" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26D3026C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="26D3026C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0810A1A9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0810A1A9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01167B42" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="01167B42" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>artärfas</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5683428E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5683428E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="049D288B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="049D288B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C290B1B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1C290B1B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D9BBD88" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6D9BBD88" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC3097D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0AC3097D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="774FB648" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="774FB648" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>artärfas</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4810D900" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4810D900" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49619DC1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="49619DC1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40EDDD44" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="40EDDD44" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>artärfas</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="004E3F9E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="004E3F9E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="54EB2F91" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="54EB2F91" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="0D82762B" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="0D82762B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B3F2DC3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7B3F2DC3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="41CB8F32" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="41CB8F32" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="394146A8" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="394146A8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="18407E8A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="18407E8A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7D432FFF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7D432FFF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="15954EDD" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="15954EDD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1BFF2644" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1BFF2644" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="266BB81A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="266BB81A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="1F198144" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="1F198144" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60FC165A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="60FC165A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="41F26684" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="41F26684" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0B53BE68" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0B53BE68" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="26BC5734" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="26BC5734" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="226A1AF1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="226A1AF1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5B985A1A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5B985A1A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC58D61" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7EC58D61" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCDBEB1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7BCDBEB1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="41E57E05" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="41E57E05" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3080D603" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3080D603" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="599EEF6E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="599EEF6E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="41542D98" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="41542D98" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="556609DE" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="556609DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="469567D5" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="469567D5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6CBD3C94" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6CBD3C94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="32C9F0AE" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="32C9F0AE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="082300E1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="082300E1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="68EB8FA9" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="68EB8FA9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C206E32" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1C206E32" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2330289E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2330289E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0992EE93" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0992EE93" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nefrogr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64D72137" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="64D72137" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C223471" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2C223471" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37429763" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="37429763" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B67D9F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="10B67D9F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="43FDE945" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="43FDE945" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EEAD1DB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7EEAD1DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1181BDF1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1181BDF1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nefrogr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="396071EF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="396071EF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43FFBE2F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="43FFBE2F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="452FDB2E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="452FDB2E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57F83FD6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="57F83FD6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B5E38F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="69B5E38F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01E7D798" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="01E7D798" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>utsöndr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36469240" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="36469240" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4C656549" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4C656549" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="7DFC8560" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="7DFC8560" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF3470C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2FF3470C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="22F96C7B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="22F96C7B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="55C36B59" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="55C36B59" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="44FA05CE" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="44FA05CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="46BD8CD2" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="46BD8CD2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="70D03E16" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="70D03E16" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7FEABE1C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7FEABE1C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8C3C91" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6B8C3C91" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="4CCE3945" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="4CCE3945" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B95BA12" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5B95BA12" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1A102AAB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1A102AAB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7941ABB3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7941ABB3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6764DA1A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6764DA1A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="230FFCD3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="230FFCD3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3762FB47" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3762FB47" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4E975A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6B4E975A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="41113941" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="41113941" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="32B47981" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="32B47981" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E77F0EC" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1E77F0EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6253F0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7A6253F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="293B25F6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="293B25F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2C06F0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5D2C06F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7D130458" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7D130458" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5D9A9808" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5D9A9808" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC752AF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0EC752AF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBBCD02" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0FBBCD02" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="16441EF2" w14:textId="77777777" w:rsidTr="00283A02">
+      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="16441EF2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50A6110B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="50A6110B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE8C245" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0DE8C245" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="35717A6E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="35717A6E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D728BA0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5D728BA0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6365C6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0E6365C6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E63DE5D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
+    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4E63DE5D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00283A02">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00283A02">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BB286C2" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
+    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="2BB286C2" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="446CF587" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
+    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="446CF587" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5208EE42" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
+    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="5208EE42" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10558,162 +10585,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -10748,311 +10775,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E7E5825" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915"/>
+    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="0E7E5825" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="749A5946" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
+    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="749A5946" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="57E6B999" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
+    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="57E6B999" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="0EEBC348">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1032" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="582AADBF">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1033" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -11088,899 +11115,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="3578CC4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="608A1710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12045,992 +12072,992 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB018CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBA80B4"/>
     <w:lvl w:ilvl="0" w:tplc="4626761E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FB22DCB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="45F63D3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AD181380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6FEE8BF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="4F0AB4E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="CBD8D65C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0D4A4D64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8902B408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A634650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4782C3CA"/>
     <w:lvl w:ilvl="0" w:tplc="00806FDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="12548190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13092,486 +13119,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EFFC31E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="1700E3D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="56D461A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E81C0122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="B120BCBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="D9C85596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="B3BCB7A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2B1084BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="35E61804" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D9DC6064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1753697177">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2045059062">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2053117055">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="794837642">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="876703141">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1505894677">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="21323433">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="850608698">
@@ -13604,70 +13631,71 @@
   <w:num w:numId="17" w16cid:durableId="1191651367">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="605579981">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1685477480">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="75173196">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1464930945">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1918131713">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1109816019">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -14067,190 +14095,192 @@
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F15277"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F533FD"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD0915"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF5EBB"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="3A572057"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="76A5B63A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14275,75 +14305,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -14378,57 +14408,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -14486,700 +14516,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -15243,609 +15273,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -15854,94 +15884,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -15950,496 +15980,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -16506,51 +16536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23748,75 +23778,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>DT Njurar donator 4-fas (852802B)</dc:title>
+  <dc:title>DT Njurar donator 4-fas (852902C)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>18</revision>
+  <revision>19</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>