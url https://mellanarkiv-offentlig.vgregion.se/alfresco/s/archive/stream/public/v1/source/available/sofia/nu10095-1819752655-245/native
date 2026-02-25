--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -16,588 +16,523 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00283A02" w:rsidP="00F35B05" w:rsidRDefault="00283A02" w14:paraId="6B55DAC4" w14:textId="77777777">
+    <w:p w14:paraId="6B55DAC4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00283A02" w:rsidSect="00283A02">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="779ACDCD" w14:textId="77777777">
+    <w:p w14:paraId="779ACDCD" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="08D63906" w14:textId="77777777">
+    <w:p w14:paraId="08D63906" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00AE785F" w:rsidRDefault="00AE785F" w14:paraId="183F79BE" w14:textId="18FCAF0E">
+    <w:p w14:paraId="183F79BE" w14:textId="18FCAF0E" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00AE785F" w:rsidP="00AE785F">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidR="00AE785F">
-        <w:rPr/>
+      <w:r>
         <w:t>DT Njurar donator 4-fas (852</w:t>
       </w:r>
       <w:r w:rsidR="76A5B63A">
-        <w:rPr/>
         <w:t>902C</w:t>
       </w:r>
-      <w:r w:rsidR="00AE785F">
-        <w:rPr/>
+      <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00DE6B14" w:rsidP="00DE6B14" w:rsidRDefault="00DE6B14" w14:paraId="5F87FA2C" w14:textId="77777777">
+    <w:p w14:paraId="5F87FA2C" w14:textId="77777777" w:rsidR="00DE6B14" w:rsidRPr="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="00DE6B14">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00DE6B14" w:rsidP="00DE6B14" w:rsidRDefault="00DE6B14" w14:paraId="7E955D85" w14:textId="77777777">
+    <w:p w14:paraId="7E955D85" w14:textId="77777777" w:rsidR="00DE6B14" w:rsidRPr="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="00DE6B14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="562E3A4D" w14:textId="77777777">
+    <w:p w14:paraId="562E3A4D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00DE6B14" w14:paraId="467F725D" w14:textId="3F2BE95A">
+    <w:p w14:paraId="467F725D" w14:textId="3F2BE95A" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="00283A02">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
-      <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
+      <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="008E1E8B" w14:paraId="2253442F" w14:textId="74EDF359">
+    <w:p w14:paraId="2253442F" w14:textId="11B2823A" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00D7352A" w:rsidP="00283A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reviderad: </w:t>
-[...59 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>PVK specificerad.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="67E37AAF" w14:textId="77777777">
+    <w:p w14:paraId="67E37AAF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1CE6809D" w14:textId="77777777">
+    <w:p w14:paraId="1CE6809D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="217BC047" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="217BC047" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="51E0D63C" w14:textId="77777777">
+          <w:p w14:paraId="51E0D63C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="39879569" w14:textId="77777777">
+          <w:p w14:paraId="39879569" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Utredning inför njurdonation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="705C682F" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="705C682F" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="238C232F" w14:textId="77777777">
+          <w:p w14:paraId="238C232F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00AE785F" w14:paraId="522E8F2D" w14:textId="120FEEF4">
+          <w:p w14:paraId="522E8F2D" w14:textId="120FEEF4" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId17">
-[...1 lines deleted...]
-              <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00283A02">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
+            <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5F3787AA" w14:textId="53BCAEB3">
+          <w:p w14:paraId="5F3787AA" w14:textId="144AC75D" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00DC18B1">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flödet).</w:t>
+            <w:r w:rsidR="00D7352A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="7C2B7648" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="7C2B7648" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2415D4B4" w14:textId="77777777">
+          <w:p w14:paraId="2415D4B4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="748DBA28" w14:textId="2B0C15D9">
+          <w:p w14:paraId="748DBA28" w14:textId="2B0C15D9" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1,5 timme före undersökningen ska patienten kissa. Därefter får patienten inte kissa förrän undersökningen är genomförd. Eventuell KAD ska vara stängd. </w:t>
             </w:r>
             <w:r w:rsidR="00DC18B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30 minuter före</w:t>
             </w:r>
@@ -606,1087 +541,1033 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> undersökningen ska patienten dricka </w:t>
             </w:r>
             <w:r w:rsidR="00C53290">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 dl</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> vatten med jämn fördelning. Polikliniska patienter dricker hemma.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="37630B59" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="37630B59" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2A659BC6" w14:textId="77777777">
+          <w:p w14:paraId="2A659BC6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1715B8E6" w14:textId="77777777">
+          <w:p w14:paraId="1715B8E6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Omnipaque 350 mg I/ml enligt </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> ”Urografi 3- och 4-fas”.</w:t>
+              <w:t>Omnipaque 350 mg I/ml enligt OmniJect ”Urografi 3- och 4-fas”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="13295144" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="13295144" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6DB72D38" w14:textId="77777777">
+          <w:p w14:paraId="6DB72D38" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="274EC005" w14:textId="0E4975A3">
+          <w:p w14:paraId="274EC005" w14:textId="0E4975A3" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kvinnor </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> år ska tillfrågas om graviditet. </w:t>
+              <w:t xml:space="preserve">Kvinnor 15-50 år ska tillfrågas om graviditet. </w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">För övriga strålskyddsregler se kapitel 4.2 och 5.2 i </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId18">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00283A02">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="63EE1003" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="63EE1003" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="331F6230" w14:textId="77777777">
+          <w:p w14:paraId="331F6230" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5606A606" w14:textId="77777777">
+          <w:p w14:paraId="5606A606" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="581C252C" w14:textId="77777777">
+          <w:p w14:paraId="581C252C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4ACADF87" w14:textId="77777777">
+          <w:p w14:paraId="4ACADF87" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3EE9385A" w14:textId="77777777">
+    <w:p w14:paraId="3EE9385A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1423B8CD" w14:textId="77777777">
+    <w:p w14:paraId="1423B8CD" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="39755DB9" w14:textId="77777777">
+    <w:p w14:paraId="39755DB9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="66996676" w14:textId="77777777">
+    <w:p w14:paraId="66996676" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="4282"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="5F68F404" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="5F68F404" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9038" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="25FC980F" w14:textId="77777777">
+          <w:p w14:paraId="25FC980F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68567551" wp14:editId="57DF94F8">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="11" name="Diagram 11"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="66622D19" w14:textId="77777777">
+          <w:p w14:paraId="66622D19" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3762C131" wp14:editId="629A3922">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="12" name="Diagram 12"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId24" r:lo="rId25" r:qs="rId26" r:cs="rId27"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="4B6F52B4" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="4B6F52B4" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="586638C9" w14:textId="77777777">
+          <w:p w14:paraId="586638C9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="649D501B" w14:textId="77777777">
+          <w:p w14:paraId="649D501B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="02171AE4" w14:textId="77777777">
+          <w:p w14:paraId="02171AE4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="518EC05E" wp14:editId="6C76A904">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="518EC05E" wp14:editId="6C76A904">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>991870</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>438150</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1530985"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Upp 9"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1530985"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00283A02" w:rsidP="000B29F1" w:rsidRDefault="00DE6B14" w14:paraId="0ED038BE" w14:textId="370E938D">
+                                <w:p w14:paraId="0ED038BE" w14:textId="370E938D" w:rsidR="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="000B29F1">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>4</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="651D8E03" w14:textId="77777777">
+                                <w:p w14:paraId="651D8E03" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w:rsidRPr="0066567D" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="39DE03C0" w14:textId="77777777">
+                                <w:p w14:paraId="39DE03C0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="0066567D" w:rsidRDefault="00283A02" w:rsidP="00283A02">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>4</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="2818CD87">
-                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="518EC05E">
+                  <w:pict>
+                    <v:shapetype w14:anchorId="518EC05E" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
+                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 9" style="position:absolute;left:0;text-align:left;margin-left:78.1pt;margin-top:34.5pt;width:32.3pt;height:120.55pt;rotation:180;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#c00000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="2894" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHWeWiVgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22na9cFdYogQYYB&#10;RRugHXpWZNkWoK9RSuzu14+SnDbtdhqWg0BK5CP5/Jjrm1ErchDgpTU1rc5KSoThtpGmq+mPx82n&#10;K0p8YKZhyhpR02fh6c3i44frwc3FzPZWNQIIghg/H1xN+xDcvCg874Vm/sw6YfCxtaBZQBe6ogE2&#10;ILpWxawsL4vBQuPAcuE93q7zI10k/LYVPNy3rReBqJpibyGdkM5dPIvFNZt3wFwv+dQG+4cuNJMG&#10;i75ArVlgZA/yDygtOVhv23DGrS5s20ou0gw4TVW+m+ahZ06kWZAc715o8v8Plt8dHtwWkIbB+blH&#10;M04xtqAJWGSrKq/K+EvDYbtkTNw9v3AnxkA4Xn6uylmFDHN8qi7Oy69XF5HcIoNFUAc+fBNWk2jU&#10;dO+WAHZIwOxw60OOPkbFDG+VbDZSqeRAt1spIAeGn3KVm8opb8KUIQN2MPuCPRPOUFKtYgFN7Zqa&#10;etNRwlSHWuUBUm1jYwVEyh2ume9zjQSbBaJlQJUqqWs60ZErKxPTRNLZNMErjdEK427E0GjubPO8&#10;hcwqtuYd30gk4pb5sGWAosNLXKRwj0erLA5hJ4uS3sKvv93HeNQCvlIyoIhxwJ97BoIS9d2gSs4v&#10;46cj4dSBU2d36pi9Xlkkt0rdJROTIaij2YLVT7hvy1gVn5jhWDtTOTmrkJcLN5aL5TKF7R3IrscU&#10;BEbVOxZuzYPj0T+y/jg+MXCTMgJq6s4exc/m79SRY1Far6xODu5IUty0z3EJT/0U9fqvs/gNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAmLcGa3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3&#10;JP6DdUhs1I4RUQlxKoREYWBp6MB4jY8kENtR7Kbpv+eYYHy6p3ffV24WN4iZptgHbyBbKRDkm2B7&#10;3xrYvz/frEHEhN7iEDwZOFOETXV5UWJhw8nvaK5TK3jExwINdCmNhZSx6chhXIWRPN8+w+QwcZxa&#10;aSc88bgbpFYqlw57zx86HOmpo+a7PjoDs9O7cY1f248taU371/r89tIbc321PD6ASLSkvzL84jM6&#10;VMx0CEdvoxg43+Waqwbye3bigtaKXQ4GbjOVgaxK+V+h+gEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCHWeWiVgIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAmLcGa3QAAAAoBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;">
+                    <v:shape id="Upp 9" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:78.1pt;margin-top:34.5pt;width:32.3pt;height:120.55pt;rotation:180;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHWeWiVgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22na9cFdYogQYYB&#10;RRugHXpWZNkWoK9RSuzu14+SnDbtdhqWg0BK5CP5/Jjrm1ErchDgpTU1rc5KSoThtpGmq+mPx82n&#10;K0p8YKZhyhpR02fh6c3i44frwc3FzPZWNQIIghg/H1xN+xDcvCg874Vm/sw6YfCxtaBZQBe6ogE2&#10;ILpWxawsL4vBQuPAcuE93q7zI10k/LYVPNy3rReBqJpibyGdkM5dPIvFNZt3wFwv+dQG+4cuNJMG&#10;i75ArVlgZA/yDygtOVhv23DGrS5s20ou0gw4TVW+m+ahZ06kWZAc715o8v8Plt8dHtwWkIbB+blH&#10;M04xtqAJWGSrKq/K+EvDYbtkTNw9v3AnxkA4Xn6uylmFDHN8qi7Oy69XF5HcIoNFUAc+fBNWk2jU&#10;dO+WAHZIwOxw60OOPkbFDG+VbDZSqeRAt1spIAeGn3KVm8opb8KUIQN2MPuCPRPOUFKtYgFN7Zqa&#10;etNRwlSHWuUBUm1jYwVEyh2ume9zjQSbBaJlQJUqqWs60ZErKxPTRNLZNMErjdEK427E0GjubPO8&#10;hcwqtuYd30gk4pb5sGWAosNLXKRwj0erLA5hJ4uS3sKvv93HeNQCvlIyoIhxwJ97BoIS9d2gSs4v&#10;46cj4dSBU2d36pi9Xlkkt0rdJROTIaij2YLVT7hvy1gVn5jhWDtTOTmrkJcLN5aL5TKF7R3IrscU&#10;BEbVOxZuzYPj0T+y/jg+MXCTMgJq6s4exc/m79SRY1Far6xODu5IUty0z3EJT/0U9fqvs/gNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAmLcGa3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3&#10;JP6DdUhs1I4RUQlxKoREYWBp6MB4jY8kENtR7Kbpv+eYYHy6p3ffV24WN4iZptgHbyBbKRDkm2B7&#10;3xrYvz/frEHEhN7iEDwZOFOETXV5UWJhw8nvaK5TK3jExwINdCmNhZSx6chhXIWRPN8+w+QwcZxa&#10;aSc88bgbpFYqlw57zx86HOmpo+a7PjoDs9O7cY1f248taU371/r89tIbc321PD6ASLSkvzL84jM6&#10;VMx0CEdvoxg43+Waqwbye3bigtaKXQ4GbjOVgaxK+V+h+gEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCHWeWiVgIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAmLcGa3QAAAAoBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" adj="2894" fillcolor="#c00000" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidR="00283A02" w:rsidP="000B29F1" w:rsidRDefault="00DE6B14" w14:paraId="2598DEE6" w14:textId="370E938D">
+                          <w:p w14:paraId="0ED038BE" w14:textId="370E938D" w:rsidR="00283A02" w:rsidRDefault="00DE6B14" w:rsidP="000B29F1">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="672A6659" w14:textId="77777777">
+                          <w:p w14:paraId="651D8E03" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidRPr="0066567D" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="279935FF" w14:textId="77777777">
+                          <w:p w14:paraId="39DE03C0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="0066567D" w:rsidRDefault="00283A02" w:rsidP="00283A02">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F3EFA9D" wp14:editId="4E210BC3">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F3EFA9D" wp14:editId="4E210BC3">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>311785</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>452120</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="698500"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="6350"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Upp 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="698500"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="2787D310" w14:textId="1FB1473F">
+                                <w:p w14:paraId="2787D310" w14:textId="1FB1473F" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                                   <w:pPr>
                                     <w:spacing w:after="0"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>12</w:t>
                                   </w:r>
-                                  <w:r w:rsidRPr="006B49E7" w:rsidR="00DE6B14">
+                                  <w:r w:rsidR="00DE6B14" w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:br/>
-                                  </w:r>
-[...7 lines deleted...]
-                                    </w:rPr>
                                     <w:t>3</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="20B8D0A0" w14:textId="77777777">
+                                <w:p w14:paraId="20B8D0A0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>3</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidRPr="0066567D" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6D284C5C" w14:textId="77777777">
+                                <w:p w14:paraId="6D284C5C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="0066567D" w:rsidRDefault="00283A02" w:rsidP="00283A02">
                                   <w:pPr>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="4DD2360D">
-                    <v:shape id="Upp 8" style="position:absolute;left:0;text-align:left;margin-left:24.55pt;margin-top:35.6pt;width:32.3pt;height:55pt;rotation:180;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="6343" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdLtJzWgIAAMMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nW9cFdYqgRYYB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbtdhqWg0BK5CP5/Jjzi9FotpcYlLM1r05KzqQVrlG2q/mPh82H&#10;M85CBNuAdlbW/EkGfrF6/+588Eu5cL3TjURGIDYsB1/zPka/LIogemkgnDgvLT22Dg1EcrErGoSB&#10;0I0uFmV5WgwOG49OyBDo9mp65KuM37ZSxNu2DTIyXXPqLeYT87lNZ7E6h2WH4Hsl5jbgH7owoCwV&#10;fYa6gghsh+oPKKMEuuDaeCKcKVzbKiHzDDRNVb6Z5r4HL/MsRE7wzzSF/wcrbvb3/g6JhsGHZSAz&#10;TTG2aBg6Yqsqz8r0y8NRu2zM3D09cyfHyARdfqrKRUUMC3o6/Xr2mVIItJiwEqbHEL9JZ1gyar7z&#10;a0Q3ZFzYX4c4RR+iUkZwWjUbpXV2sNteamR7oC+52eSeppRXYdqygbpefKH6TAApqtUQyTS+qXmw&#10;HWegO5KqiJhrW5cqENLU4RWEfqqRYSd9GBVJpFqZms9sTJW1TWkyy2ye4IXFZMVxOzJFhasElG62&#10;rnm6w4lb6jB4sVHExzWEeAdI0qNLWqd4S0erHc3iZouz3uGvv92neFIEvXI2kJRpzp87QMmZ/m5J&#10;Kx9P0wdk8djBY2d77NiduXTEcZW7yyYlY9QHs0VnHmnr1qkqPYEVVHtidHYu47RitLdCrtc5bOdR&#10;dT2lEDBp30O8tvdeJP9A/sP4COhngURS1o07rAAs34hkiiWFvbA6O7QpWXjzVqdVPPZz1Mt/z+o3&#10;AAAA//8DAFBLAwQUAAYACAAAACEACKmjXeIAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/D&#10;MBCE70j8B2uRuCDqJDxaQpwKVQIVIfEoleDoxksSNV5Htpum/57tCW67O6PZb4r5aDsxoA+tIwXp&#10;JAGBVDnTUq1g/fl4OQMRoiajO0eo4IAB5uXpSaFz4/b0gcMq1oJDKORaQRNjn0sZqgatDhPXI7H2&#10;47zVkVdfS+P1nsNtJ7MkuZVWt8QfGt3josFqu9pZBf55ubY3i+z162XcLt8v3g7fT0Or1PnZ+HAP&#10;IuIY/8xwxGd0KJlp43ZkgugUXN+l7FQwTTMQRz29moLY8DDjiywL+b9B+QsAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAdLtJzWgIAAMMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAIqaNd4gAAAAkBAAAPAAAAAAAAAAAAAAAAALQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" w14:anchorId="1F3EFA9D">
+                  <w:pict>
+                    <v:shape w14:anchorId="1F3EFA9D" id="Upp 8" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:24.55pt;margin-top:35.6pt;width:32.3pt;height:55pt;rotation:180;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdLtJzWgIAAMMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nW9cFdYqgRYYB&#10;RVugHXpmZNkWoK9RSuzu14+SnTbtdhqWg0BK5CP5/Jjzi9FotpcYlLM1r05KzqQVrlG2q/mPh82H&#10;M85CBNuAdlbW/EkGfrF6/+588Eu5cL3TjURGIDYsB1/zPka/LIogemkgnDgvLT22Dg1EcrErGoSB&#10;0I0uFmV5WgwOG49OyBDo9mp65KuM37ZSxNu2DTIyXXPqLeYT87lNZ7E6h2WH4Hsl5jbgH7owoCwV&#10;fYa6gghsh+oPKKMEuuDaeCKcKVzbKiHzDDRNVb6Z5r4HL/MsRE7wzzSF/wcrbvb3/g6JhsGHZSAz&#10;TTG2aBg6Yqsqz8r0y8NRu2zM3D09cyfHyARdfqrKRUUMC3o6/Xr2mVIItJiwEqbHEL9JZ1gyar7z&#10;a0Q3ZFzYX4c4RR+iUkZwWjUbpXV2sNteamR7oC+52eSeppRXYdqygbpefKH6TAApqtUQyTS+qXmw&#10;HWegO5KqiJhrW5cqENLU4RWEfqqRYSd9GBVJpFqZms9sTJW1TWkyy2ye4IXFZMVxOzJFhasElG62&#10;rnm6w4lb6jB4sVHExzWEeAdI0qNLWqd4S0erHc3iZouz3uGvv92neFIEvXI2kJRpzp87QMmZ/m5J&#10;Kx9P0wdk8djBY2d77NiduXTEcZW7yyYlY9QHs0VnHmnr1qkqPYEVVHtidHYu47RitLdCrtc5bOdR&#10;dT2lEDBp30O8tvdeJP9A/sP4COhngURS1o07rAAs34hkiiWFvbA6O7QpWXjzVqdVPPZz1Mt/z+o3&#10;AAAA//8DAFBLAwQUAAYACAAAACEACKmjXeIAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/D&#10;MBCE70j8B2uRuCDqJDxaQpwKVQIVIfEoleDoxksSNV5Htpum/57tCW67O6PZb4r5aDsxoA+tIwXp&#10;JAGBVDnTUq1g/fl4OQMRoiajO0eo4IAB5uXpSaFz4/b0gcMq1oJDKORaQRNjn0sZqgatDhPXI7H2&#10;47zVkVdfS+P1nsNtJ7MkuZVWt8QfGt3josFqu9pZBf55ubY3i+z162XcLt8v3g7fT0Or1PnZ+HAP&#10;IuIY/8xwxGd0KJlp43ZkgugUXN+l7FQwTTMQRz29moLY8DDjiywL+b9B+QsAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAdLtJzWgIAAMMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAIqaNd4gAAAAkBAAAPAAAAAAAAAAAAAAAAALQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" adj="6343" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="19FCCF4E" w14:textId="1FB1473F">
+                          <w:p w14:paraId="2787D310" w14:textId="1FB1473F" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>12</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006B49E7" w:rsidR="00DE6B14">
+                            <w:r w:rsidR="00DE6B14" w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:br/>
-                            </w:r>
-[...7 lines deleted...]
-                              </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5FCD5EC4" w14:textId="77777777">
+                          <w:p w14:paraId="20B8D0A0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>3</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="0066567D" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0A37501D" w14:textId="77777777">
+                          <w:p w14:paraId="6D284C5C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="0066567D" w:rsidRDefault="00283A02" w:rsidP="00283A02">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64CD108E" wp14:editId="2A00F3D3">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64CD108E" wp14:editId="2A00F3D3">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>23495</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>437515</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1623695" cy="1543050"/>
                       <wp:effectExtent l="19050" t="19050" r="14605" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rektangel 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1623695" cy="1543050"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1694,66 +1575,66 @@
                                 <a:solidFill>
                                   <a:srgbClr val="C00000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="47AC1611">
                     <v:rect id="Rektangel 3" style="position:absolute;margin-left:1.85pt;margin-top:34.45pt;width:127.85pt;height:121.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#c00000" strokeweight="3pt" w14:anchorId="6E70D8B9" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLKqX5NAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wka9EZcYogQXYJ&#10;2gBp0TMjy7EBfY1S43S/fpTsJF2307AcFEqkHsXHR8/uT1qxo0TfWlPy8SjnTBphq9YcSv78tP5y&#10;x5kPYCpQ1siSv0nP7+efP806V8iJbayqJDICMb7oXMmbEFyRZV40UoMfWScNOWuLGgJt8ZBVCB2h&#10;a5VN8vw26yxWDq2Q3tPpqnfyecKvaynCY117GZgqOb0tpBXTuo9rNp9BcUBwTSuGZ8A/vEJDayjp&#10;BWoFAdgrtn9A6Vag9bYOI2F1Zuu6FTLVQNWM8w/V7BpwMtVC5Hh3ocn/P1jxcNy5LRINnfOFJzNW&#10;capRx396Hzslst4uZMlTYIIOx7eT6e23G84E+cY3X6f5TaIzu1536MN3aTWLRsmRupFIguPGB0pJ&#10;oeeQmM3YdatU6ogyrCv59G6cU9MEkDBqBYFM7aqSe3PgDNSBFCcCJkhvVVvF6xHI42G/VMiOQF1f&#10;5vEXG03pfguLuVfgmz4uuXo96DaQKFWrS373/rYyEV0mWQ0VXFmL1t5Wb1tkaHudeSfWLSXZgA9b&#10;QBIWVUPDEh5pqZWlEu1gcdZY/Pm38xhP/SYvZx0Jlcr/8QooOTOvemmpwjGNmBPJJHwM6mzWaPUL&#10;zcciIpALjCCcnrRhswz9MNCECblYpDBSpoOwMTsnInisOVL1dHoBdEMvA8ngwZ4FCsWHlvaxRPmV&#10;lWFDOk6dGGYuDsr7fYq6fhnmvwAAAP//AwBQSwMEFAAGAAgAAAAhAO8ndQTeAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj1FPg0AQhN9N/A+XNfHNHqC2hXI0RDExaaKR9gdcuRWI3B7hri3+e9cn&#10;fZydycy3+Xa2gzjj5HtHCuJFBAKpcaanVsFh/3K3BuGDJqMHR6jgGz1si+urXGfGXegDz3VoBZeQ&#10;z7SCLoQxk9I3HVrtF25EYu/TTVYHllMrzaQvXG4HmUTRUlrdEy90esSnDpuv+mQV7KvQVOVhfk6q&#10;nXwNWL7J9xqVur2Zyw2IgHP4C8MvPqNDwUxHdyLjxaDgfsVBBct1CoLt5DF9AHHkexynIItc/n+g&#10;+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLKqX5NAIAAGEEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvJ3UE3gAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0196B023" wp14:editId="0CEFD0F6">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0196B023" wp14:editId="0CEFD0F6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>22860</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>448945</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1623695" cy="698500"/>
                       <wp:effectExtent l="19050" t="19050" r="14605" b="25400"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Rektangel 4"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1623695" cy="698500"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1761,1443 +1642,1354 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="12DAE435">
                     <v:rect id="Rektangel 4" style="position:absolute;margin-left:1.8pt;margin-top:35.35pt;width:127.85pt;height:55pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="245D4A83" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpcffAMwIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2PGjEMvVfqf4hyLwOsFrGIYYVA9IJ2&#10;kdhqzyaT+ZDyVScw0F9fJzNAu+2pKofgxM5z/Pw88+ezVuwk0TfW5Hw0GHImjbBFY6qcf3vbfJly&#10;5gOYApQ1MucX6fnz4vOneetmcmxrqwqJjECMn7Uu53UIbpZlXtRSgx9YJw05S4saAm2xygqEltC1&#10;ysbD4SRrLRYOrZDe0+m6c/JFwi9LKcJrWXoZmMo5vS2kFdN6iGu2mMOsQnB1I/pnwD+8QkNjKOkN&#10;ag0B2BGbP6B0I9B6W4aBsDqzZdkImWqgakbDD9Xsa3Ay1ULkeHejyf8/WPFy2rsdEg2t8zNPZqzi&#10;XKKO//Q+dk5kXW5kyXNggg5Hk/HD5OmRM0G+ydP0cZjYzO63HfrwVVrNopFzpGYkjuC09YEyUug1&#10;JCYzdtMolRqiDGtz/jAdESYTQLooFQQytSty7k3FGaiKBCcCJkhvVVPE6xHIY3VYKWQnoKZvNkP6&#10;xT5Tut/CYu41+LqLS65ODroJpEnV6JxP4+XrbWUiukyq6iu4kxatgy0uO2RoO5l5JzYNJdmCDztA&#10;0hVVQ7MSXmkplaUSbW9xVlv88bfzGE/tJi9nLemUyv9+BJScmaNeWapwRBPmRDIJH4O6miVa/U7j&#10;sYwI5AIjCKcjrd+sQjcLNGBCLpcpjITpIGzN3okIHmuOVL2d3wFd38tAKnixV33C7ENLu1ii/M5K&#10;vyEZp070Ixfn5Nd9irp/GBY/AQAA//8DAFBLAwQUAAYACAAAACEAfIKGB90AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeLNLqZaWsjTGRI3eRE2vU3YEwn4Qdlvw3zue9Djz&#10;PnnnmWI/WyPONIbOOwXLRQKCXO115xoFH++PNxsQIaLTaLwjBd8UYF9eXhSYaz+5NzpXsRFc4kKO&#10;CtoYh1zKULdkMSz8QI6zLz9ajDyOjdQjTlxujUyTZC0tdo4vtDjQQ0t1X52sgpcpNd2hwdfnqq8+&#10;e3/7tMy2Vqnrq/l+ByLSHP9g+NVndSjZ6ehPTgdhFKzWDCrIkgwEx+nddgXiyNyGN7Is5P8Hyh8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqXH3wDMCAABgBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfIKGB90AAAAIAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67302137" wp14:editId="3C773AFF">
                   <wp:extent cx="1655307" cy="2181916"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="8890"/>
                   <wp:docPr id="13" name="Bildobjekt 13"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1195425106" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1685748" cy="2222041"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="12D028B2" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="12D028B2" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="08C48DE0" w14:textId="77777777">
+          <w:p w14:paraId="08C48DE0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7783839E" w14:textId="77777777">
+          <w:p w14:paraId="7783839E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mamiller</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> – höftleder.</w:t>
+              <w:t>Mamiller – höftleder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0B5D3BEA" w14:textId="77777777">
+          <w:p w14:paraId="0B5D3BEA" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="6EAD0C46" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="6EAD0C46" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="56B60057" w14:textId="77777777">
+          <w:p w14:paraId="56B60057" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K- (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1F37F4FB" w14:textId="77777777">
+          <w:p w14:paraId="1F37F4FB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedom diafragma – aortabifurkationen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="40BDFFD3" w14:textId="77777777">
+          <w:p w14:paraId="40BDFFD3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="540C15CC" w14:textId="77777777">
+          <w:p w14:paraId="540C15CC" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="2E535D87" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="2E535D87" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7FBCB91C" w14:textId="77777777">
+          <w:p w14:paraId="7FBCB91C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premonitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="061665BB" w14:textId="77777777">
+          <w:p w14:paraId="061665BB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ROI i proximala bukaorta, tröskelvärde 120 HU (GE och Toshiba), 90 HU (Siemens).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="24496278" w14:textId="77777777">
+          <w:p w14:paraId="24496278" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="5B692C20" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="5B692C20" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4F37C5E8" w14:textId="77777777">
+          <w:p w14:paraId="4F37C5E8" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K+ artärfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="29B02229" w14:textId="77777777">
+          <w:p w14:paraId="29B02229" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedom diafragma – aortabifurkationen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="651B404E" w14:textId="77777777">
+          <w:p w14:paraId="651B404E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="617EE021" w14:textId="77777777">
+          <w:p w14:paraId="617EE021" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="67E0ADC9" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="67E0ADC9" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6CCEB52B" w14:textId="77777777">
+          <w:p w14:paraId="6CCEB52B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Njurar K+ </w:t>
+              <w:t>Njurar K+ nefrografisk</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="510921E4" w14:textId="77777777">
+          <w:p w14:paraId="510921E4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nedom diafragma – aortabifurkationen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6665F7A0" w14:textId="77777777">
+          <w:p w14:paraId="6665F7A0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="70D9A01F" w14:textId="77777777">
+          <w:p w14:paraId="70D9A01F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="456ADD73" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="456ADD73" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3177E0D8" w14:textId="77777777">
+          <w:p w14:paraId="3177E0D8" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5EF99CBA" w14:textId="77777777">
+          <w:p w14:paraId="5EF99CBA" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mamiller</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> minor.</w:t>
+              <w:t>Mamiller – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="28FE78BE" w14:textId="77777777">
+          <w:p w14:paraId="28FE78BE" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="4586E759" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="4586E759" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2FBE691C" w14:textId="77777777">
+          <w:p w14:paraId="2FBE691C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urinvägar K+ </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (lågdos)</w:t>
+              <w:t>Urinvägar K+ utsöndr (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="36D312F7" w14:textId="77777777">
+          <w:p w14:paraId="36D312F7" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Nedanför diafragma – </w:t>
+              <w:t xml:space="preserve"> Nedanför diafragma – trochanter minor.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5A8B659F" w14:textId="77777777">
+          </w:p>
+          <w:p w14:paraId="5A8B659F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="30C66113" w14:textId="77777777">
+          <w:p w14:paraId="30C66113" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="63662C2E" w14:textId="77777777">
+    <w:p w14:paraId="63662C2E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="61B9BB4C" w14:textId="77777777">
+    <w:p w14:paraId="61B9BB4C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Reformatering</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="28279259" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="28279259" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2D53439A" w14:textId="77777777">
+          <w:p w14:paraId="2D53439A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6E55417C" w14:textId="77777777">
+          <w:p w14:paraId="6E55417C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="57BE2A61" w14:textId="77777777">
+          <w:p w14:paraId="57BE2A61" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="451F1C1B" wp14:editId="55861EFC">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="451F1C1B" wp14:editId="55861EFC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>269875</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>855345</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="24" name="Upp 24"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="13FD1954" w14:textId="77777777">
+                                <w:p w14:paraId="13FD1954" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="1D18C802">
-                    <v:shape id="Upp 24" style="position:absolute;left:0;text-align:left;margin-left:21.25pt;margin-top:67.35pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8956" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKLS1XHfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNyonf4T4lQVEqjtjcIDOPE2iYjXaeymDk+Pe4Ljzo5mvsk2wbRswN41liQkEwEMqbS6oUrC&#10;1+fb0xqY84q0ai2hhBEdbPL7u0yl2l7pA4ejr1gMIZcqCbX3Xcq5K2s0yk1shxR/J9sb5ePZV1z3&#10;6hrDTcunQiy5UQ3Fhlp1+Fpj+X28GAnr8LxLfnZDGFeHsdj7szmcyncpHx/C9gWYx+D/zHDDj+iQ&#10;R6bCXkg71kqYLSK5j/o8mQO7GZLZClghYSqWAnie8f8T8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6EbymlUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAotLVcd8AAAAKAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" w14:anchorId="451F1C1B">
+                  <w:pict>
+                    <v:shape w14:anchorId="451F1C1B" id="Upp 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:21.25pt;margin-top:67.35pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKLS1XHfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNyonf4T4lQVEqjtjcIDOPE2iYjXaeymDk+Pe4Ljzo5mvsk2wbRswN41liQkEwEMqbS6oUrC&#10;1+fb0xqY84q0ai2hhBEdbPL7u0yl2l7pA4ejr1gMIZcqCbX3Xcq5K2s0yk1shxR/J9sb5ePZV1z3&#10;6hrDTcunQiy5UQ3Fhlp1+Fpj+X28GAnr8LxLfnZDGFeHsdj7szmcyncpHx/C9gWYx+D/zHDDj+iQ&#10;R6bCXkg71kqYLSK5j/o8mQO7GZLZClghYSqWAnie8f8T8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6EbymlUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAotLVcd8AAAAKAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="0666B90B" w14:textId="77777777">
+                          <w:p w14:paraId="13FD1954" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="155F87F6" wp14:editId="0CEF96C0">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="155F87F6" wp14:editId="0CEF96C0">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>730885</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-15875</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="5715" cy="1317625"/>
                       <wp:effectExtent l="19050" t="19050" r="32385" b="34925"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="5938" cy="1317658"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="43A8AE74">
                     <v:line id="Rak 16" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="57.55pt,-1.25pt" to="58pt,102.5pt" w14:anchorId="786C857D" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFS5BVrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2Q3aJcZcXpokF2G&#10;rcDWH8DIki1AXxC1OPn3o5Q07bbbMB9kSiSf+B6p9ePRWXZQCU3wPW8XDWfKyzAYP/b85cfudsUZ&#10;ZvAD2OBVz08K+ePm5sN6jp26C1Owg0qMQDx2c+z5lHPshEA5KQe4CFF5cuqQHGTaplEMCWZCd1bc&#10;Nc2DmEMaYgpSIdLp9uzkm4qvtZL5m9aoMrM9p9pyXVNd92UVmzV0Y4I4GXkpA/6hCgfG06VXqC1k&#10;YD+T+QvKGZkCBp0XMjgRtDZSVQ7Epm3+YPN9gqgqFxIH41Um/H+w8uvhyT8nkmGO2GF8ToXFUSdX&#10;/lQfO1axTlex1DEzSYf3n5bUW0mOdtl+fLhfFS3FW25MmD+r4Fgxem6NL1Sgg8MXzOfQ15By7MPO&#10;WFvbYT2be75ctQ11TAJNhbaQyXRx6Dn6kTOwI42bzKlCYrBmKOkFCNO4f7KJHYBavts19F0q+y2s&#10;3L0FnM5x1XUeBmcyTaQ1ruerkvyabX1BV3WmLgzeJCvWPgynqqQoO+pXleMyW2Ug3u/Jfv8CNr8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQ96SX3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcWjuRUpUQp0JIlYBTaXuAmxtv46jxOordNvw92xMcR/s0+6ZaTb4XFxxjF0hDNlcg&#10;kJpgO2o17Hfr2RJETIas6QOhhh+MsKrv7ypT2nClT7xsUyu4hGJpNLiUhlLK2Dj0Js7DgMS3Yxi9&#10;SRzHVtrRXLnc9zJXaiG96Yg/ODPgq8PmtD17DV9q902bp6WjBt+Kd/+xVrTptX58mF6eQSSc0h8M&#10;N31Wh5qdDuFMNoqec1ZkjGqY5QWIG5AteNxBQ64KBbKu5P8J9S8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxUuQVa4BAABJAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAEPekl94AAAAKAQAADwAAAAAAAAAAAAAAAAAIBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E7707EF" wp14:editId="177840E8">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E7707EF" wp14:editId="177840E8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>835660</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>122555</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="6743B501" w14:textId="77777777">
+                                <w:p w14:paraId="6743B501" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>AX</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="6DC4D844">
-                    <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe" w14:anchorId="5E7707EF">
+                  <w:pict>
+                    <v:shapetype w14:anchorId="5E7707EF" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
-                      <v:path textboxrect="@1,0,@2,@6" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
+                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" style="position:absolute;left:0;text-align:left;margin-left:65.8pt;margin-top:9.65pt;width:32.25pt;height:45.35pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1029" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t67" adj="13920" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQtDUkTwIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykTT+COkXQIsOA&#10;oi3QDj0rshwLkESNUmJnv36U7DRZt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7Tcm/v66+&#10;XHEWonCVMOBUyfcq8NvF5083rZ+rKTRgKoWMirgwb33Jmxj9vCiCbJQVYQReObqsAa2IFOKmqFC0&#10;VN2aYjoeXxQtYOURpAqBTu/7S77I9etayfhU10FFZkpOvcVsMdt1ssXiRsw3KHyj5dCG+IcurNCO&#10;QN9L3Yso2Bb1H6WslggB6jiSYAuoay1VnoGmmYw/TPPSCK/yLERO8O80hf9XVj7uXvwzEg2tD/NA&#10;bpqiq9Gmf+qPdZms/TtZqotM0uH5+Hp2OeNM0hU51+ezRGZxfNhjiF8VWJacklfQuiUitJknsXsI&#10;sc8/5CXAAEZXK21MDnCzvjPIdoJe3mo1pt8A8Vuacawl6U0v6ZpJQSKqjYjkWl+VPLgNZ8JsSJ0y&#10;YsZ2kBDym0/Y9yI0PUYu20vC6ki6NNqW/CoBH5CNS52prKxhgiNxyYvdumOagM9SoXSyhmr/jAyh&#10;F1/wcqUJ9kGE+CyQ1EZt0wbFJzK1AZoFBo+zBvDn385TfsmT5awl9dKcP7YCFWfmmyN5nF2kllk8&#10;DfA0WJ8GbmvvgDie0K56mV16GKM5uDWCfaNFWyZUuhJOUmc9o0NwF/utolWVarnMaSRxL+KDe/Ey&#10;FU/MJcJfuzeBfpBFJD09wkHpYv5BGH0u6erI5BDQQmS5DcubNu40zlnHT8ziFwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJNxdALeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;HSJFNMSpChIXOKAGhNTbJt4mUWM7xE4b/p7tCW4z2qfZmWKz2EGcaAq9dxqSlQJBrvGmd62Gz4+X&#10;uwcQIaIzOHhHGn4owKa8viowN/7sdnSqYis4xIUcNXQxjrmUoenIYlj5kRzfDn6yGNlOrTQTnjnc&#10;DvJeqUxa7B1/6HCk546aYzVbDfuv+P5W75rXWU3q6bBPv6t+Qa1vb5btI4hIS/yD4VKfq0PJnWo/&#10;OxPEwD5NMkZZrFMQF2CdJSBqFolSIMtC/p9Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBQtDUkTwIAAKoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCTcXQC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
+                    <v:shape id="Ned 20" o:spid="_x0000_s1029" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:65.8pt;margin-top:9.65pt;width:32.25pt;height:45.35pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQtDUkTwIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykTT+COkXQIsOA&#10;oi3QDj0rshwLkESNUmJnv36U7DRZt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7Tcm/v66+&#10;XHEWonCVMOBUyfcq8NvF5083rZ+rKTRgKoWMirgwb33Jmxj9vCiCbJQVYQReObqsAa2IFOKmqFC0&#10;VN2aYjoeXxQtYOURpAqBTu/7S77I9etayfhU10FFZkpOvcVsMdt1ssXiRsw3KHyj5dCG+IcurNCO&#10;QN9L3Yso2Bb1H6WslggB6jiSYAuoay1VnoGmmYw/TPPSCK/yLERO8O80hf9XVj7uXvwzEg2tD/NA&#10;bpqiq9Gmf+qPdZms/TtZqotM0uH5+Hp2OeNM0hU51+ezRGZxfNhjiF8VWJacklfQuiUitJknsXsI&#10;sc8/5CXAAEZXK21MDnCzvjPIdoJe3mo1pt8A8Vuacawl6U0v6ZpJQSKqjYjkWl+VPLgNZ8JsSJ0y&#10;YsZ2kBDym0/Y9yI0PUYu20vC6ki6NNqW/CoBH5CNS52prKxhgiNxyYvdumOagM9SoXSyhmr/jAyh&#10;F1/wcqUJ9kGE+CyQ1EZt0wbFJzK1AZoFBo+zBvDn385TfsmT5awl9dKcP7YCFWfmmyN5nF2kllk8&#10;DfA0WJ8GbmvvgDie0K56mV16GKM5uDWCfaNFWyZUuhJOUmc9o0NwF/utolWVarnMaSRxL+KDe/Ey&#10;FU/MJcJfuzeBfpBFJD09wkHpYv5BGH0u6erI5BDQQmS5DcubNu40zlnHT8ziFwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJNxdALeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;HSJFNMSpChIXOKAGhNTbJt4mUWM7xE4b/p7tCW4z2qfZmWKz2EGcaAq9dxqSlQJBrvGmd62Gz4+X&#10;uwcQIaIzOHhHGn4owKa8viowN/7sdnSqYis4xIUcNXQxjrmUoenIYlj5kRzfDn6yGNlOrTQTnjnc&#10;DvJeqUxa7B1/6HCk546aYzVbDfuv+P5W75rXWU3q6bBPv6t+Qa1vb5btI4hIS/yD4VKfq0PJnWo/&#10;OxPEwD5NMkZZrFMQF2CdJSBqFolSIMtC/p9Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBQtDUkTwIAAKoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCTcXQC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="5580844F" w14:textId="77777777">
+                          <w:p w14:paraId="6743B501" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B5EB907" wp14:editId="7BED3CF2">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B5EB907" wp14:editId="7BED3CF2">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>9525</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>718185</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1414145" cy="0"/>
                       <wp:effectExtent l="19050" t="19050" r="14605" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="28" name="Rak 28"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1414145" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="49E12359">
                     <v:line id="Rak 28" style="position:absolute;flip:x;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from=".75pt,56.55pt" to="112.1pt,56.55pt" w14:anchorId="539FF636" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODikesQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K8bzPdBVSNmu7DVoUH&#10;BCvBfoCbSWYi5aY4dNq/x0kvLPCGmJEiJ3aOfY6d9ePRO3bQGW0Mki8XHWc6qDjYMEr+8n13t+IM&#10;C4QBXAxa8pNG/rh5+2Y9p17fxym6QWdGIAH7OUk+lZJ6IVBN2gMuYtKBnCZmD4W2eRRDhpnQvRP3&#10;XfdBzDEPKUelEel0e3byTcM3Rqvy1RjUhTnJqbbS1tzWfV3FZg39mCFNVl3KgH+owoMNlPQGtYUC&#10;7Ee2f0F5q3LEaMpCRS+iMVbpxoHYLLs/2HybIOnGhcTBdJMJ/x+s+nJ4Cs+ZZJgT9piec2VxNNkz&#10;42z6RD1tvKhSdmyynW6y6WNhig6X7+r/njN19YkzRIVKGctHHT2rhuTOhsoIejh8xkJpKfQaUo9D&#10;3FnnWldcYLPkD6tlR41TQMNhHBQyfRokxzByBm6kqVMlN0iMzg71egXCPO6fXGYHoM7vdh19tdmU&#10;7rewmnsLOJ3jmus8E94WGkxnveSrevl624WKrttoXRj8Uq5a+zicmqCi7qhtLellxOpcvN6T/foh&#10;bH4CAAD//wMAUEsDBBQABgAIAAAAIQCNmwVq3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqONAAYU4VYnEgQMSLXyAGy92RLwOsdsGvp5FQoLTanZGs2/r1RwGccAp9ZE0&#10;qEUBAqmLtien4fXl4eIWRMqGrBkioYZPTLBqTk9qU9l4pA0ettkJLqFUGQ0+57GSMnUeg0mLOCKx&#10;9xanYDLLyUk7mSOXh0GWRXEtg+mJL3gzYuuxe9/ug4an+EXtzfKxK9Yf7lmp9j6Xzmt9fjav70Bk&#10;nPNfGH7wGR0aZtrFPdkkBtZLDvJQlwoE+2V5VYLY/W5kU8v/HzTfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4OKR6xAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI2bBWrcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57481669" wp14:editId="039095C9">
                   <wp:extent cx="1419843" cy="1303779"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="7" name="Bildobjekt 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -3219,420 +3011,420 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="356CC0A7" w14:textId="77777777">
+          <w:p w14:paraId="356CC0A7" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CCEF91D" wp14:editId="0B37B71D">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CCEF91D" wp14:editId="0B37B71D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1174115</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>698500</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="552450"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Upp 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="552450"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="7D6BC1F3" w14:textId="77777777">
+                                <w:p w14:paraId="7D6BC1F3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="0F22674F">
-                    <v:shape id="Upp 19" style="position:absolute;left:0;text-align:left;margin-left:92.45pt;margin-top:55pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1030" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8019" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4fJxLVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aytiuCOkXQIsOA&#10;oC2QDj0rshwLkESNUmJnXz9Kdpqs22lYDgQpUY/k82Nu73pr2F5h0OAqPrkoOVNOQq3dtuLfX5af&#10;bjgLUbhaGHCq4gcV+N3844fbzs/UFFowtUJGIC7MOl/xNkY/K4ogW2VFuACvHF02gFZECnFb1Cg6&#10;QremmJblddEB1h5BqhDo9GG45POM3zRKxqemCSoyU3HqLWaL2W6SLea3YrZF4VstxzbEP3RhhXZU&#10;9A3qQUTBdqj/gLJaIgRo4oUEW0DTaKnyDDTNpHw3zboVXuVZiJzg32gK/w9WPu7X/hmJhs6HWSA3&#10;TdE3aBkCsTUpb8r0y8NRu6zP3B3euFN9ZJIOLyfldEIMS7q6uppeXmVuiwErYXoM8asCy5JT8Z1f&#10;IEKXccV+FSK1QNnHrPQigNH1UhuTA9xu7g2yvaAvuVzmnoYnv6UZxzrqevqFWmZSkKIaIyK51tcV&#10;D27LmTBbkqqMmGs7SBWyDFLtBxHaoUaGHfRhdSSRGm0rPrIxVDYudaayzMYJTiwmL/abnmkqfJmA&#10;0skG6sMzDtxSh8HLpaayKxHis0CSHh3SOsUnMo0BmgVGj7MW8OffzlN+xZOlsTnrSM006o+dQMWZ&#10;+eZILp+v0zdk8TzA82BzHridvQeieZIbzC49xmiOboNgX2nxFqkwXQknqbmB1DG4j8OW0epKtVjk&#10;NJK8F3Hl1l4m8KMqXvpXgX7URSRBPcJR+WL2ThtDLknlROYY0IJkBY3LnDbwPM5Zp7+c+S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBVdHGu3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0qQJPGqSpQc0UUPsCJlyRqvA6x06Z/z3KC287uaPZNsVvcIM44hd6ThmSlQCA13vbU&#10;avj8ODxsQIRoyJrBE2q4YoBdeXtTmNz6C73j+RhbwSEUcqOhi3HMpQxNh86ElR+R+PblJ2ciy6mV&#10;djIXDneDXCv1JJ3piT90ZsSXDpvTcXYaXpNYVd/SdW9z6K91lR7C3iVa398t+y2IiEv8M8MvPqND&#10;yUy1n8kGMbDepBlbeUgUl2LHOs0eQdS8yZ4VyLKQ/zuUPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB4fJxLVgIAALoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBVdHGu3QAAAAsBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" w14:anchorId="5CCEF91D">
+                  <w:pict>
+                    <v:shape w14:anchorId="5CCEF91D" id="Upp 19" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:92.45pt;margin-top:55pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4fJxLVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aytiuCOkXQIsOA&#10;oC2QDj0rshwLkESNUmJnXz9Kdpqs22lYDgQpUY/k82Nu73pr2F5h0OAqPrkoOVNOQq3dtuLfX5af&#10;bjgLUbhaGHCq4gcV+N3844fbzs/UFFowtUJGIC7MOl/xNkY/K4ogW2VFuACvHF02gFZECnFb1Cg6&#10;QremmJblddEB1h5BqhDo9GG45POM3zRKxqemCSoyU3HqLWaL2W6SLea3YrZF4VstxzbEP3RhhXZU&#10;9A3qQUTBdqj/gLJaIgRo4oUEW0DTaKnyDDTNpHw3zboVXuVZiJzg32gK/w9WPu7X/hmJhs6HWSA3&#10;TdE3aBkCsTUpb8r0y8NRu6zP3B3euFN9ZJIOLyfldEIMS7q6uppeXmVuiwErYXoM8asCy5JT8Z1f&#10;IEKXccV+FSK1QNnHrPQigNH1UhuTA9xu7g2yvaAvuVzmnoYnv6UZxzrqevqFWmZSkKIaIyK51tcV&#10;D27LmTBbkqqMmGs7SBWyDFLtBxHaoUaGHfRhdSSRGm0rPrIxVDYudaayzMYJTiwmL/abnmkqfJmA&#10;0skG6sMzDtxSh8HLpaayKxHis0CSHh3SOsUnMo0BmgVGj7MW8OffzlN+xZOlsTnrSM006o+dQMWZ&#10;+eZILp+v0zdk8TzA82BzHridvQeieZIbzC49xmiOboNgX2nxFqkwXQknqbmB1DG4j8OW0epKtVjk&#10;NJK8F3Hl1l4m8KMqXvpXgX7URSRBPcJR+WL2ThtDLknlROYY0IJkBY3LnDbwPM5Zp7+c+S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBVdHGu3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0qQJPGqSpQc0UUPsCJlyRqvA6x06Z/z3KC287uaPZNsVvcIM44hd6ThmSlQCA13vbU&#10;avj8ODxsQIRoyJrBE2q4YoBdeXtTmNz6C73j+RhbwSEUcqOhi3HMpQxNh86ElR+R+PblJ2ciy6mV&#10;djIXDneDXCv1JJ3piT90ZsSXDpvTcXYaXpNYVd/SdW9z6K91lR7C3iVa398t+y2IiEv8M8MvPqND&#10;yUy1n8kGMbDepBlbeUgUl2LHOs0eQdS8yZ4VyLKQ/zuUPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB4fJxLVgIAALoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBVdHGu3QAAAAsBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="6F6EA83F" w14:textId="77777777">
+                          <w:p w14:paraId="7D6BC1F3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73788463" wp14:editId="717BB449">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73788463" wp14:editId="717BB449">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-34925</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>690245</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1707515" cy="0"/>
                       <wp:effectExtent l="19050" t="19050" r="6985" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="23" name="Rak 23"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1707515" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="7690C156">
                     <v:line id="Rak 23" style="position:absolute;flip:x;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" w14:anchorId="60EC0DBB" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcdgFgswEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2R36BoYcXpokO4w&#10;bAW2/gBGlmwB+oKoxcm/H6V8rGtvw3wQSJF65COfVw8HZ9leJTTB97xdNJwpL8Ng/Njzl5/bj0vO&#10;MIMfwAaven5UyB/WNx9Wc+zUbZiCHVRiBOKxm2PPp5xjJwTKSTnARYjKU1CH5CCTm0YxJJgJ3Vlx&#10;2zSfxRzSEFOQCpFuN6cgX1d8rZXM37VGlZntOfWW65nquSunWK+gGxPEychzG/APXTgwnopeoTaQ&#10;gf1K5h2UMzIFDDovZHAiaG2kqhyITdu8YfNjgqgqFxoOxuuY8P/Bym/7R/+caAxzxA7jcyosDjo5&#10;pq2JX2inlRd1yg51bMfr2NQhM0mX7X1zf9fecSYvMXGCKFAxYX5SwbFi9NwaXxhBB/uvmKkspV5S&#10;yrUPW2Nt3Yr1bO75p2Xb0OIkkDi0hUymi0PP0Y+cgR1JdTKnConBmqE8L0CYxt2jTWwPtPnttqGv&#10;LJvK/ZVWam8Ap1NeDZ004UwmYVrjer4sjy+vrS/oqkrrzODP5Iq1C8OxDlQUj9ZWi54lVnTx2if7&#10;9Y+w/g0AAP//AwBQSwMEFAAGAAgAAAAhACgmIyjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHatnUDaKo1TlUgsWCDRwgHceLCjxuMQu23g9BgJCZbz5+nPm2ozuZ6dcQyd&#10;JwnZXABDar3uyEh4e32crYCFqEir3hNK+MQAm/r6qlKl9hfa4XkfDUslFEolwcY4lJyH1qJTYe4H&#10;pLR796NTMY2j4XpUl1Tuep4LseBOdZQuWDVgY7E97k9OwrP/omZZPLVi+2Fesqx5iLmxUt7eTNs1&#10;sIhT/IPhRz+pQ52cDv5EOrBewqwoEplysVoCS0C+uLsHdvhNeF3x/y/U3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAcdgFgswEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoJiMo3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31C04B22" wp14:editId="390F1F82">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31C04B22" wp14:editId="390F1F82">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>837565</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1270</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="4445" cy="1390650"/>
                       <wp:effectExtent l="19050" t="19050" r="33655" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="29" name="Rak 29"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="4445" cy="1390650"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="6D5229E4">
                     <v:line id="Rak 29" style="position:absolute;flip:x;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="65.95pt,.1pt" to="66.3pt,109.6pt" w14:anchorId="60C12977" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAhRaAuAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0aZEacXpokO1Q&#10;bAW2/QBGlmwB+oKoxcm/L6WkabfehvkgkCL1yPdIrx4OzrK9SmiC7/h81nCmvAy98UPHf/3cXi05&#10;wwy+Bxu86vhRIX9Yf/60mmKrrsMYbK8SIxCP7RQ7PuYcWyFQjsoBzkJUnoI6JAeZ3DSIPsFE6M6K&#10;66a5E1NIfUxBKkS63ZyCfF3xtVYyf9caVWa249Rbrmeq566cYr2CdkgQRyPPbcA/dOHAeCp6gdpA&#10;BvY7mQ9QzsgUMOg8k8GJoLWRqnIgNvPmLzY/RoiqciFxMF5kwv8HK7/tH/1zIhmmiC3G51RYHHRy&#10;TFsTv9JMKy/qlB2qbMeLbOqQmaTLxWJxy5mkwPzmvrm7raqKE0pBiwnzFxUcK0bHrfGFFLSwf8JM&#10;lSn1NaVc+7A11tbBWM+mjt8s5w3NTgLth7aQyXSx7zj6gTOwAy2ezKlCYrCmL88LEKZh92gT2wMN&#10;f7tt6CvzpnJ/pJXaG8DxlFdDp7VwJtNuWuM6viyPX19bX9BV3a4zgzfxirUL/bFqKopHk6tFz1tW&#10;VuO9T/b7f2H9AgAA//8DAFBLAwQUAAYACAAAACEAQYVE6twAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtSxKwpN41QlEgsWSLRwADd27Yh4HGK3DZye6QqWT//rz5tqPYWe&#10;neyYuogKxKwAZrGNpkOn4OP9+e4RWMoaje4jWgXfNsG6vr6qdGniGbf2tMuO0QimUivwOQ8l56n1&#10;Nug0i4NFyg5xDDoTjo6bUZ9pPPRcFsWCB90hXfB6sI237efuGBS8xh9sHu5f2mLz5d6EaJ6ydF6p&#10;25tpswKW7ZT/ynDRJ3WoyWkfj2gS64nnYklVBRLYJZ7LBbA9oVhK4HXF/z9Q/wIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAAhRaAuAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBBhUTq3AAAAAgBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="143894FF" wp14:editId="59B8BB26">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="143894FF" wp14:editId="59B8BB26">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>364490</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>156210</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="22" name="Upp 22"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="56BB58E1" w14:textId="77777777">
+                                <w:p w14:paraId="56BB58E1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="006B49E7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="42CA2041">
-                    <v:shape id="Upp 22" style="position:absolute;left:0;text-align:left;margin-left:28.7pt;margin-top:12.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1031" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8956" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiKjuRVAIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqhwJiOd&#10;bF3zfI+FWuoweLFRxMcthHgPSMqjQ9qm+I1Mqx3N4kaPs87hz7+dp/yaJ0tjc9aTmGnUH3tAyZn+&#10;akktHxfpG7J4GuBpsD0N7N5cO6J5mhvMLj3GqI9ui8480d6tU2G6AiuouULqGFzHsmS0uUKu1zmN&#10;FO8h3toHLxL4kfPH4QnQj7qIJKg7dxQ+LN9oo+SSsF7JHAPaj6y3cZfTAp7GOev1H2f1CwAA//8D&#10;AFBLAwQUAAYACAAAACEAuiKASN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBSE7yb+&#10;h80z8WYX2rQF5NEYE03tzeoPWOAViOxbZLd08de7PelxMpOZb/Kd172YaLSdYYR4EYEgrkzdcYPw&#10;+fHykICwTnGtesOEMJOFXXF7k6usNhd+p+noGhFK2GYKoXVuyKS0VUta2YUZiIN3MqNWLsixkfWo&#10;LqFc93IZRRupVcdhoVUDPbdUfR3PGiHx6T7+2U9+3h7m8s1968OpekW8v/NPjyAcefcXhit+QIci&#10;MJXmzLUVPcI62oYkwipegbj6y2QDokRI1ynIIpf/DxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGIqO5FUAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALoigEjeAAAACAEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" w14:anchorId="143894FF">
+                  <w:pict>
+                    <v:shape w14:anchorId="143894FF" id="Upp 22" o:spid="_x0000_s1031" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:28.7pt;margin-top:12.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiKjuRVAIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqhwJiOd&#10;bF3zfI+FWuoweLFRxMcthHgPSMqjQ9qm+I1Mqx3N4kaPs87hz7+dp/yaJ0tjc9aTmGnUH3tAyZn+&#10;akktHxfpG7J4GuBpsD0N7N5cO6J5mhvMLj3GqI9ui8480d6tU2G6AiuouULqGFzHsmS0uUKu1zmN&#10;FO8h3toHLxL4kfPH4QnQj7qIJKg7dxQ+LN9oo+SSsF7JHAPaj6y3cZfTAp7GOev1H2f1CwAA//8D&#10;AFBLAwQUAAYACAAAACEAuiKASN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBSE7yb+&#10;h80z8WYX2rQF5NEYE03tzeoPWOAViOxbZLd08de7PelxMpOZb/Kd172YaLSdYYR4EYEgrkzdcYPw&#10;+fHykICwTnGtesOEMJOFXXF7k6usNhd+p+noGhFK2GYKoXVuyKS0VUta2YUZiIN3MqNWLsixkfWo&#10;LqFc93IZRRupVcdhoVUDPbdUfR3PGiHx6T7+2U9+3h7m8s1968OpekW8v/NPjyAcefcXhit+QIci&#10;MJXmzLUVPcI62oYkwipegbj6y2QDokRI1ynIIpf/DxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGIqO5FUAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALoigEjeAAAACAEAAA8AAAAAAAAAAAAAAAAArgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w:rsidRPr="006B49E7" w:rsidR="00283A02" w:rsidP="00DE6B14" w:rsidRDefault="00283A02" w14:paraId="2EACC26A" w14:textId="77777777">
+                          <w:p w14:paraId="56BB58E1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="006B49E7" w:rsidRDefault="00283A02" w:rsidP="00DE6B14">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006B49E7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -3672,6911 +3464,6794 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1716250" cy="1421771"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="4ACA7FE9" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="4ACA7FE9" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="11262558" w14:textId="77777777">
+          <w:p w14:paraId="11262558" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">AX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7F735F9B" w14:textId="77777777">
+          <w:p w14:paraId="7F735F9B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk (t.ex. efter bäckenet). DFOV ska omfatta hela buken med 5-10 cm marginal på vardera sidan om kroppen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0827B7D2" w14:textId="77777777">
+          <w:p w14:paraId="0827B7D2" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="76C3A62A" w14:textId="77777777">
+          <w:p w14:paraId="76C3A62A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="44DD3EE3" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="44DD3EE3" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5599E1CA" w14:textId="77777777">
+          <w:p w14:paraId="5599E1CA" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0B77DB8D" w14:textId="77777777">
+          <w:p w14:paraId="0B77DB8D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="102E698C" w14:textId="77777777">
+          <w:p w14:paraId="102E698C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5F93D19C" w14:textId="77777777">
+          <w:p w14:paraId="5F93D19C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="500FB1FB" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="500FB1FB" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="76C275E9" w14:textId="77777777">
+          <w:p w14:paraId="76C275E9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1D32579E" w14:textId="77777777">
+          <w:p w14:paraId="1D32579E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2F581880" w14:textId="77777777">
+          <w:p w14:paraId="2F581880" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="61B0A0A5" w14:textId="77777777">
+          <w:p w14:paraId="61B0A0A5" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="052BD470" w14:textId="77777777">
+    <w:p w14:paraId="052BD470" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7D816F87" w14:textId="77777777">
+    <w:p w14:paraId="7D816F87" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="69A079A3" w14:textId="77777777">
+    <w:p w14:paraId="69A079A3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4C675C1F" w14:textId="77777777">
+    <w:p w14:paraId="4C675C1F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3445FF68" w14:textId="77777777">
+    <w:p w14:paraId="3445FF68" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="7F5B7364" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="7F5B7364" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7C641311" w14:textId="77777777">
+          <w:p w14:paraId="7C641311" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="263C6EA9" w14:textId="77777777">
+          <w:p w14:paraId="263C6EA9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="776E0A0E" w14:textId="77777777">
+          <w:p w14:paraId="776E0A0E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5384B1EC" w14:textId="77777777">
+          <w:p w14:paraId="5384B1EC" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="24AA87DF" w14:textId="77777777">
+          </w:p>
+          <w:p w14:paraId="24AA87DF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3D2B4762" w14:textId="77777777">
+          <w:p w14:paraId="3D2B4762" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="405E5E7B" w14:textId="77777777">
+          <w:p w14:paraId="405E5E7B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="771A6E74" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="771A6E74" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7266B3F1" w14:textId="77777777">
+          <w:p w14:paraId="7266B3F1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K- (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6912250D" w14:textId="77777777">
+          <w:p w14:paraId="6912250D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="78245157" w14:textId="77777777">
+          <w:p w14:paraId="78245157" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="24516CD8" w14:textId="1FF2953A">
+          <w:p w14:paraId="24516CD8" w14:textId="1FF2953A" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="62C96638" w14:textId="77777777">
+          <w:p w14:paraId="62C96638" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="636364AF" w14:textId="77777777">
+          <w:p w14:paraId="636364AF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="03C5DDE0" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="03C5DDE0" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4C0C5306" w14:textId="77777777">
+          <w:p w14:paraId="4C0C5306" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0FD9E2D3" w14:textId="77777777">
+          <w:p w14:paraId="0FD9E2D3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="34DF83BB" w14:textId="77777777">
+          <w:p w14:paraId="34DF83BB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7DCD76EB" w14:textId="34D10D04">
+          <w:p w14:paraId="7DCD76EB" w14:textId="34D10D04" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4E581B58" w14:textId="77777777">
+          <w:p w14:paraId="4E581B58" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="251DD01E" w14:textId="77777777">
+          <w:p w14:paraId="251DD01E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="5B9DA60F" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="5B9DA60F" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="58DD9F15" w14:textId="77777777">
+          <w:p w14:paraId="58DD9F15" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="492CD81F" w14:textId="77777777">
+          <w:p w14:paraId="492CD81F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="586C01E4" w14:textId="77777777">
+          <w:p w14:paraId="586C01E4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="42915F7F" w14:textId="7FEA94C0">
+          <w:p w14:paraId="42915F7F" w14:textId="7FEA94C0" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5E09528B" w14:textId="77777777">
+          <w:p w14:paraId="5E09528B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="003C541F" w14:paraId="26B07C4F" w14:textId="6F591442">
+          <w:p w14:paraId="26B07C4F" w14:textId="6F591442" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="003C541F" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r w:rsidR="008E1E8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
+            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="73B095CB" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="73B095CB" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="49F8729A" w14:textId="77777777">
+          <w:p w14:paraId="49F8729A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K+ artärfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5B516006" w14:textId="77777777">
+          <w:p w14:paraId="5B516006" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5BDDBD77" w14:textId="77777777">
+          <w:p w14:paraId="5BDDBD77" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="64BA5EA9" w14:textId="29D2D986">
+          <w:p w14:paraId="64BA5EA9" w14:textId="29D2D986" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5CCE70D4" w14:textId="77777777">
+          <w:p w14:paraId="5CCE70D4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="76CB6362" w14:textId="77777777">
+          <w:p w14:paraId="76CB6362" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="79675BAA" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="79675BAA" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="586F7BDD" w14:textId="77777777">
+          <w:p w14:paraId="586F7BDD" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="47EFB583" w14:textId="77777777">
+          <w:p w14:paraId="47EFB583" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="52132F77" w14:textId="77777777">
+          <w:p w14:paraId="52132F77" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4510D002" w14:textId="5C243C30">
+          <w:p w14:paraId="4510D002" w14:textId="5C243C30" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3108A628" w14:textId="77777777">
+          <w:p w14:paraId="3108A628" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="33DB26AC" w14:textId="77777777">
+          <w:p w14:paraId="33DB26AC" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="751EE844" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="751EE844" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0D347808" w14:textId="77777777">
+          <w:p w14:paraId="0D347808" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="30ED7458" w14:textId="77777777">
+          <w:p w14:paraId="30ED7458" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2095189B" w14:textId="77777777">
+          <w:p w14:paraId="2095189B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="12DDB479" w14:textId="46A2DE2F">
+          <w:p w14:paraId="12DDB479" w14:textId="46A2DE2F" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5E614858" w14:textId="77777777">
+          <w:p w14:paraId="5E614858" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="55212F42" w14:textId="77777777">
+          <w:p w14:paraId="55212F42" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="67F87D76" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="67F87D76" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3DC16B1E" w14:textId="77777777">
+          <w:p w14:paraId="3DC16B1E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="403745D3" w14:textId="77777777">
+          <w:p w14:paraId="403745D3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="237E8705" w14:textId="77777777">
+          <w:p w14:paraId="237E8705" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="480E9CB6" w14:textId="69DC2028">
+          <w:p w14:paraId="480E9CB6" w14:textId="69DC2028" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="739EE069" w14:textId="77777777">
+          <w:p w14:paraId="739EE069" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="008E1E8B" w14:paraId="3114045F" w14:textId="69D7FE76">
+          <w:p w14:paraId="3114045F" w14:textId="69D7FE76" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="008E1E8B" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
+            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="3C82DDC2" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="3C82DDC2" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="42F2069D" w14:textId="77777777">
+          <w:p w14:paraId="42F2069D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Njurar K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="59F47A58" w14:textId="77777777">
+          <w:p w14:paraId="59F47A58" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="13065C7C" w14:textId="77777777">
+          <w:p w14:paraId="13065C7C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7616C4B4" w14:textId="1B0D8645">
+          <w:p w14:paraId="7616C4B4" w14:textId="1B0D8645" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="62852E6A" w14:textId="77777777">
+          <w:p w14:paraId="62852E6A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2A52909F" w14:textId="77777777">
+          <w:p w14:paraId="2A52909F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="16EB6CB9" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="16EB6CB9" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="03822596" w14:textId="77777777">
+          <w:p w14:paraId="03822596" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nefrografisk</w:t>
+              <w:t>nefrografisk fas</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="32E89142" w14:textId="77777777">
+          <w:p w14:paraId="32E89142" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1F19596F" w14:textId="77777777">
+          <w:p w14:paraId="1F19596F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2A88C39A" w14:textId="465E504D">
+          <w:p w14:paraId="2A88C39A" w14:textId="465E504D" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5BC4C156" w14:textId="77777777">
+          <w:p w14:paraId="5BC4C156" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2639EAA4" w14:textId="77777777">
+          <w:p w14:paraId="2639EAA4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="2CEE04F4" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="2CEE04F4" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="60B6B232" w14:textId="77777777">
+          <w:p w14:paraId="60B6B232" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5BDF22D2" w14:textId="77777777">
+          <w:p w14:paraId="5BDF22D2" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1A47B965" w14:textId="77777777">
+          <w:p w14:paraId="1A47B965" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4CA008C5" w14:textId="4F1C3F39">
+          <w:p w14:paraId="4CA008C5" w14:textId="4F1C3F39" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="327D466F" w14:textId="77777777">
+          <w:p w14:paraId="327D466F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="008E1E8B" w14:paraId="0B03D423" w14:textId="414B31C1">
+          <w:p w14:paraId="0B03D423" w14:textId="414B31C1" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="008E1E8B" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PAVS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
+            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="2CFE9047" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="2CFE9047" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4240CDFF" w14:textId="77777777">
+          <w:p w14:paraId="4240CDFF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Urinvägar</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t>Urinvägar K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4B2B82CF" w14:textId="77777777">
+          <w:p w14:paraId="4B2B82CF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5F460A80" w14:textId="77777777">
+          <w:p w14:paraId="5F460A80" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1D0DBF65" w14:textId="279E14F6">
+          <w:p w14:paraId="1D0DBF65" w14:textId="279E14F6" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="337458F0" w14:textId="77777777">
+          <w:p w14:paraId="337458F0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1184C176" w14:textId="77777777">
+          <w:p w14:paraId="1184C176" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="1BF37040" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="1BF37040" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3CF1C76A" w14:textId="77777777">
+          <w:p w14:paraId="3CF1C76A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>utsöndringsfas</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="227BFC42" w14:textId="77777777">
+          <w:p w14:paraId="227BFC42" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="09894626" w14:textId="77777777">
+          <w:p w14:paraId="09894626" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7254CEEF" w14:textId="14ADBBAB">
+          <w:p w14:paraId="7254CEEF" w14:textId="14ADBBAB" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3A938A54" w14:textId="77777777">
+          <w:p w14:paraId="3A938A54" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="492E9ABF" w14:textId="77777777">
+          <w:p w14:paraId="492E9ABF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="52657137" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="52657137" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6525F913" w14:textId="77777777">
+          <w:p w14:paraId="6525F913" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...21 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7CD14615" w14:textId="77777777">
+          <w:p w14:paraId="7CD14615" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="037AA153" w14:textId="77777777">
+          <w:p w14:paraId="037AA153" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="128B8CDA" w14:textId="500054CA">
+          <w:p w14:paraId="128B8CDA" w14:textId="500054CA" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0EA7344E" w14:textId="77777777">
+          <w:p w14:paraId="0EA7344E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3F8E5526" w14:textId="77777777">
+          <w:p w14:paraId="3F8E5526" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="0E518675" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="0E518675" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="18B51FBA" w14:textId="77777777">
+          <w:p w14:paraId="18B51FBA" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="778EE6C1" w14:textId="77777777">
+          <w:p w14:paraId="778EE6C1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="40375F31" w14:textId="77777777">
+          <w:p w14:paraId="40375F31" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="274BB5FE" w14:textId="53C3F523">
+          <w:p w14:paraId="274BB5FE" w14:textId="53C3F523" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="003C541F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1E9186ED" w14:textId="77777777">
+          <w:p w14:paraId="1E9186ED" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="008E1E8B" w14:paraId="4FF1E7AC" w14:textId="0E24EBEB">
+          <w:p w14:paraId="4FF1E7AC" w14:textId="0E24EBEB" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="008E1E8B" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283A02" w:rsidR="00283A02">
+            <w:r w:rsidR="00283A02" w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="16245037" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="16245037" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="689FE93A" w14:textId="77777777">
+          <w:p w14:paraId="689FE93A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scouter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="59C35526" w14:textId="77777777">
+          <w:p w14:paraId="59C35526" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="35A66F0B" w14:textId="77777777">
+          <w:p w14:paraId="35A66F0B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4CFEC379" w14:textId="77777777">
+          <w:p w14:paraId="4CFEC379" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="649DE7ED" w14:textId="77777777">
+          <w:p w14:paraId="649DE7ED" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="18D74950" w14:textId="77777777">
+          <w:p w14:paraId="18D74950" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="004E0CE4" w14:paraId="183AA05B" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="183AA05B" w14:textId="77777777" w:rsidTr="004E0CE4">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0A2612C5" w14:textId="77777777">
+          <w:p w14:paraId="0A2612C5" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="71AAB94C" w14:textId="77777777">
+          <w:p w14:paraId="71AAB94C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3D939F7B" w14:textId="77777777">
+          <w:p w14:paraId="3D939F7B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="635A09B9" w14:textId="77777777">
+          <w:p w14:paraId="635A09B9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1033E875" w14:textId="77777777">
+          <w:p w14:paraId="1033E875" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="326999B6" w14:textId="77777777">
+          <w:p w14:paraId="326999B6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1C26703E" w14:textId="77777777">
+    <w:p w14:paraId="1C26703E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="09ACC24F" w14:textId="77777777">
+    <w:p w14:paraId="09ACC24F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00283A02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1039"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="0A4DD9FF" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="0A4DD9FF" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="43A704A0" w14:textId="77777777">
+          <w:p w14:paraId="43A704A0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7969433E" w14:textId="77777777">
+          <w:p w14:paraId="7969433E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5645888C" w14:textId="77777777">
+          <w:p w14:paraId="5645888C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="449459C5" w14:textId="77777777">
+          <w:p w14:paraId="449459C5" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0A44BE86" w14:textId="77777777">
+          <w:p w14:paraId="0A44BE86" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="5D8CBD18" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="5D8CBD18" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="67B0D1C4" w14:textId="77777777">
+          <w:p w14:paraId="67B0D1C4" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="056C4D02" w14:textId="77777777">
+          <w:p w14:paraId="056C4D02" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K-</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="26D3026C" w14:textId="77777777">
+          <w:p w14:paraId="26D3026C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0810A1A9" w14:textId="77777777">
+          <w:p w14:paraId="0810A1A9" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="01167B42" w14:textId="77777777">
+          <w:p w14:paraId="01167B42" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>artärfas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5683428E" w14:textId="77777777">
+          <w:p w14:paraId="5683428E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="049D288B" w14:textId="77777777">
+          <w:p w14:paraId="049D288B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1C290B1B" w14:textId="77777777">
+          <w:p w14:paraId="1C290B1B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K-</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6D9BBD88" w14:textId="77777777">
+          <w:p w14:paraId="6D9BBD88" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0AC3097D" w14:textId="77777777">
+          <w:p w14:paraId="0AC3097D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="774FB648" w14:textId="77777777">
+          <w:p w14:paraId="774FB648" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>artärfas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4810D900" w14:textId="77777777">
+          <w:p w14:paraId="4810D900" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="49619DC1" w14:textId="77777777">
+          <w:p w14:paraId="49619DC1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="40EDDD44" w14:textId="77777777">
+          <w:p w14:paraId="40EDDD44" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>artärfas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="004E3F9E" w14:textId="77777777">
+          <w:p w14:paraId="004E3F9E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="54EB2F91" w14:textId="77777777">
+          <w:p w14:paraId="54EB2F91" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="0D82762B" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="0D82762B" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7B3F2DC3" w14:textId="77777777">
+          <w:p w14:paraId="7B3F2DC3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="41CB8F32" w14:textId="77777777">
+          <w:p w14:paraId="41CB8F32" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="394146A8" w14:textId="77777777">
+          <w:p w14:paraId="394146A8" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="18407E8A" w14:textId="77777777">
+          <w:p w14:paraId="18407E8A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7D432FFF" w14:textId="77777777">
+          <w:p w14:paraId="7D432FFF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="15954EDD" w14:textId="77777777">
+          <w:p w14:paraId="15954EDD" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1BFF2644" w14:textId="77777777">
+          <w:p w14:paraId="1BFF2644" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="266BB81A" w14:textId="77777777">
+          <w:p w14:paraId="266BB81A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="1F198144" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="1F198144" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="60FC165A" w14:textId="77777777">
+          <w:p w14:paraId="60FC165A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="41F26684" w14:textId="77777777">
+          <w:p w14:paraId="41F26684" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0B53BE68" w14:textId="77777777">
+          <w:p w14:paraId="0B53BE68" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="26BC5734" w14:textId="77777777">
+          <w:p w14:paraId="26BC5734" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="226A1AF1" w14:textId="77777777">
+          <w:p w14:paraId="226A1AF1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5B985A1A" w14:textId="77777777">
+          <w:p w14:paraId="5B985A1A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7EC58D61" w14:textId="77777777">
+          <w:p w14:paraId="7EC58D61" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7BCDBEB1" w14:textId="77777777">
+          <w:p w14:paraId="7BCDBEB1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="41E57E05" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="41E57E05" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3080D603" w14:textId="77777777">
+          <w:p w14:paraId="3080D603" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="599EEF6E" w14:textId="77777777">
+          <w:p w14:paraId="599EEF6E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="41542D98" w14:textId="77777777">
+          <w:p w14:paraId="41542D98" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="556609DE" w14:textId="77777777">
+          <w:p w14:paraId="556609DE" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="469567D5" w14:textId="77777777">
+          <w:p w14:paraId="469567D5" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6CBD3C94" w14:textId="77777777">
+          <w:p w14:paraId="6CBD3C94" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="32C9F0AE" w14:textId="77777777">
+          <w:p w14:paraId="32C9F0AE" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="082300E1" w14:textId="77777777">
+          <w:p w14:paraId="082300E1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="68EB8FA9" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="68EB8FA9" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1C206E32" w14:textId="77777777">
+          <w:p w14:paraId="1C206E32" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2330289E" w14:textId="77777777">
+          <w:p w14:paraId="2330289E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0992EE93" w14:textId="77777777">
+          <w:p w14:paraId="0992EE93" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>nefrogr</w:t>
+              <w:t>nefrogr.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="64D72137" w14:textId="77777777">
+          </w:p>
+          <w:p w14:paraId="64D72137" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2C223471" w14:textId="77777777">
+          <w:p w14:paraId="2C223471" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="37429763" w14:textId="77777777">
+          <w:p w14:paraId="37429763" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>utsöndr</w:t>
+              <w:t>utsöndr.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="10B67D9F" w14:textId="77777777">
+          </w:p>
+          <w:p w14:paraId="10B67D9F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="43FDE945" w14:textId="77777777">
+          <w:p w14:paraId="43FDE945" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7EEAD1DB" w14:textId="77777777">
+          <w:p w14:paraId="7EEAD1DB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1181BDF1" w14:textId="77777777">
+          <w:p w14:paraId="1181BDF1" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>nefrogr</w:t>
+              <w:t>nefrogr.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="396071EF" w14:textId="77777777">
+          </w:p>
+          <w:p w14:paraId="396071EF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="43FFBE2F" w14:textId="77777777">
+          <w:p w14:paraId="43FFBE2F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="452FDB2E" w14:textId="77777777">
+          <w:p w14:paraId="452FDB2E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>utsöndr</w:t>
+              <w:t>utsöndr.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="57F83FD6" w14:textId="77777777">
+          </w:p>
+          <w:p w14:paraId="57F83FD6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="69B5E38F" w14:textId="77777777">
+          <w:p w14:paraId="69B5E38F" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>K+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="01E7D798" w14:textId="77777777">
+          <w:p w14:paraId="01E7D798" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>utsöndr</w:t>
+              <w:t>utsöndr.</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="36469240" w14:textId="77777777">
+          </w:p>
+          <w:p w14:paraId="36469240" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00283A02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4C656549" w14:textId="77777777">
+          <w:p w14:paraId="4C656549" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="7DFC8560" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="7DFC8560" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="2FF3470C" w14:textId="77777777">
+          <w:p w14:paraId="2FF3470C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="22F96C7B" w14:textId="77777777">
+          <w:p w14:paraId="22F96C7B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="55C36B59" w14:textId="77777777">
+          <w:p w14:paraId="55C36B59" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="44FA05CE" w14:textId="77777777">
+          <w:p w14:paraId="44FA05CE" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="46BD8CD2" w14:textId="77777777">
+          <w:p w14:paraId="46BD8CD2" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="70D03E16" w14:textId="77777777">
+          <w:p w14:paraId="70D03E16" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7FEABE1C" w14:textId="77777777">
+          <w:p w14:paraId="7FEABE1C" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6B8C3C91" w14:textId="77777777">
+          <w:p w14:paraId="6B8C3C91" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="4CCE3945" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="4CCE3945" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5B95BA12" w14:textId="77777777">
+          <w:p w14:paraId="5B95BA12" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1A102AAB" w14:textId="77777777">
+          <w:p w14:paraId="1A102AAB" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7941ABB3" w14:textId="77777777">
+          <w:p w14:paraId="7941ABB3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6764DA1A" w14:textId="77777777">
+          <w:p w14:paraId="6764DA1A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="230FFCD3" w14:textId="77777777">
+          <w:p w14:paraId="230FFCD3" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="3762FB47" w14:textId="77777777">
+          <w:p w14:paraId="3762FB47" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="6B4E975A" w14:textId="77777777">
+          <w:p w14:paraId="6B4E975A" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="41113941" w14:textId="77777777">
+          <w:p w14:paraId="41113941" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="32B47981" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="32B47981" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="1E77F0EC" w14:textId="77777777">
+          <w:p w14:paraId="1E77F0EC" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7A6253F0" w14:textId="77777777">
+          <w:p w14:paraId="7A6253F0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="293B25F6" w14:textId="77777777">
+          <w:p w14:paraId="293B25F6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5D2C06F0" w14:textId="77777777">
+          <w:p w14:paraId="5D2C06F0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="7D130458" w14:textId="77777777">
+          <w:p w14:paraId="7D130458" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5D9A9808" w14:textId="77777777">
+          <w:p w14:paraId="5D9A9808" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1040" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0EC752AF" w14:textId="77777777">
+          <w:p w14:paraId="0EC752AF" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0FBBCD02" w14:textId="77777777">
+          <w:p w14:paraId="0FBBCD02" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidTr="00283A02" w14:paraId="16441EF2" w14:textId="77777777">
+      <w:tr w:rsidR="00283A02" w:rsidRPr="00283A02" w14:paraId="16441EF2" w14:textId="77777777" w:rsidTr="00283A02">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="50A6110B" w14:textId="77777777">
+          <w:p w14:paraId="50A6110B" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0DE8C245" w14:textId="77777777">
+          <w:p w14:paraId="0DE8C245" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="35717A6E" w14:textId="77777777">
+          <w:p w14:paraId="35717A6E" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="5D728BA0" w14:textId="77777777">
+          <w:p w14:paraId="5D728BA0" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="0E6365C6" w14:textId="77777777">
+          <w:p w14:paraId="0E6365C6" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00283A02" w:rsidR="00283A02" w:rsidP="00283A02" w:rsidRDefault="00283A02" w14:paraId="4E63DE5D" w14:textId="77777777">
+    <w:p w14:paraId="4E63DE5D" w14:textId="77777777" w:rsidR="00283A02" w:rsidRPr="00283A02" w:rsidRDefault="00283A02" w:rsidP="00283A02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00283A02">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00283A02">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="2BB286C2" w14:textId="77777777">
+    <w:p w14:paraId="26BFC712" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="446CF587" w14:textId="77777777">
+    <w:p w14:paraId="36EB39BC" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="5208EE42" w14:textId="77777777">
+    <w:p w14:paraId="5D297054" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -10584,163 +10259,163 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
+      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -10773,320 +10448,320 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="0E7E5825" w14:textId="77777777"/>
+    <w:p w14:paraId="5FBC2A65" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="749A5946" w14:textId="77777777">
+    <w:p w14:paraId="09BA3ED4" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FD0915" w:rsidRDefault="00FD0915" w14:paraId="57E6B999" w14:textId="77777777">
+    <w:p w14:paraId="7A234D6A" w14:textId="77777777" w:rsidR="00FD0915" w:rsidRDefault="00FD0915">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="0EEBC348">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1032" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="582AADBF">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1033" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
+    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -11115,899 +10790,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
+    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="3578CC4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="608A1710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12072,992 +11747,992 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB018CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBA80B4"/>
     <w:lvl w:ilvl="0" w:tplc="4626761E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FB22DCB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="45F63D3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AD181380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6FEE8BF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="4F0AB4E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="CBD8D65C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0D4A4D64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8902B408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A634650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4782C3CA"/>
     <w:lvl w:ilvl="0" w:tplc="00806FDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="12548190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13119,486 +12794,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EFFC31E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="1700E3D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="56D461A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E81C0122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="B120BCBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="D9C85596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="B3BCB7A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2B1084BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="35E61804" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D9DC6064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1753697177">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2045059062">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2053117055">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="794837642">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="876703141">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1505894677">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="21323433">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="850608698">
@@ -13631,182 +13306,183 @@
   <w:num w:numId="17" w16cid:durableId="1191651367">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="605579981">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1685477480">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="75173196">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1464930945">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1918131713">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1109816019">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="00066E0C"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B29F1"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="0015463D"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="0021011B"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00255576"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00274E1B"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00283A02"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
+    <w:rsid w:val="003109DA"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C541F"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
@@ -13845,50 +13521,51 @@
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005F08E9"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B49E7"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
@@ -14035,54 +13712,56 @@
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C53290"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D34020"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D42D2E"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D7352A"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC18B1"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD2E1A"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE6B14"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
@@ -14119,168 +13798,168 @@
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="3A572057"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="76A5B63A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14305,75 +13984,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -14408,57 +14087,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -14516,700 +14195,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -15273,609 +14952,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -15884,94 +15563,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -15980,496 +15659,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -16536,66 +16215,66 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23778,53 +23457,60 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>399</Words>
+  <Characters>3066</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>25</Lines>
+  <Paragraphs>6</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3459</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Njurar donator 4-fas (852902C)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>19</revision>
+  <revision>21</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>