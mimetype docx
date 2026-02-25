--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2ED27FDC" w14:textId="77777777" w:rsidR="00F4103D" w:rsidRDefault="00F4103D" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00F4103D" w:rsidSect="00F4103D">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="1A8C21FF" w14:textId="77777777" w:rsidR="00F4103D" w:rsidRPr="00F4103D" w:rsidRDefault="00F4103D" w:rsidP="00F4103D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -320,115 +320,115 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4103D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC015ED" w14:textId="25211462" w:rsidR="00F4103D" w:rsidRPr="00F4103D" w:rsidRDefault="00FF566E" w:rsidP="00F4103D">
+          <w:p w14:paraId="1AC015ED" w14:textId="25211462" w:rsidR="00F4103D" w:rsidRPr="00F4103D" w:rsidRDefault="00F4103D" w:rsidP="00F4103D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17">
-              <w:r w:rsidR="00F4103D" w:rsidRPr="57D0BCA8">
+              <w:r w:rsidRPr="57D0BCA8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00F4103D" w:rsidRPr="57D0BCA8">
+            <w:r w:rsidRPr="57D0BCA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5615ED54" w14:textId="73C10CD1" w:rsidR="00F4103D" w:rsidRPr="00F4103D" w:rsidRDefault="00F4103D" w:rsidP="00F4103D">
+          <w:p w14:paraId="5615ED54" w14:textId="29E4DF37" w:rsidR="00F4103D" w:rsidRPr="00F4103D" w:rsidRDefault="00F4103D" w:rsidP="00F4103D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4103D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00FF566E">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="000506D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst rosa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F4103D" w:rsidRPr="00F4103D" w14:paraId="02364CED" w14:textId="77777777" w:rsidTr="000C759A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54BDB301" w14:textId="77777777" w:rsidR="00F4103D" w:rsidRPr="00F4103D" w:rsidRDefault="00F4103D" w:rsidP="00F4103D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -617,80 +617,80 @@
               </w:rPr>
               <w:t>Kvinnor mellan 15-50 år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FD9A76E" w14:textId="6F064E4A" w:rsidR="1E50A209" w:rsidRDefault="00F4103D" w:rsidP="1E50A209">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1E50A209">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FA71400" w14:textId="46959C2F" w:rsidR="00F4103D" w:rsidRPr="00F4103D" w:rsidRDefault="00FF566E" w:rsidP="00F4103D">
+          <w:p w14:paraId="4FA71400" w14:textId="46959C2F" w:rsidR="00F4103D" w:rsidRPr="00F4103D" w:rsidRDefault="00F4103D" w:rsidP="00F4103D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18">
-              <w:r w:rsidR="00F4103D" w:rsidRPr="5DA13F0A">
+              <w:r w:rsidRPr="5DA13F0A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strålskydd vid </w:t>
               </w:r>
-              <w:r w:rsidR="00F4103D" w:rsidRPr="07AD4F01">
+              <w:r w:rsidRPr="07AD4F01">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>undersökningar</w:t>
               </w:r>
-              <w:r w:rsidR="00F4103D" w:rsidRPr="5DA13F0A">
+              <w:r w:rsidRPr="5DA13F0A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F4103D" w:rsidRPr="00F4103D" w14:paraId="37A0A716" w14:textId="77777777" w:rsidTr="000C759A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -1118,51 +1118,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="19BEE7E5">
                     <v:rect id="Rektangel 3" style="position:absolute;margin-left:8.8pt;margin-top:31.95pt;width:112pt;height:67pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="526DE562" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpcxMnLwIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwl0W9GIsEIgekG7&#10;SGy158FxSCR/dWwI9Nd37ARotz1V5WDGnvEbz5s3mT2etWInib61puTjUc6ZNMJWrTmU/NvL+sOU&#10;Mx/AVKCskSW/SM8f5+/fzTpXyIltrKokMgIxvuhcyZsQXJFlXjRSgx9ZJw05a4saAm3xkFUIHaFr&#10;lU3y/HPWWawcWiG9p9NV7+TzhF/XUoTnuvYyMFVyeltIK6Z1H9dsPoPigOCaVgzPgH94hYbWUNIb&#10;1AoCsCO2f0DpVqD1tg4jYXVm67oVMtVA1YzzN9XsGnAy1ULkeHejyf8/WPF02rktEg2d84UnM1Zx&#10;rlHHf3ofOyeyLjey5DkwQYfjh8nkISdOBfmmn/IvZBNMdr/t0Iev0moWjZIjNSNxBKeND33oNSQm&#10;M3bdKpUaogzrSv5xOk74QLqoFQRKpV1Vcm8OnIE6kOBEwATprWqreD0CeTzslwrZCajp63VOv+Fl&#10;v4XF3CvwTR+XXL0cdBtIk6rVVFe8fL2tTESXSVVDBXfSorW31WWLDG0vM+/EuqUkG/BhC0i6IrZo&#10;VsIzLbWyVKIdLM4aiz/+dh7jqd3k5awjnVL534+AkjNz1EtLFY5pwpxIJuFjUFezRqtfaTwWEYFc&#10;YATh9KQNm2XoZ4EGTMjFIoWRMB2Ejdk5EcFjzZGql/MroBt6GUgFT/aqTyjetLSPJTHcWRk2JOOk&#10;kWHk4pz8uk9R9w/D/CcAAAD//wMAUEsDBBQABgAIAAAAIQAj0ftu3AAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NToRAEITvJr7DpE28uQO4gQUZNsZEjd5EN157oQXC/BBmdsG3tz3psfqrVFeV&#10;+9VocabZD84qiDcRCLKNawfbKfh4f7zZgfABbYvaWVLwTR721eVFiUXrFvtG5zp0gkOsL1BBH8JU&#10;SOmbngz6jZvIMvtys8HAcu5kO+PC4UbLJIpSaXCw/KHHiR56asb6ZBS8LIkePjt8fa7H+jC67VOc&#10;5Uap66v1/g5EoDX8meG3PleHijsd3cm2XmjWWcpOBeltDoJ5so35cGSQZznIqpT/F1Q/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKlzEycvAgAAYAQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACPR+27cAAAACQEAAA8AAAAAAAAAAAAAAAAAiQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F4103D">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C6D7202" wp14:editId="1DBB9D9B">
                   <wp:extent cx="1458664" cy="1414890"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="0"/>
                   <wp:docPr id="11" name="Bildobjekt 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1460440064" name=""/>
                           <pic:cNvPicPr/>
@@ -1918,51 +1918,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="518A3089">
                     <v:line id="Rak 16" style="position:absolute;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="67.8pt,.9pt" to="67.8pt,82.7pt" w14:anchorId="700BD13B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/yMOxsQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815ISoHAE0znEcHso&#10;0gBtP2BNkRIBvsBlLPvvs6QcN21vRXUglsvlcGd2tHk4OcuOKqEJXvBu1XKmvAyD8aPgP3/sP645&#10;wwx+ABu8EvyskD9sbz5s5tir2zAFO6jECMRjP0fBp5xj3zQoJ+UAVyEqT4c6JAeZtmlshgQzoTvb&#10;3Lbtp2YOaYgpSIVI2d1yyLcVX2sl8zetUWVmBafecl1TXQ9lbbYb6McEcTLy0gb8QxcOjKdHr1A7&#10;yMBekvkLyhmZAgadVzK4JmhtpKociE3X/sHm+wRRVS4kDsarTPj/YOXT8dE/J5JhjthjfE6FxUkn&#10;x7Q18QvNtPKiTtmpyna+yqZOmcklKSnbtXf37X1XJG0WiAIVE+bPKjhWAsGt8YUR9HD8inkpfSsp&#10;aR/2xto6FevZLPjdumtpcBLIHNpCptDFQXD0I2dgR3KdzKlCYrBmKNcLEKbx8GgTOwJNfr9v6bt0&#10;9ltZeXsHOC119WjxhDOZjGmNE3xdLr/dtr6gq2qtC4NfypXoEIZzFbQpOxpbleNiseKL93uK3/8I&#10;21cAAAD//wMAUEsDBBQABgAIAAAAIQASJ2Or2QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/L&#10;TsMwELwj8Q/WInGjTgoJKMSpSiQOHJBo4QPceLEj4nWI3Tbw9Wy5wG1GM5pHvZr9IA44xT6QgnyR&#10;gUDqgunJKnh7fby6AxGTJqOHQKjgCyOsmvOzWlcmHGmDh22ygkMoVlqBS2mspIydQ6/jIoxIrL2H&#10;yevEdLLSTPrI4X6Qyywrpdc9cYPTI7YOu4/t3it4Dt/U3hZPXbb+tC953j6kpXVKXV7M63sQCef0&#10;Z4bTfJ4ODW/ahT2ZKAbm10XJVgb84KT/8h2DsrgB2dTy/4PmBwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAH/Iw7GxAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABInY6vZAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F4103D">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="321750FF" wp14:editId="438B184F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>0</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>153670</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1689735" cy="11430"/>
@@ -1983,51 +1983,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="1002DE80">
                     <v:line id="Rak 23" style="position:absolute;flip:x y;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="0,12.1pt" to="133.05pt,13pt" w14:anchorId="7462906F" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLqrGmuwEAAF4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b2ynWOcacXpokO0w&#10;bAX2cWdkyRagL4hanPz7UXKaddttqA8CKZJP5OPz5uFkDTvKiNq7njermjPphB+0G3v+/dv+puUM&#10;E7gBjHey52eJ/GH79s1mDp1c+8mbQUZGIA67OfR8Sil0VYVikhZw5YN0FFQ+WkjkxrEaIsyEbk21&#10;ruu7avZxCNELiUi3uyXItwVfKSnSF6VQJmZ6Tr2lcsZyHvJZbTfQjRHCpMWlDfiPLixoR49eoXaQ&#10;gP2M+h8oq0X06FVaCW8rr5QWssxA0zT1X9N8nSDIMguRg+FKE74erPh8fHRPkWiYA3YYnmKe4qSi&#10;Zcro8JF2yov1I1s5Rj2zUyHwfCVQnhITdNnctffvb99xJijWNO39OhNcLYC5OERMH6S3LBs9N9rl&#10;+aCD4ydMS+pzSr52fq+NKTsyjs09v22bmtYogKSiDCQybRh6jm7kDMxIGhQpFkj0Rg+5PANhHA+P&#10;JrIjkA72+5q+S2d/pOW3d4DTkldCi0KsTiRTo23P21z8XG1cRpdFaJcJfvOYrYMfzoXeKnu0xELH&#10;RXBZJS99sl/+FttfAAAA//8DAFBLAwQUAAYACAAAACEAg3DK3toAAAAGAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwW6DMBBE75X6D9ZG6q0x0IBSgomiVv2AJvmADd6CFbxG2AHar69zam87mtHM22q/&#10;2F5MNHrjWEG6TkAQN04bbhWcTx/PWxA+IGvsHZOCb/Kwrx8fKiy1m/mTpmNoRSxhX6KCLoShlNI3&#10;HVn0azcQR+/LjRZDlGMr9YhzLLe9zJKkkBYNx4UOB3rrqLkeb1aBeTmZYfk5TK+4SYv3/JxfZ86V&#10;elothx2IQEv4C8MdP6JDHZku7sbai15BfCQoyDYZiOhmRZGCuNyPBGRdyf/49S8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAS6qxprsBAABeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAg3DK3toAAAAGAQAADwAAAAAAAAAAAAAAAAAVBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F4103D">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A306817" wp14:editId="3E160895">
                   <wp:extent cx="1690107" cy="1045758"/>
                   <wp:effectExtent l="0" t="0" r="5715" b="2540"/>
                   <wp:docPr id="28" name="Bildobjekt 28"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -2362,51 +2362,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="09304D4C">
                     <v:line id="Rak 12" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="62.65pt,.3pt" to="62.65pt,78.35pt" w14:anchorId="1581E10B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCALe32sAEAAE8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5JTtLAF0znEcHoI&#10;2gBtP2BNkRIBvsBlLPvvu6QcN2lvRXUglsvlcGd2tLk/OcuOKqEJXvDlouVMeRl64wfBf/7Y3644&#10;wwy+Bxu8EvyskN9vbz5sptipuzAG26vECMRjN0XBx5xj1zQoR+UAFyEqT4c6JAeZtmlo+gQToTvb&#10;3LXt52YKqY8pSIVI2d18yLcVX2sl8zetUWVmBafecl1TXQ9lbbYb6IYEcTTy0gb8QxcOjKdHr1A7&#10;yMBekvkLyhmZAgadFzK4JmhtpKociM2y/YPN9xGiqlxIHIxXmfD/wcqvxwf/nEiGKWKH8TkVFied&#10;HNPWxC8008qLOmWnKtv5Kps6ZSbnpKTser38tFoXRZsZoSDFhPlRBcdKILg1vhCCDo5PmOfS15KS&#10;9mFvrK1DsZ5Ngn9cLVuamwTyhraQKXSxFxz9wBnYgUwnc6qQGKzpy/UChGk4PNjEjkCD3+9b+i6d&#10;vSsrb+8Ax7muHs2WcCaTL61xgq/K5dfb1hd0VZ11YfBbuBIdQn+uejZlR1OrclwcVmzxdk/x2/9g&#10;+wsAAP//AwBQSwMEFAAGAAgAAAAhAGv9+vTbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyok6CkKMSpSiQOHJCg8AFuvI2jxusQu23g69lyobd9mtHsTLWa3SCOOIXek4J0&#10;kYBAar3pqVPw+fF89wAiRE1GD55QwTcGWNXXV5UujT/ROx43sRMcQqHUCmyMYyllaC06HRZ+RGJt&#10;5yenI+PUSTPpE4e7QWZJUkine+IPVo/YWGz3m4NT8Op/qFnmL22y/ure0rR5illnlbq9mdePICLO&#10;8d8M5/pcHWrutPUHMkEMzFl+z1YFBYiz/IdbPvJiCbKu5OWA+hcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCALe32sAEAAE8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBr/fr02wAAAAgBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F4103D">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77C21F08" wp14:editId="6D2D8067">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>12065</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>426720</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1577340" cy="5715"/>
@@ -2427,51 +2427,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="53391DB2">
                     <v:line id="Rak 8" style="position:absolute;flip:x y;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from=".95pt,33.6pt" to="125.15pt,34.05pt" w14:anchorId="150B5B62" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk5LAjvAEAAF0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2ynaBIYcXpokO4w&#10;bAW29s7Iki1AXxC1OPn3o5Q067rbUB8ESiQfycfn9f3RGnaQEbV3HW9mNWfSCd9rN3T8+efu84oz&#10;TOB6MN7Jjp8k8vvNzaf1FFo596M3vYyMQBy2U+j4mFJoqwrFKC3gzAfpyKl8tJDoGoeqjzARujXV&#10;vK4X1eRjH6IXEpFet2cn3xR8paRI35VCmZjpOPWWyhnLuc9ntVlDO0QIoxaXNuA/urCgHRW9Qm0h&#10;AfsV9T9QVovo0as0E95WXiktZJmBpmnqd9P8GCHIMguRg+FKE34crPh2eHBPkWiYArYYnmKe4qii&#10;Zcro8IV2yov1kq3so57ZsRB4uhIoj4kJemzulsvl3ZwzQb5Fsyj8Vme8nBsipkfpLctGx412eTxo&#10;4fAVE/VAoa8h+dn5nTamrMg4NnX8dtXUtEUBpBRlIJFpQ99xdANnYAaSoEixQKI3us/pGQjjsH8w&#10;kR2AZLDb1fTlzVO5v8Jy7S3geI4rrrNArE6kUqNtx1c5+TXbuIwui84uE/yhMVt7358Ku1W+0Q5L&#10;0Yveskje3sl++1dsfgMAAP//AwBQSwMEFAAGAAgAAAAhAJ7Cqm/ZAAAABwEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMjk1OwzAQhfdI3MEaJHbUSUrSNsSpKhAHoO0BprFJrMbjKHaTwOkZVrB8P3rvq/aL&#10;68VkxmA9KUhXCQhDjdeWWgXn0/vTFkSISBp7T0bBlwmwr+/vKiy1n+nDTMfYCh6hUKKCLsahlDI0&#10;nXEYVn4wxNmnHx1GlmMr9Ygzj7teZklSSIeW+KHDwbx2prkeb06BXZ/ssHwfph0+p8Vbfs6vM+VK&#10;PT4shxcQ0Szxrwy/+IwONTNd/I10ED3rHRcVFJsMBMdZnqxBXNjYpiDrSv7nr38AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA5OSwI7wBAABdAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAnsKqb9kAAAAHAQAADwAAAAAAAAAAAAAAAAAWBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F4103D">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05A3F22C" wp14:editId="7D8E341C">
                   <wp:extent cx="1595258" cy="983315"/>
                   <wp:effectExtent l="0" t="0" r="5080" b="7620"/>
                   <wp:docPr id="27" name="Bildobjekt 27"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -5621,118 +5621,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00F4103D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6809279F" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
+    <w:p w14:paraId="20E3BE50" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74BD4AFE" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
+    <w:p w14:paraId="59D049F2" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2C89E3E2" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
+    <w:p w14:paraId="073C3D9C" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -5740,89 +5740,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -5851,51 +5851,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bildobjekt 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -5929,73 +5929,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="413737B3" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037"/>
+    <w:p w14:paraId="036E99C7" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A2AD2D7" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
+    <w:p w14:paraId="46C184C9" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4631715F" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
+    <w:p w14:paraId="423DEE42" w14:textId="77777777" w:rsidR="00572037" w:rsidRDefault="00572037">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -6073,51 +6073,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -6283,51 +6283,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8787,101 +8787,102 @@
   <w:num w:numId="17" w16cid:durableId="439034522">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="355427148">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="946232570">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="449476183">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="980236178">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="459955606">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="527067649">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="000506D3"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C759A"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E6A5E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
@@ -8965,149 +8966,153 @@
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D40C9"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00401B4B"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00472975"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="004850A8"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B21BB"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D0C5C"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4254"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00572037"/>
     <w:rsid w:val="005769D1"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E4579"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0064213E"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B3C3B"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="0070531C"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="0075062E"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="00767AF6"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00812D42"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F31F2"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
@@ -9241,50 +9246,51 @@
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED3117"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F4103D"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC276C"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF566E"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="07AD4F01"/>
     <w:rsid w:val="0F0EF1B7"/>
     <w:rsid w:val="1E50A209"/>
     <w:rsid w:val="36B30338"/>
     <w:rsid w:val="3A3E84A9"/>
     <w:rsid w:val="3F6E1011"/>
     <w:rsid w:val="4922DFF8"/>
@@ -9312,51 +9318,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{64B6D085-160A-409B-9CB8-AFB878EFA565}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11726,51 +11732,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14900,61 +14906,61 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>221</Words>
-  <Characters>1931</Characters>
+  <Words>341</Words>
+  <Characters>1810</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2148</CharactersWithSpaces>
+  <CharactersWithSpaces>2147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2228285</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-19/surrogate/Str%c3%a5lskydd vid unders%c3%b6kningar och behandlingar med r%c3%b6ntgenstr%c3%a5lning.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8126525</vt:i4>
       </vt:variant>
@@ -14965,31 +14971,31 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10095-1819752655-350/surrogate/Intraven%c3%b6s jodkontrast %e2%80%93 Rutiner inf%c3%b6r och efter unders%c3%b6kning.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Nedre buk K+ med PO (855801)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>20</revision>
+  <revision>22</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>