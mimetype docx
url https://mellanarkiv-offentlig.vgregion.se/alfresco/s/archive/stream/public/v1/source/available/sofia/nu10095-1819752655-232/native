--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0987CF74" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00D8212A" w:rsidRDefault="00C81DD0" w:rsidP="00D8212A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:sectPr w:rsidR="00C81DD0" w:rsidRPr="00D8212A" w:rsidSect="00C81DD0">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="13926B06" w14:textId="71DC1A87" w:rsidR="00C81DD0" w:rsidRPr="00D8212A" w:rsidRDefault="632C5176" w:rsidP="00D8212A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
@@ -90,67 +90,67 @@
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C81DD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0EB8E1" w14:textId="339CFDF3" w:rsidR="00D8212A" w:rsidRDefault="00D8212A" w:rsidP="00D8212A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående undersökning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A55166" w14:textId="4A61DBB9" w:rsidR="00D8212A" w:rsidRPr="00C81DD0" w:rsidRDefault="003A62C3" w:rsidP="00C81DD0">
+    <w:p w14:paraId="78A55166" w14:textId="5C5F6E5B" w:rsidR="00D8212A" w:rsidRPr="00C81DD0" w:rsidRDefault="00A36BC8" w:rsidP="00C81DD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Smärre förändring under arkivering.</w:t>
+        <w:t>Inga förändringar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E80674" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="184C3FF3" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00D8212A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C81DD0">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
@@ -498,138 +498,160 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BF583B9" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Kvinnor mellan 15-50 år ska tillfrågas om eventuell graviditet. </w:t>
+              <w:t xml:space="preserve">Kvinnor mellan </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15-50</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64CAF6B8" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5967D89E" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="003A62C3" w:rsidP="00C81DD0">
+          <w:p w14:paraId="5967D89E" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00C81DD0" w:rsidRPr="00C81DD0">
+              <w:r w:rsidRPr="00C81DD0">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w14:paraId="5B355A28" w14:textId="77777777" w:rsidTr="00EB2584">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BAFD2F0" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="533C2ECF" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
@@ -647,51 +669,69 @@
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46DC8B26" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Fötterna mot gantryt.</w:t>
+              <w:t xml:space="preserve">Fötterna mot </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>gantryt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15D30361" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
@@ -787,264 +827,265 @@
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2CB2C676" wp14:editId="617461CD">
                   <wp:extent cx="3267986" cy="809625"/>
                   <wp:effectExtent l="0" t="0" r="46990" b="0"/>
                   <wp:docPr id="18" name="Diagram 18"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId18" r:lo="rId19" r:qs="rId20" r:cs="rId21"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF4A1D6" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
+          <w:p w14:paraId="3FF4A1D6" w14:textId="03DBCDBC" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00624ECA" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48D8D382" wp14:editId="4136FA7E">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48D8D382" wp14:editId="6DD034A7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>499110</wp:posOffset>
+                        <wp:posOffset>1148715</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>218440</wp:posOffset>
+                        <wp:posOffset>215265</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="410210" cy="1377950"/>
-                      <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+                      <wp:extent cx="274320" cy="1391285"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="17" name="Upp 17"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="410210" cy="1377950"/>
+                                <a:ext cx="274320" cy="1391285"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="1C31AC3F" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="0066567D" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
+                              <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="48D8D382" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:39.3pt;margin-top:17.2pt;width:32.3pt;height:108.5pt;rotation:180;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD88xtSWAIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nW9sFdYqgRYYB&#10;RVugHXZmZNkWoK9RSuzu14+SnTbrdhqWg0CK1CP5/JjLq9FotpcYlLM1r05KzqQVrlG2q/m3p82H&#10;C85CBNuAdlbW/FkGfrV6/+5y8Eu5cL3TjURGIDYsB1/zPka/LIogemkgnDgvLQVbhwYiudgVDcJA&#10;6EYXi7I8KwaHjUcnZAh0ezMF+Srjt60U8b5tg4xM15x6i/nEfG7TWawuYdkh+F6JuQ34hy4MKEtF&#10;X6BuIALbofoDyiiBLrg2nghnCte2Ssg8A01TlW+meezByzwLkRP8C03h/8GKu/2jf0CiYfBhGchM&#10;U4wtGoaO2KrKizL98nDULhszd88v3MkxMkGXH6tyURHDgkLV6fn550+Z3GICS6AeQ/winWHJqPnO&#10;rxHdkIFhfxsi9UDZh6z0Ijitmo3SOjvYba81sj3Qp9xsclPTk9/StGUDdbA4p56ZAJJUqyGSaXxT&#10;82A7zkB3pFURMde2LlXIOki1byD0U40MOwnEqEgq1crUfKZjqqxt6kxmnc0TvNKYrDhuR0pN5tY1&#10;zw84sUqtBS82iurdQogPgCQ6uqRFivd0tNrREG62OOsd/vzbfconLVCUs4FETAP+2AFKzvRXSyo5&#10;PUufjsVjB4+d7bFjd+baEblV7i6b9BijPpgtOvOd9m2dqlIIrKDaE5Wzcx2n5aKNFXK9zmk7j6rr&#10;6QkBk+o9xFv76EXyD7p4Gr8D+lkZkTR15w7ih+UbdUy5JJZXVmeHdiRraN7ntITHfs56/ddZ/QIA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFjZfrffAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AY&#10;hO+C/2F5BW9203TTlphNEUGwF6FVhN422bfZ4H6R3abJv3d70uMww8wz1W4ymow4hN5ZDstFBgRt&#10;62RvOw5fn29PWyAhCiuFdhY5zBhgV9/fVaKU7moPOB5jR1KJDaXgoGL0JaWhVWhEWDiPNnlnNxgR&#10;kxw6KgdxTeVG0zzL1tSI3qYFJTy+Kmx/jhfD4eTHj6Yo8PzeiVl9H7Rn837P+ePD9PIMJOIU/8Jw&#10;w0/oUCemxl2sDERz2GzXKclhxRiQm89WOZCGQ14sGdC6ov8f1L8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA/PMbUlgCAAC9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAWNl+t98AAAAJAQAADwAAAAAAAAAAAAAAAACyBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAL4FAAAAAA==&#10;" adj="3215" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:90.45pt;margin-top:16.95pt;width:21.6pt;height:109.55pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQgjbkYQIAAMsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r07Sre2COkXQIsOA&#10;oi3QDjsrsmQLkESNUmJ3Xz9Kdtqs22lYDgIpkY/k82MurwZn2V5hNOBrPj+Zcaa8hMb4tubfnjYf&#10;LjiLSfhGWPCq5s8q8qvV+3eXfViqBXRgG4WMQHxc9qHmXUphWVVRdsqJeAJBeXrUgE4kcrGtGhQ9&#10;oTtbLWazs6oHbAKCVDHS7c34yFcFX2sl073WUSVma069pXJiObf5rFaXYtmiCJ2RUxviH7pwwngq&#10;+gJ1I5JgOzR/QDkjESLodCLBVaC1karMQNPMZ2+meexEUGUWIieGF5ri/4OVd/vH8IBEQx/iMpKZ&#10;pxg0OoZAbM1nF7P8K8NRu2wo3D2/cKeGxCRdLs4/ni6IYUlP89PP88XFp0xuNYJl0IAxfVHgWDZq&#10;vgtrROgLsNjfxjRGH6JyRgRrmo2xtjjYbq8tsr2gT7nZlKbGlN/CrGc9dbA4p56ZFCQpbUUi04Wm&#10;5tG3nAnbklZlwlLbQ65ASGOHNyJ2Y40COwrEmUQqtcbVfKJjrGx9TlNFZ9MErzRmKw3bgUKzuYXm&#10;+QFHVqm1GOTGEBG3IqYHgSQ6uqRFSvd0aAs0BEwWZx3gz7/d53jSAr1y1pOIacAfO4GKM/vVk0pO&#10;z/KnY+nYwWNne+z4nbsGIndeuismJWOyB1MjuO+0b+tclZ6El1R7pHJyrtO4XLSxUq3XJWwX0LQd&#10;pRAwqT6IdOsfg8z+gfWn4bvAMCkjkabu4CB+sXyjjjE2Z3pY7xJoU6TzyjGpLju0MUV/03bnlTz2&#10;S9Trf9DqFwAAAP//AwBQSwMEFAAGAAgAAAAhALrayf3gAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj09Lw0AQxe+C32EZwZvdTaLSptkUEXIQoWD04m2TnSbR/ROy2yb20zue7Gnm8R5vflPsFmvY&#10;CacweCchWQlg6FqvB9dJ+Hiv7tbAQlROK+MdSvjBALvy+qpQufaze8NTHTtGJS7kSkIf45hzHtoe&#10;rQorP6Ij7+AnqyLJqeN6UjOVW8NTIR65VYOjC70a8bnH9rs+Wglmz89tfHltvpK+2n925+Qw15WU&#10;tzfL0xZYxCX+h+EPn9ChJKbGH50OzJBeiw1FJWQZTQqk6X0CrKHlIRPAy4JfvlD+AgAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAJCCNuRhAgAAywQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALrayf3gAAAACgEAAA8AAAAAAAAAAAAAAAAAuwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;" adj="2129" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="1C31AC3F" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="0066567D" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00C81DD0">
+            <w:r w:rsidR="00B84889" w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75348C8F" wp14:editId="7C015384">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75348C8F" wp14:editId="5C6746FF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>154940</wp:posOffset>
+                        <wp:posOffset>649605</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>217170</wp:posOffset>
+                        <wp:posOffset>215900</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1504950" cy="1391285"/>
-                      <wp:effectExtent l="19050" t="19050" r="19050" b="18415"/>
+                      <wp:extent cx="822960" cy="1391285"/>
+                      <wp:effectExtent l="19050" t="19050" r="15240" b="18415"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rektangel 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1504950" cy="1391285"/>
+                                <a:ext cx="822960" cy="1391285"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-                    <v:rect id="Rektangel 3" style="position:absolute;margin-left:12.2pt;margin-top:17.1pt;width:118.5pt;height:109.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="03045D2B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDn+5oDMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2yn65AGdYogQXYJ&#10;2gLt0DMrS7EBfY1S42S/fpTsJFu307AcFEqkHsXHR9/eHYxme4mhc7bm1aTkTFrhms7uav7tefNp&#10;xlmIYBvQzsqaH2Xgd4uPH257P5dT1zrdSGQEYsO89zVvY/TzogiilQbCxHlpyakcGoi0xV3RIPSE&#10;bnQxLcsvRe+w8eiEDIFO14OTLzK+UlLEB6WCjEzXnN4W84p5fU1rsbiF+Q7Bt50YnwH/8AoDnaWk&#10;Z6g1RGBv2P0BZTqBLjgVJ8KZwinVCZlroGqq8l01Ty14mWshcoI/0xT+H6y43z/5RyQaeh/mgcxU&#10;xUGhSf/0PnbIZB3PZMlDZIIOq+vy8801cSrIV13dVNPZdaKzuFz3GOJX6QxLRs2RupFJgv02xCH0&#10;FJKyWbfptM4d0Zb1Nb+aVWVKACQMpSGSaXxT82B3nIHekeJExAwZnO6adD0BBdy9rjSyPVDXN5uS&#10;fuPLfgtLudcQ2iEuuwY9mC6SKHVnaj5Ll0+3tU3oMstqrODCWrJeXXN8RIZu0FnwYtNRki2E+AhI&#10;wqJqaFjiAy1KOyrRjRZnrcMffztP8dRv8nLWk1Cp/O9vgJIz+2ZWjiqsaMS8yCbhY9QnU6EzLzQf&#10;y4RALrCCcAbSxs0qDsNAEybkcpnDSJke4tY+eZHAU82JqufDC6AfexlJBvfuJFCYv2vpEEtiuLAy&#10;bkjHWSPjzKVB+XWfoy5fhsVPAAAA//8DAFBLAwQUAAYACAAAACEAFBYVsN0AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU+EMBCF7yb+h2ZMvLmFgqsiZWNM1OhN1HidpRUIdEpod8F/73jS28y8&#10;lzffK3erG8XRzqH3pCHdJCAsNd701Gp4f3u4uAYRIpLB0ZPV8G0D7KrTkxIL4xd6tcc6toJDKBSo&#10;oYtxKqQMTWcdho2fLLH25WeHkde5lWbGhcPdKFWSbKXDnvhDh5O972wz1Aen4XlRY//Z4stTPdQf&#10;g88f06sbp/X52Xp3CyLaNf6Z4Ref0aFipr0/kAli1KDynJ0aslyBYF1tUz7sebjMMpBVKf83qH4A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5/uaAzMCAABhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFBYVsN0AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;"/>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="78E20600" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:51.15pt;margin-top:17pt;width:64.8pt;height:109.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAz+JjyMQIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwmsumIjwgqB6AXt&#10;Iu2u9jw4Donkr44Ngf76jp0A7banqhzM2B4/+715k9njSSt2lOhba0o+HuWcSSNs1Zp9yd9e11+m&#10;nPkApgJljSz5WXr+OP/8ada5Qk5sY1UlkRGI8UXnSt6E4Ios86KRGvzIOmlos7aoIdAU91mF0BG6&#10;Vtkkz++zzmLl0ArpPa2u+k0+T/h1LUV4rmsvA1Mlp7eFNGIad3HM5jMo9giuacXwDPiHV2hoDV16&#10;hVpBAHbA9g8o3Qq03tZhJKzObF23QiYOxGacf2Dz0oCTiQuJ491VJv//YMXT8cVtkWTonC88hZHF&#10;qUYd/+l97JTEOl/FkqfABC1OJ5OHe5JU0Nb47mE8mX6Nama30w59+CatZjEoOVIxkkZw3PjQp15S&#10;4mXGrlulUkGUYV3J76bjPF4A5ItaQaBQu6rk3uw5A7Unw4mACdJb1VbxeATyuN8tFbIjUNHX65x+&#10;w8t+S4t3r8A3fV7a6u2g20CeVK0mkvHw5bQyEV0mVw0MbqLFaGer8xYZ2t5m3ol1S5dswIctIPmK&#10;2FCvhGcaamWJoh0izhqLP/62HvOp3LTLWUc+JfrfD4CSM3PQS0sMx9RhTqSQ8DGoS1ij1e/UHouI&#10;QFtgBOH0og2TZeh7gRpMyMUipZExHYSNeXEigkfOUarX0zugG2oZyAVP9uJPKD6UtM8lM9xUGSZk&#10;4+SRoeVin/w6T1m3D8P8JwAAAP//AwBQSwMEFAAGAAgAAAAhAGmgobzdAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo8yjQhjgVQgIEOwIVWzcekij2OIrdJvw9wwp2czVH&#10;91HuFmfFCafQe1KQrhIQSI03PbUKPt4frzYgQtRktPWECr4xwK46Pyt1YfxMb3iqYyvYhEKhFXQx&#10;joWUoenQ6bDyIxL/vvzkdGQ5tdJMemZzZ2WWJDfS6Z44odMjPnTYDPXRKXiZM9t/tvr1uR7q/eDX&#10;T+nt1il1ebHc34GIuMQ/GH7rc3WouNPBH8kEYVknWc6ognzNmxjI8nQL4sDHdZ6CrEr5f0L1AwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADP4mPIxAgAAYAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGmgobzdAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;iwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00C81DD0">
+            <w:r w:rsidR="00C81DD0" w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59EDDBAC" wp14:editId="151144E8">
                   <wp:extent cx="1542137" cy="2165230"/>
                   <wp:effectExtent l="0" t="0" r="1270" b="6985"/>
                   <wp:docPr id="31" name="Bildobjekt 31"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1551740843" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:srcRect b="5309"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
@@ -1198,51 +1239,69 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="1AECA33E" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Diafragma – trochanter minor.</w:t>
+              <w:t xml:space="preserve">Diafragma – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>trochanter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="033F4051" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1378,58 +1437,60 @@
     </w:p>
     <w:p w14:paraId="130100A0" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2881BB17" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00D8212A" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D8212A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Reformatering</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="3089"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w14:paraId="78636DD7" w14:textId="77777777" w:rsidTr="00C81DD0">
         <w:trPr>
@@ -1557,51 +1618,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1979CFBD" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="528D2F94" wp14:editId="0D671C8E">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="528D2F94" wp14:editId="0D671C8E">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>895350</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>128270</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="455295"/>
                       <wp:effectExtent l="19050" t="19050" r="9525" b="1905"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Ned 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="453545">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="455295"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1652,156 +1713,156 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="528D2F94" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 19" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:70.5pt;margin-top:10.1pt;width:32.25pt;height:35.85pt;rotation:495392fd;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKM1tUVwIAALcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kcT+COkXQIsOA&#10;og3QDj0rshwLkESNUmN3v36U7LRZt9OwHARSYt4jXx5zdd1bw/YKgwZX8enJhDPlJNTa7Sr+/Wn9&#10;5YKzEIWrhQGnKv6qAr9efv501fmFmkELplbICMSFRecr3sboF0URZKusCCfglaPHBtCKSCnuihpF&#10;R+jWFLPJ5KzoAGuPIFUIdHs7PPJlxm8aJeND0wQVmak49RbzifncprNYXonFDoVvtRzbEP/QhRXa&#10;Eekb1K2Igr2g/gPKaokQoIknEmwBTaOlyjPQNNPJh2keW+FVnoXECf5NpvD/YOX9/tFvkGTofFgE&#10;CtMUfYOWIZBa8/K0nJd5NGqW9Vm51zflVB+ZpMv55LI8LzmT9DQvy9llmZQtBqSE6DHErwosS0HF&#10;a+jcChG6jCz2dyEO9Ye69J0ARtdrbUxOcLe9Mcj2gn7J9XpCn5HitzLjWEc+nJ3TM5OCHNUYESm0&#10;vq54cDvOhNmRVWXEzO0gMWQbJO5bEdqBI8MO/rA6kkmNthW/SMQHZuNSZyrbbJzgXcUUxX7bM03E&#10;0wSUbrZQv25w0JY6DF6uNdHeiRA3Asl6dEnrFB/oaAzQLDBGnLWAP/92n+ornk7OOrIyzfnjRaDi&#10;zHxz5JXTs9Qyi8cJHifb48S92Bsgjae5uxzSlzGaQ9gg2GfaulVipSfhJHU2KDomN3FYMdpbqVar&#10;XEZ+9yLeuUcvE/jBFE/9s0A/2iKSn+7hYHux+GCMoZZ89a7kmNB2ZLuNm5zW7zjPVe//N8tfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAwjNtqN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3KidiP4kxKlQBZdyoqBydeMlCdjrKHbbwNOznOA4mtHMN9V68k6ccIx9IA3ZTIFAaoLt&#10;qdXw+vJ4swIRkyFrXCDU8IUR1vXlRWVKG870jKddagWXUCyNhi6loZQyNh16E2dhQGLvPYzeJJZj&#10;K+1ozlzuncyVWkhveuKFzgy46bD53B29hoe3ZW43W/ut0kcx7NVy6/zTQuvrq+n+DkTCKf2F4Ref&#10;0aFmpkM4ko3Csb7N+EvSkKscBAdyNZ+DOGgosgJkXcn/D+ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEozW1RXAgAAtwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAMIzbajeAAAACQEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="11885" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Ned 19" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:70.5pt;margin-top:10.1pt;width:32.25pt;height:35.85pt;rotation:495392fd;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKM1tUVwIAALcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kcT+COkXQIsOA&#10;og3QDj0rshwLkESNUmN3v36U7LRZt9OwHARSYt4jXx5zdd1bw/YKgwZX8enJhDPlJNTa7Sr+/Wn9&#10;5YKzEIWrhQGnKv6qAr9efv501fmFmkELplbICMSFRecr3sboF0URZKusCCfglaPHBtCKSCnuihpF&#10;R+jWFLPJ5KzoAGuPIFUIdHs7PPJlxm8aJeND0wQVmak49RbzifncprNYXonFDoVvtRzbEP/QhRXa&#10;Eekb1K2Igr2g/gPKaokQoIknEmwBTaOlyjPQNNPJh2keW+FVnoXECf5NpvD/YOX9/tFvkGTofFgE&#10;CtMUfYOWIZBa8/K0nJd5NGqW9Vm51zflVB+ZpMv55LI8LzmT9DQvy9llmZQtBqSE6DHErwosS0HF&#10;a+jcChG6jCz2dyEO9Ye69J0ARtdrbUxOcLe9Mcj2gn7J9XpCn5HitzLjWEc+nJ3TM5OCHNUYESm0&#10;vq54cDvOhNmRVWXEzO0gMWQbJO5bEdqBI8MO/rA6kkmNthW/SMQHZuNSZyrbbJzgXcUUxX7bM03E&#10;0wSUbrZQv25w0JY6DF6uNdHeiRA3Asl6dEnrFB/oaAzQLDBGnLWAP/92n+ornk7OOrIyzfnjRaDi&#10;zHxz5JXTs9Qyi8cJHifb48S92Bsgjae5uxzSlzGaQ9gg2GfaulVipSfhJHU2KDomN3FYMdpbqVar&#10;XEZ+9yLeuUcvE/jBFE/9s0A/2iKSn+7hYHux+GCMoZZ89a7kmNB2ZLuNm5zW7zjPVe//N8tfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAwjNtqN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3KidiP4kxKlQBZdyoqBydeMlCdjrKHbbwNOznOA4mtHMN9V68k6ccIx9IA3ZTIFAaoLt&#10;qdXw+vJ4swIRkyFrXCDU8IUR1vXlRWVKG870jKddagWXUCyNhi6loZQyNh16E2dhQGLvPYzeJJZj&#10;K+1ozlzuncyVWkhveuKFzgy46bD53B29hoe3ZW43W/ut0kcx7NVy6/zTQuvrq+n+DkTCKf2F4Ref&#10;0aFmpkM4ko3Csb7N+EvSkKscBAdyNZ+DOGgosgJkXcn/D+ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEozW1RXAgAAtwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAMIzbajeAAAACQEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="11885" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="601D8E93" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="0066564D" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47BF3A9E" wp14:editId="0E38A0BC">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47BF3A9E" wp14:editId="0E38A0BC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>258445</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1511300</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="933450" cy="520700"/>
                       <wp:effectExtent l="19050" t="19050" r="19050" b="31750"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Rak 9"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="933450" cy="520700"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <w:pict w14:anchorId="459C3591">
                     <v:line id="Rak 9" style="position:absolute;flip:x;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="20.35pt,119pt" to="93.85pt,160pt" w14:anchorId="68B75651" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0PYwPuAEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+Qk65YZcXpokPUw&#10;bAXa/QBGlmwB+oKoxcm/L6WkWbvdhvkgkCL1yPdIr2+PzrKDSmiC7/h81nCmvAy98UPHfz7tPqw4&#10;wwy+Bxu86vhJIb/dvH+3nmKrFmEMtleJEYjHdoodH3OOrRAoR+UAZyEqT0EdkoNMbhpEn2AidGfF&#10;omk+iSmkPqYgFSLdbs9Bvqn4WiuZf2iNKjPbceot1zPVc19OsVlDOySIo5GXNuAfunBgPBW9Qm0h&#10;A/uVzF9QzsgUMOg8k8GJoLWRqnIgNvPmDzaPI0RVuZA4GK8y4f+Dld8Pd/4hkQxTxBbjQyosjjo5&#10;pq2J9zTTyos6Zccq2+kqmzpmJunyy3L58YbElRS6WTSfmyqrOMMUuJgwf1XBsWJ03BpfWEELh2+Y&#10;qTSlvqSUax92xto6GevZ1PHlak6YTAItiLaQyXSx7zj6gTOwA22ezKlCYrCmL88LEKZhf2cTOwBN&#10;f7dr6CsDp3Jv0krtLeB4zquh8144k2k5rXEdX5XHL6+tL+iqrteFwW/1irUP/amKKopHo6tFL2tW&#10;duO1T/brn2HzDAAA//8DAFBLAwQUAAYACAAAACEAnSQngd4AAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPTU7DMBCF90jcwRokdtROCiRK41QlEgsWSLRwADc2dtR4HGK3DZye6QqW8+bT+6nXsx/Y&#10;yUyxDyghWwhgBruge7QSPt6f70pgMSnUaghoJHybCOvm+qpWlQ5n3JrTLllGJhgrJcGlNFacx84Z&#10;r+IijAbp9xkmrxKdk+V6Umcy9wPPhXjkXvVICU6NpnWmO+yOXsJr+MG2eHjpxObLvmVZ+5Ry66S8&#10;vZk3K2DJzOkPhkt9qg4NddqHI+rIBgn3oiBSQr4sadMFKAtS9hKWFAy8qfn/Cc0vAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAHQ9jA+4AQAAVAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ0kJ4HeAAAACgEAAA8AAAAAAAAAAAAAAAAAEgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D7AFDE7" wp14:editId="626B43D5">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D7AFDE7" wp14:editId="626B43D5">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-72390</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1844040</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="469900" cy="215900"/>
                       <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="27" name="Textruta 27"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="469900" cy="215900"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1840,92 +1901,92 @@
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="2D7AFDE7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Textruta 27" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:145.2pt;width:37pt;height:17pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKrfHBFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwTaXXUjwoqyohe0&#10;uxJb7dk4DrHkeNyxIaFf37EToN32VJWDGXsmzzPvPc/v+9awo0KvwZZ8Osk5U1ZCpe2+5N9e1h8+&#10;c+aDsJUwYFXJT8rz+8X7d/POFWoGDZhKISMQ64vOlbwJwRVZ5mWjWuEn4JSlZA3YikBb3GcVio7Q&#10;W5PN8vw26wArhyCV93T6MCT5IuHXtZLhqa69CsyUnHoLacW07uKaLeai2KNwjZZjG+IfumiFtnTp&#10;BepBBMEOqP+AarVE8FCHiYQ2g7rWUqUZaJpp/maabSOcSrMQOd5daPL/D1Y+HrfuGVnov0BPAkZC&#10;OucLT4dxnr7GNv5Tp4zyROHpQpvqA5N0+On27i6njKTUbHoTY0LJrh879OGrgpbFoORIqiSyxHHj&#10;w1B6Lol3eTC6Wmtj0gb3u5VBdhSk4Hqd029E/63MWNaV/PbjTZ6QLcTvB2hjI45KZhjvu04Yo9Dv&#10;eqYrav48/Q6qE5GCMPjFO7nW1PpG+PAskAxC05LpwxMttQG6GcaIswbwx9/OYz3pRlnOOjJcyf33&#10;g0DFmT20K6DppvRUnEwh4WMw57BGaF/J58uIQClhJeGUPJzDVRgsTe9EquUyFZG/nAgbu3UyQkcO&#10;Iskv/atANyoRSMJHONtMFG8EGWpJysjSwMm4ITcmhceXE+3+6z5VXd/34icAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC4uNa23gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEsa&#10;qmiUphMC9cYBtnLPGtNWNE7VpFt5e8IJbrb86ff3l/vVjeyMcxg8aci2AhhS6+1AnYbmWG92wEI0&#10;ZM3oCTV8Y4B9dX1VmsL6C73j+RA7lkIoFEZDH+NUcB7aHp0JWz8hpdunn52JaZ07bmdzSeFu5FII&#10;xZ0ZKH3ozYTPPbZfh8VpWGj3ol7fFNajFN3Q2Lq5Mx9a396sT4/AIq7xD4Zf/aQOVXI6+YVsYKOG&#10;TZblCdUgH0QaEqGkAnbScC/zHHhV8v8Vqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Sq3xwRQCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAuLjWtt4AAAAKAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
+                    <v:shape id="Textruta 27" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:145.2pt;width:37pt;height:17pt;z-index:251658257;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKrfHBFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwTaXXUjwoqyohe0&#10;uxJb7dk4DrHkeNyxIaFf37EToN32VJWDGXsmzzPvPc/v+9awo0KvwZZ8Osk5U1ZCpe2+5N9e1h8+&#10;c+aDsJUwYFXJT8rz+8X7d/POFWoGDZhKISMQ64vOlbwJwRVZ5mWjWuEn4JSlZA3YikBb3GcVio7Q&#10;W5PN8vw26wArhyCV93T6MCT5IuHXtZLhqa69CsyUnHoLacW07uKaLeai2KNwjZZjG+IfumiFtnTp&#10;BepBBMEOqP+AarVE8FCHiYQ2g7rWUqUZaJpp/maabSOcSrMQOd5daPL/D1Y+HrfuGVnov0BPAkZC&#10;OucLT4dxnr7GNv5Tp4zyROHpQpvqA5N0+On27i6njKTUbHoTY0LJrh879OGrgpbFoORIqiSyxHHj&#10;w1B6Lol3eTC6Wmtj0gb3u5VBdhSk4Hqd029E/63MWNaV/PbjTZ6QLcTvB2hjI45KZhjvu04Yo9Dv&#10;eqYrav48/Q6qE5GCMPjFO7nW1PpG+PAskAxC05LpwxMttQG6GcaIswbwx9/OYz3pRlnOOjJcyf33&#10;g0DFmT20K6DppvRUnEwh4WMw57BGaF/J58uIQClhJeGUPJzDVRgsTe9EquUyFZG/nAgbu3UyQkcO&#10;Iskv/atANyoRSMJHONtMFG8EGWpJysjSwMm4ITcmhceXE+3+6z5VXd/34icAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC4uNa23gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEsa&#10;qmiUphMC9cYBtnLPGtNWNE7VpFt5e8IJbrb86ff3l/vVjeyMcxg8aci2AhhS6+1AnYbmWG92wEI0&#10;ZM3oCTV8Y4B9dX1VmsL6C73j+RA7lkIoFEZDH+NUcB7aHp0JWz8hpdunn52JaZ07bmdzSeFu5FII&#10;xZ0ZKH3ozYTPPbZfh8VpWGj3ol7fFNajFN3Q2Lq5Mx9a396sT4/AIq7xD4Zf/aQOVXI6+YVsYKOG&#10;TZblCdUgH0QaEqGkAnbScC/zHHhV8v8Vqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Sq3xwRQCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAuLjWtt4AAAAKAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="60F2C305" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C81DD0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>L5-S1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48163611" wp14:editId="17251567">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48163611" wp14:editId="17251567">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-72390</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1399540</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="463550" cy="215900"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="29" name="Textruta 29"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="463550" cy="215900"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1960,92 +2021,92 @@
                                     </w:rPr>
                                     <w:t>L4-L5</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="48163611" id="Textruta 29" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:110.2pt;width:36.5pt;height:17pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkZa7YFwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSpdiMOEWWIrsE&#10;bYF06FmRpdiALGqUErv7+lGyk2zdTsN8kCmReiQfnxZ3fWvYSaFvwJZ8Osk5U1ZC1dhDyb89bz58&#10;4swHYSthwKqSvyrP75bv3y06V6gZ1GAqhYxArC86V/I6BFdkmZe1aoWfgFOWnBqwFYG2eMgqFB2h&#10;tyab5flt1gFWDkEq7+n0fnDyZcLXWsnwqLVXgZmSU20hrZjWfVyz5UIUBxSubuRYhviHKlrRWEp6&#10;gboXQbAjNn9AtY1E8KDDREKbgdaNVKkH6maav+lmVwunUi9EjncXmvz/g5UPp517Qhb6L9DTACMh&#10;nfOFp8PYT6+xjX+qlJGfKHy90Kb6wCQdfry9mc/JI8k1m84/54nW7HrZoQ9fFbQsGiVHmkoiS5y2&#10;PlBCCj2HxFweTFNtGmPSBg/7tUF2EjTBzSanL9ZIV34LM5Z1JadC8oRsId4f4oyNOCqJYcx37TBa&#10;od/3rKlKfnPufg/VK5GCMOjFO7lpqPSt8OFJIAmEuiXRh0datAHKDKPFWQ3442/nMZ7mRl7OOhJc&#10;yf33o0DFmT22a6DupvRUnEwm4WMwZ1MjtC+k81VEIJewknBKHs7mOgySpnci1WqVgkhfToSt3TkZ&#10;oSMHkeTn/kWgGycRaIQPcJaZKN4MZIglsiNLAyfjhtSYZjC+nCj3X/cp6vq+lz8BAAD//wMAUEsD&#10;BBQABgAIAAAAIQC9y5iX3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZjbx&#10;YnYLBJsNUjZGw82Drnjv0hHI0imhZRf/veNJb/Px5J1nysPqRnHBOQyeNKS7BARS6+1AnYbmo97u&#10;QYRoyJrRE2r4xgCH6vamNIX1V3rHyzF2gkMoFEZDH+NUSBnaHp0JOz8h8e7Lz85EbudO2tlcOdyN&#10;MksSJZ0ZiC/0ZsLnHtvzcXEaFtq/qNc3hfWYJd3Q2Lq5N59a323Wp0cQEdf4B8OvPqtDxU4nv5AN&#10;YtSwTdOcUQ1ZlnDBhEoViBMPHvIcZFXK/y9UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBkZa7YFwIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC9y5iX3QAAAAoBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
+                    <v:shape w14:anchorId="48163611" id="Textruta 29" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:110.2pt;width:36.5pt;height:17pt;z-index:251658258;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkZa7YFwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSpdiMOEWWIrsE&#10;bYF06FmRpdiALGqUErv7+lGyk2zdTsN8kCmReiQfnxZ3fWvYSaFvwJZ8Osk5U1ZC1dhDyb89bz58&#10;4swHYSthwKqSvyrP75bv3y06V6gZ1GAqhYxArC86V/I6BFdkmZe1aoWfgFOWnBqwFYG2eMgqFB2h&#10;tyab5flt1gFWDkEq7+n0fnDyZcLXWsnwqLVXgZmSU20hrZjWfVyz5UIUBxSubuRYhviHKlrRWEp6&#10;gboXQbAjNn9AtY1E8KDDREKbgdaNVKkH6maav+lmVwunUi9EjncXmvz/g5UPp517Qhb6L9DTACMh&#10;nfOFp8PYT6+xjX+qlJGfKHy90Kb6wCQdfry9mc/JI8k1m84/54nW7HrZoQ9fFbQsGiVHmkoiS5y2&#10;PlBCCj2HxFweTFNtGmPSBg/7tUF2EjTBzSanL9ZIV34LM5Z1JadC8oRsId4f4oyNOCqJYcx37TBa&#10;od/3rKlKfnPufg/VK5GCMOjFO7lpqPSt8OFJIAmEuiXRh0datAHKDKPFWQ3442/nMZ7mRl7OOhJc&#10;yf33o0DFmT22a6DupvRUnEwm4WMwZ1MjtC+k81VEIJewknBKHs7mOgySpnci1WqVgkhfToSt3TkZ&#10;oSMHkeTn/kWgGycRaIQPcJaZKN4MZIglsiNLAyfjhtSYZjC+nCj3X/cp6vq+lz8BAAD//wMAUEsD&#10;BBQABgAIAAAAIQC9y5iX3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZjbx&#10;YnYLBJsNUjZGw82Drnjv0hHI0imhZRf/veNJb/Px5J1nysPqRnHBOQyeNKS7BARS6+1AnYbmo97u&#10;QYRoyJrRE2r4xgCH6vamNIX1V3rHyzF2gkMoFEZDH+NUSBnaHp0JOz8h8e7Lz85EbudO2tlcOdyN&#10;MksSJZ0ZiC/0ZsLnHtvzcXEaFtq/qNc3hfWYJd3Q2Lq5N59a323Wp0cQEdf4B8OvPqtDxU4nv5AN&#10;YtSwTdOcUQ1ZlnDBhEoViBMPHvIcZFXK/y9UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBkZa7YFwIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC9y5iX3QAAAAoBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="4AB1DF71" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C81DD0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>L4-L5</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04B2C120" wp14:editId="58A79EA6">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04B2C120" wp14:editId="58A79EA6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-72390</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1050290</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="463550" cy="215900"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="26" name="Textruta 26"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="463550" cy="215900"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2080,92 +2141,92 @@
                                     </w:rPr>
                                     <w:t>L3-L4</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="04B2C120" id="Textruta 26" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:82.7pt;width:36.5pt;height:17pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3n6HbFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aypViNOEWWIrsE&#10;bYF06FmRpdiALGqUErv7+lGyk2zdTsN8kCmReiQfnxZ3fWvYSaFvwJZ8Osk5U1ZC1dhDyb89bz58&#10;5swHYSthwKqSvyrP75bv3y06V6gZ1GAqhYxArC86V/I6BFdkmZe1aoWfgFOWnBqwFYG2eMgqFB2h&#10;tyab5flN1gFWDkEq7+n0fnDyZcLXWsnwqLVXgZmSU20hrZjWfVyz5UIUBxSubuRYhviHKlrRWEp6&#10;gboXQbAjNn9AtY1E8KDDREKbgdaNVKkH6maav+lmVwunUi9EjncXmvz/g5UPp517Qhb6L9DTACMh&#10;nfOFp8PYT6+xjX+qlJGfKHy90Kb6wCQdfrr5OJ+TR5JrNp3f5onW7HrZoQ9fFbQsGiVHmkoiS5y2&#10;PlBCCj2HxFweTFNtGmPSBg/7tUF2EjTBzSanL9ZIV34LM5Z1JadC8oRsId4f4oyNOCqJYcx37TBa&#10;od/3rKmokXP3e6heiRSEQS/eyU1DpW+FD08CSSDULYk+PNKiDVBmGC3OasAffzuP8TQ38nLWkeBK&#10;7r8fBSrO7LFdA3U3pafiZDIJH4M5mxqhfSGdryICuYSVhFPycDbXYZA0vROpVqsURPpyImztzskI&#10;HTmIJD/3LwLdOIlAI3yAs8xE8WYgQyyRHVkaOBk3pMY0g/HlRLn/uk9R1/e9/AkAAP//AwBQSwME&#10;FAAGAAgAAAAhAI3NMkndAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFzQ&#10;lnYa0VaaTgjUGwcY5Z41pq1InKpJt/LvMSe42X5Pz98rD4t34oxTHAJpyNcZCKQ22IE6Dc17vdqB&#10;iMmQNS4QavjGCIfq+qo0hQ0XesPzMXWCQygWRkOf0lhIGdsevYnrMCKx9hkmbxKvUyftZC4c7p3c&#10;ZJmS3gzEH3oz4lOP7ddx9hpm2j2rl1eFtdtk3dDYurkzH1rf3iyPDyASLunPDL/4jA4VM53CTDYK&#10;p2GV51u2sqDueWCHyhWIEx/2+y3IqpT/K1Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADefodsWAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAI3NMkndAAAACgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
+                    <v:shape w14:anchorId="04B2C120" id="Textruta 26" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:82.7pt;width:36.5pt;height:17pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3n6HbFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aypViNOEWWIrsE&#10;bYF06FmRpdiALGqUErv7+lGyk2zdTsN8kCmReiQfnxZ3fWvYSaFvwJZ8Osk5U1ZC1dhDyb89bz58&#10;5swHYSthwKqSvyrP75bv3y06V6gZ1GAqhYxArC86V/I6BFdkmZe1aoWfgFOWnBqwFYG2eMgqFB2h&#10;tyab5flN1gFWDkEq7+n0fnDyZcLXWsnwqLVXgZmSU20hrZjWfVyz5UIUBxSubuRYhviHKlrRWEp6&#10;gboXQbAjNn9AtY1E8KDDREKbgdaNVKkH6maav+lmVwunUi9EjncXmvz/g5UPp517Qhb6L9DTACMh&#10;nfOFp8PYT6+xjX+qlJGfKHy90Kb6wCQdfrr5OJ+TR5JrNp3f5onW7HrZoQ9fFbQsGiVHmkoiS5y2&#10;PlBCCj2HxFweTFNtGmPSBg/7tUF2EjTBzSanL9ZIV34LM5Z1JadC8oRsId4f4oyNOCqJYcx37TBa&#10;od/3rKmokXP3e6heiRSEQS/eyU1DpW+FD08CSSDULYk+PNKiDVBmGC3OasAffzuP8TQ38nLWkeBK&#10;7r8fBSrO7LFdA3U3pafiZDIJH4M5mxqhfSGdryICuYSVhFPycDbXYZA0vROpVqsURPpyImztzskI&#10;HTmIJD/3LwLdOIlAI3yAs8xE8WYgQyyRHVkaOBk3pMY0g/HlRLn/uk9R1/e9/AkAAP//AwBQSwME&#10;FAAGAAgAAAAhAI3NMkndAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFzQ&#10;lnYa0VaaTgjUGwcY5Z41pq1InKpJt/LvMSe42X5Pz98rD4t34oxTHAJpyNcZCKQ22IE6Dc17vdqB&#10;iMmQNS4QavjGCIfq+qo0hQ0XesPzMXWCQygWRkOf0lhIGdsevYnrMCKx9hkmbxKvUyftZC4c7p3c&#10;ZJmS3gzEH3oz4lOP7ddx9hpm2j2rl1eFtdtk3dDYurkzH1rf3iyPDyASLunPDL/4jA4VM53CTDYK&#10;p2GV51u2sqDueWCHyhWIEx/2+y3IqpT/K1Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADefodsWAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAI3NMkndAAAACgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="3AC7A6CF" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C81DD0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>L3-L4</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="317E1EB9" wp14:editId="4E6D5F92">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="317E1EB9" wp14:editId="4E6D5F92">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-72390</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>707390</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="469900" cy="215900"/>
                       <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="25" name="Textruta 25"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="469900" cy="215900"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2200,92 +2261,92 @@
                                     </w:rPr>
                                     <w:t>L2-L3</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="317E1EB9" id="Textruta 25" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:55.7pt;width:37pt;height:17pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZV/7CFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwRaUDcirCir9IJ2&#10;V2KrPRvHIZEcjzs2JPTrO3YCtNueqnIwY8/keea95+V932p2UugaMDmfTlLOlJFQNuaQ828vxYfP&#10;nDkvTCk0GJXzs3L8fvX+3bKzmZpBDbpUyAjEuKyzOa+9t1mSOFmrVrgJWGUoWQG2wtMWD0mJoiP0&#10;ViezNF0kHWBpEaRyjk4fhiRfRfyqUtI/VZVTnumcU28+rhjXfViT1VJkBxS2buTYhviHLlrRGLr0&#10;CvUgvGBHbP6AahuJ4KDyEwltAlXVSBVnoGmm6ZtpdrWwKs5C5Dh7pcn9P1j5eNrZZ2S+/wI9CRgI&#10;6azLHB2GefoK2/BPnTLKE4XnK22q90zS4afF3V1KGUmp2XQeYkJJbh9bdP6rgpaFIOdIqkSyxGnr&#10;/FB6KQl3OdBNWTRaxw0e9huN7CRIwaJI6Tei/1amDetyvvg4TyOygfD9AK1NwFHRDON9twlD5Pt9&#10;z5oy5/PL9Hsoz0QKwuAXZ2XRUOtb4fyzQDIITUum90+0VBroZhgjzmrAH387D/WkG2U568hwOXff&#10;jwIVZ+bYboCmm9JTsTKGhI9eX8IKoX0ln68DAqWEkYSTc38JN36wNL0TqdbrWET+ssJvzc7KAB04&#10;CCS/9K8C7aiEJwkf4WIzkb0RZKglKQNLAyfjhtwYFR5fTrD7r/tYdXvfq58AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDKvtbv3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8mN0C&#10;wWaDlI3RcPOgu3jv0hGIdEpo2cV/7+hFbzPzXt58r9yvbhRnnMPgSUO6TUAgtd4O1GlojvVmByJE&#10;Q9aMnlDDFwbYV9dXpSmsv9Abng+xExxCoTAa+hinQsrQ9uhM2PoJibUPPzsTeZ07aWdz4XA3yixJ&#10;lHRmIP7Qmwmfemw/D4vTsNDuWb28KqzHLOmGxtbNnXnX+vZmfXwAEXGNf2b4wWd0qJjp5BeyQYwa&#10;Nmmas5WF34EdKlMgTnzI73OQVSn/V6i+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABlX&#10;/sIUAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMq+1u/cAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
+                    <v:shape w14:anchorId="317E1EB9" id="Textruta 25" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:55.7pt;width:37pt;height:17pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZV/7CFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lwRaUDcirCir9IJ2&#10;V2KrPRvHIZEcjzs2JPTrO3YCtNueqnIwY8/keea95+V932p2UugaMDmfTlLOlJFQNuaQ828vxYfP&#10;nDkvTCk0GJXzs3L8fvX+3bKzmZpBDbpUyAjEuKyzOa+9t1mSOFmrVrgJWGUoWQG2wtMWD0mJoiP0&#10;ViezNF0kHWBpEaRyjk4fhiRfRfyqUtI/VZVTnumcU28+rhjXfViT1VJkBxS2buTYhviHLlrRGLr0&#10;CvUgvGBHbP6AahuJ4KDyEwltAlXVSBVnoGmm6ZtpdrWwKs5C5Dh7pcn9P1j5eNrZZ2S+/wI9CRgI&#10;6azLHB2GefoK2/BPnTLKE4XnK22q90zS4afF3V1KGUmp2XQeYkJJbh9bdP6rgpaFIOdIqkSyxGnr&#10;/FB6KQl3OdBNWTRaxw0e9huN7CRIwaJI6Tei/1amDetyvvg4TyOygfD9AK1NwFHRDON9twlD5Pt9&#10;z5oy5/PL9Hsoz0QKwuAXZ2XRUOtb4fyzQDIITUum90+0VBroZhgjzmrAH387D/WkG2U568hwOXff&#10;jwIVZ+bYboCmm9JTsTKGhI9eX8IKoX0ln68DAqWEkYSTc38JN36wNL0TqdbrWET+ssJvzc7KAB04&#10;CCS/9K8C7aiEJwkf4WIzkb0RZKglKQNLAyfjhtwYFR5fTrD7r/tYdXvfq58AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDKvtbv3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8mN0C&#10;wWaDlI3RcPOgu3jv0hGIdEpo2cV/7+hFbzPzXt58r9yvbhRnnMPgSUO6TUAgtd4O1GlojvVmByJE&#10;Q9aMnlDDFwbYV9dXpSmsv9Abng+xExxCoTAa+hinQsrQ9uhM2PoJibUPPzsTeZ07aWdz4XA3yixJ&#10;lHRmIP7Qmwmfemw/D4vTsNDuWb28KqzHLOmGxtbNnXnX+vZmfXwAEXGNf2b4wWd0qJjp5BeyQYwa&#10;Nmmas5WF34EdKlMgTnzI73OQVSn/V6i+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABlX&#10;/sIUAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMq+1u/cAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="6242777E" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C81DD0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>L2-L3</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54F83F00" wp14:editId="5295D078">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54F83F00" wp14:editId="5295D078">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-72390</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>386080</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="463550" cy="215900"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="23" name="Textruta 23"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="463550" cy="215900"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2320,335 +2381,335 @@
                                     </w:rPr>
                                     <w:t>L1-L2</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="54F83F00" id="Textruta 23" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:30.4pt;width:36.5pt;height:17pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgDfgVFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aypViNOEWWIrsE&#10;bYF06FmRpdiALGqUErv7+lGyk2zdTsN8kCmReiQfnxZ3fWvYSaFvwJZ8Osk5U1ZC1dhDyb89bz58&#10;5swHYSthwKqSvyrP75bv3y06V6gZ1GAqhYxArC86V/I6BFdkmZe1aoWfgFOWnBqwFYG2eMgqFB2h&#10;tyab5flN1gFWDkEq7+n0fnDyZcLXWsnwqLVXgZmSU20hrZjWfVyz5UIUBxSubuRYhviHKlrRWEp6&#10;gboXQbAjNn9AtY1E8KDDREKbgdaNVKkH6maav+lmVwunUi9EjncXmvz/g5UPp517Qhb6L9DTACMh&#10;nfOFp8PYT6+xjX+qlJGfKHy90Kb6wCQdfrr5OJ+TR5JrNp3f5onW7HrZoQ9fFbQsGiVHmkoiS5y2&#10;PlBCCj2HxFweTFNtGmPSBg/7tUF2EjTBzSanL9ZIV34LM5Z1JadC8oRsId4f4oyNOCqJYcx37TBa&#10;od/3rKno+rn7PVSvRArCoBfv5Kah0rfChyeBJBDqlkQfHmnRBigzjBZnNeCPv53HeJobeTnrSHAl&#10;99+PAhVn9tiugbqb0lNxMpmEj8GcTY3QvpDOVxGBXMJKwil5OJvrMEia3olUq1UKIn05EbZ252SE&#10;jhxEkp/7F4FunESgET7AWWaieDOQIZbIjiwNnIwbUmOawfhyotx/3aeo6/te/gQAAP//AwBQSwME&#10;FAAGAAgAAAAhACWfRSLcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ&#10;66SqrBCyqRAoNw5Qwt2NlyTCXkex04a/x5zguNqnmTfVYXVWnGkOo2eEfJuBIO68GblHaN+bTQEi&#10;RM1GW8+E8E0BDvX1VaVL4y/8Rudj7EUK4VBqhCHGqZQydAM5HbZ+Ik6/Tz87HdM599LM+pLCnZW7&#10;LFPS6ZFTw6Anehqo+zouDmHh4lm9vCpq7C7rx9Y07Z3+QLy9WR8fQERa4x8Mv/pJHerkdPILmyAs&#10;wibP9wlFUFmakACVKxAnhPt9AbKu5P8B9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;IA34FRYCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJZ9FItwAAAAIAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
+                    <v:shape w14:anchorId="54F83F00" id="Textruta 23" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.7pt;margin-top:30.4pt;width:36.5pt;height:17pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgDfgVFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aypViNOEWWIrsE&#10;bYF06FmRpdiALGqUErv7+lGyk2zdTsN8kCmReiQfnxZ3fWvYSaFvwJZ8Osk5U1ZC1dhDyb89bz58&#10;5swHYSthwKqSvyrP75bv3y06V6gZ1GAqhYxArC86V/I6BFdkmZe1aoWfgFOWnBqwFYG2eMgqFB2h&#10;tyab5flN1gFWDkEq7+n0fnDyZcLXWsnwqLVXgZmSU20hrZjWfVyz5UIUBxSubuRYhviHKlrRWEp6&#10;gboXQbAjNn9AtY1E8KDDREKbgdaNVKkH6maav+lmVwunUi9EjncXmvz/g5UPp517Qhb6L9DTACMh&#10;nfOFp8PYT6+xjX+qlJGfKHy90Kb6wCQdfrr5OJ+TR5JrNp3f5onW7HrZoQ9fFbQsGiVHmkoiS5y2&#10;PlBCCj2HxFweTFNtGmPSBg/7tUF2EjTBzSanL9ZIV34LM5Z1JadC8oRsId4f4oyNOCqJYcx37TBa&#10;od/3rKno+rn7PVSvRArCoBfv5Kah0rfChyeBJBDqlkQfHmnRBigzjBZnNeCPv53HeJobeTnrSHAl&#10;99+PAhVn9tiugbqb0lNxMpmEj8GcTY3QvpDOVxGBXMJKwil5OJvrMEia3olUq1UKIn05EbZ252SE&#10;jhxEkp/7F4FunESgET7AWWaieDOQIZbIjiwNnIwbUmOawfhyotx/3aeo6/te/gQAAP//AwBQSwME&#10;FAAGAAgAAAAhACWfRSLcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ&#10;66SqrBCyqRAoNw5Qwt2NlyTCXkex04a/x5zguNqnmTfVYXVWnGkOo2eEfJuBIO68GblHaN+bTQEi&#10;RM1GW8+E8E0BDvX1VaVL4y/8Rudj7EUK4VBqhCHGqZQydAM5HbZ+Ik6/Tz87HdM599LM+pLCnZW7&#10;LFPS6ZFTw6Anehqo+zouDmHh4lm9vCpq7C7rx9Y07Z3+QLy9WR8fQERa4x8Mv/pJHerkdPILmyAs&#10;wibP9wlFUFmakACVKxAnhPt9AbKu5P8B9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;IA34FRYCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJZ9FItwAAAAIAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" fillcolor="red" stroked="f" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="31E6F81D" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C81DD0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>L1-L2</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="586B73E5" wp14:editId="2D49EC0A">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="586B73E5" wp14:editId="2D49EC0A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>283210</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>491490</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="965200" cy="133350"/>
                       <wp:effectExtent l="19050" t="19050" r="6350" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="15" name="Rak 15"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1" flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="965200" cy="133350"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <w:pict w14:anchorId="1C2C9838">
                     <v:line id="Rak 15" style="position:absolute;flip:x y;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="22.3pt,38.7pt" to="98.3pt,49.2pt" w14:anchorId="66BECCAF" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWdqxiuwEAAF4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvRfYfxB0b+Q0aJEacXpokPUw&#10;bAW27s7Iki1AXxC1OPn3o5Q0a7fbUB8ESiQfycfn1cPBWbZXCU3wHZ/PGs6Ul6E3fuj4y4/t9ZIz&#10;zOB7sMGrjh8V8of1p6vVFFt1E8Zge5UYgXhsp9jxMefYCoFyVA5wFqLy5NQhOch0TYPoE0yE7qy4&#10;aZo7MYXUxxSkQqTXzcnJ1xVfayXzN61RZWY7Tr3leqZ67sop1itohwRxNPLcBvxHFw6Mp6IXqA1k&#10;YL+S+QfKGZkCBp1nMjgRtDZS1Rlomnnz1zTfR4iqzkLkYLzQhB8HK7/uH/1zIhqmiC3G51SmOOjk&#10;mLYmPtFOebV+Fqv4qGd2qAQeLwSqQ2aSHu/vbmkpnElyzReLxW0lWJwAS3JMmD+r4FgxOm6NL/NB&#10;C/svmKkJCn0NKc8+bI21dUfWs6nji+W84gNJRVvIVMrFvuPoB87ADqRBmVOFxGBNX9ILEKZh92gT&#10;2wPpYLtt6Curp3LvwkrtDeB4iquuk0KcySRTa1zHlyX5Ndv6gq6q0M4T/OGxWLvQHyu9otxoibXo&#10;WXBFJW/vZL/9Lda/AQAA//8DAFBLAwQUAAYACAAAACEAJNzs5dsAAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTSNImZFNVID6Ath/gxktiNV5HsZsEvh73BMfZGc28rXaL&#10;7cVEozeOEdarBARx47ThFuF0/HjagvBBsVa9Y0L4Jg+7+v6uUqV2M3/SdAitiCXsS4XQhTCUUvqm&#10;I6v8yg3E0ftyo1UhyrGVelRzLLe9fE6SXFplOC50aqC3jprL4WoRzMvRDMvPfipUus7fs1N2mTlD&#10;fHxY9q8gAi3hLww3/IgOdWQ6uytrL3qENM1jEmGzSUHc/CKPhzNCsU1B1pX8/0D9CwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhABZ2rGK7AQAAXgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACTc7OXbAAAACAEAAA8AAAAAAAAAAAAAAAAAFQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07F0F8EE" wp14:editId="428A65E7">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07F0F8EE" wp14:editId="428A65E7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>251460</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1145540</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="933450" cy="31750"/>
                       <wp:effectExtent l="19050" t="19050" r="19050" b="25400"/>
                       <wp:wrapNone/>
                       <wp:docPr id="21" name="Rak 21"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1" flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="933450" cy="31750"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <w:pict w14:anchorId="3E0695FC">
                     <v:line id="Rak 21" style="position:absolute;flip:x y;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="19.8pt,90.2pt" to="93.3pt,92.7pt" w14:anchorId="056CCFF1" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnp9PItwEAAF0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfqdMtH92o6R62KhwQ&#10;rLSw96ljJ5b8JY9p2n/P2OmWBW6IHKxnz8zzzPPL5u7kLDuqhCb4ji8XDWfKy9AbP3T8+7f9mzVn&#10;mMH3YINXHT8r5Hfb1682U2zVTRiD7VViROKxnWLHx5xjKwTKUTnARYjKU1CH5CDTNg2iTzARu7Pi&#10;pmneiymkPqYgFSKd7uYg31Z+rZXMX7VGlZntOPWW65rqeiir2G6gHRLE0chLG/APXTgwni69Uu0g&#10;A/uRzF9UzsgUMOi8kMGJoLWRqs5A0yybP6Z5HCGqOguJg/EqE/4/WvnleO8fEskwRWwxPqQyxUkn&#10;x7Q18RO9Ka/oqaASo57ZqQp4vgqoTplJOrxdrd6+I5klhVbLDwSJWMx8pTYmzB9VcKyAjlvjy3jQ&#10;wvEz5jn1OaUc+7A31tYnsp5NxLleNoUeyCnaQiboYt9x9ANnYAeyoMypUmKwpi/lhQjTcLi3iR2B&#10;bLDfN/RdOvstrdy9AxznvBqaDeJMJpda4zq+LsXP1dYXdlV9dpngl4wFHUJ/ruqKsqM3rHJc/FZM&#10;8nJP+OVfsf0JAAD//wMAUEsDBBQABgAIAAAAIQD7gAvD3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BboMwEEX3lXoHayJ115g0gAjBRFGrHqBJDjDBE0DBY4QdoD19zardzfz/9edNcZhNJ0Ya&#10;XGtZwWYdgSCurG65VnA5f75mIJxH1thZJgXf5OBQPj8VmGs78ReNJ1+LUMIuRwWN930upasaMujW&#10;ticO3s0OBn1Yh1rqAadQbjr5FkWpNNhyuNBgT+8NVffTwyhot+e2n3+O4w7jTfqRXJL7xIlSL6v5&#10;uAfhafZ/YVjwAzqUgelqH6yd6BRsd2lIBj2LYhBLIEuDcl2GJAZZFvL/C+UvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACen08i3AQAAXQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPuAC8PcAAAACgEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52742589" wp14:editId="4CD0D1B5">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52742589" wp14:editId="4CD0D1B5">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>283210</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1405890</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="901700" cy="107950"/>
                       <wp:effectExtent l="19050" t="19050" r="12700" b="25400"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Rak 10"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="901700" cy="107950"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <w:pict w14:anchorId="2638ADF4">
                     <v:line id="Rak 10" style="position:absolute;flip:x;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="22.3pt,110.7pt" to="93.3pt,119.2pt" w14:anchorId="7122A561" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzKEXGtwEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5QStHEEyznEcHoo&#10;2gBtP2BNkRIBvsBlLPvvu6QdJ21vRXUgSO5ydmd2tHo4OMv2KqEJvuftouFMeRkG48ee//yxvV5y&#10;hhn8ADZ41fOjQv6wvvqwmmOnbsIU7KASIxCP3Rx7PuUcOyFQTsoBLkJUnoI6JAeZjmkUQ4KZ0J0V&#10;N03zScwhDTEFqRDpdnMK8nXF11rJ/E1rVJnZnlNvua6prruyivUKujFBnIw8twH/0IUD46noBWoD&#10;GdhLMn9BOSNTwKDzQgYngtZGqsqB2LTNH2y+TxBV5ULiYLzIhP8PVn7dP/rnRDLMETuMz6mwOOjk&#10;mLYmfqaZVl7UKTtU2Y4X2dQhM0mX901715C4kkJtc3f/scoqTjAFLibMTyo4VjY9t8YXVtDB/gtm&#10;Kk2prynl2oetsbZOxno29/x22VZ8IINoC5lKuTj0HP3IGdiRnCdzqpAYrBnK8wKEadw92sT2QNPf&#10;bhv6ysCp3G9ppfYGcDrl1dDJF85kMqc1rufL8vj1tfUFXVV7nRm8qVd2uzAcq6iinGh0tejZZsUb&#10;78+0f/8zrH8BAAD//wMAUEsDBBQABgAIAAAAIQCO1rsE3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCRuLG0ppSpNp1GJAwckGDxA1pimonFKk22Fp8c7saN/f/r9uV4vbhQH&#10;nMPgSUG6SkAgdd4M1Cv4eH+6KUGEqMno0RMq+MEA6+byotaV8Ud6w8M29oJLKFRagY1xqqQMnUWn&#10;w8pPSLz79LPTkce5l2bWRy53o8ySpJBOD8QXrJ6wtdh9bfdOwYv/pfb+7rlLNt/9a5q2jzHrrVLX&#10;V8vmAUTEJf7DcNJndWjYaef3ZIIYFeR5waSCLEtzECegLDjZcXJb5iCbWp6/0PwBAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAcyhFxrcBAABUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAjta7BN4AAAAKAQAADwAAAAAAAAAAAAAAAAARBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0209FDE6" wp14:editId="545E1EAB">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0209FDE6" wp14:editId="545E1EAB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>257810</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>789940</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="920750" cy="114300"/>
                       <wp:effectExtent l="19050" t="19050" r="12700" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="14" name="Rak 14"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1" flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="920750" cy="114300"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <w:pict w14:anchorId="62FD15F0">
                     <v:line id="Rak 14" style="position:absolute;flip:x y;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="20.3pt,62.2pt" to="92.8pt,71.2pt" w14:anchorId="1FEC7D1B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDltK/+vAEAAF4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2yn+0iNKD00yHYY&#10;tgLdemdkyRagL4hanPz7UUqaddttmA8CJZKP5OPz+u7oLDuohCZ4wbtFy5nyMgzGj4J//7Z7s+IM&#10;M/gBbPBK8JNCfrd5/Wo9x14twxTsoBIjEI/9HAWfco5906CclANchKg8OXVIDjJd09gMCWZCd7ZZ&#10;tu37Zg5piClIhUiv27OTbyq+1krmr1qjyswKTr3leqZ67svZbNbQjwniZOSlDfiHLhwYT0WvUFvI&#10;wH4k8xeUMzIFDDovZHBN0NpIVWegabr2j2keJ4iqzkLkYLzShP8PVn453PuHRDTMEXuMD6lMcdTJ&#10;MW1N/EQ75dV6KlbxUc/sWAk8XQlUx8wkPd4u2w/viGZJrq57e9NWgpszYEmOCfNHFRwrhuDW+DIf&#10;9HD4jJmaoNDnkPLsw85YW3dkPZsFv1l1hMkkkFS0hUymi4Pg6EfOwI6kQZlThcRgzVDSCxCmcX9v&#10;EzsA6WC3a+krq6dyv4WV2lvA6RxXXWeFOJNJptY4wVcl+Tnb+oKuqtAuE/zisVj7MJwqvU250RJr&#10;0Yvgikpe3sl++VtsfgIAAP//AwBQSwMEFAAGAAgAAAAhAIAnc0vcAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FugzAQRfeVegdrInXXmFCDUoKJolY9QJMcYIJdQMFjhB2gPX0nq3Y38//Xnzfl&#10;fnG9mOwYOk8aNusEhKXam44aDefTx/MWRIhIBntPVsO3DbCvHh9KLIyf6dNOx9gILqFQoIY2xqGQ&#10;MtStdRjWfrDE3pcfHUZex0aaEWcud71MkySXDjviCy0O9q219fV4cxq6l1M3LD+H6RXVJn/Pztl1&#10;pkzrp9Vy2IGIdol/YbjjMzpUzHTxNzJB9BpUknOS9VQpEPfANmPlwoNKFciqlP9fqH4BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA5bSv/rwBAABeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgCdzS9wAAAAKAQAADwAAAAAAAAAAAAAAAAAWBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAB8FAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39CB7638" wp14:editId="4D8302A2">
                   <wp:extent cx="1280160" cy="2154304"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="5" name="Bildobjekt 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -2688,51 +2749,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7123383C" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3608D4D9" wp14:editId="0BDA5410">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3608D4D9" wp14:editId="0BDA5410">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>1007110</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>473075</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2767,158 +2828,158 @@
                                     </w:rPr>
                                     <w:t>AX</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3608D4D9" id="Ned 20" o:spid="_x0000_s1033" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:79.3pt;margin-top:37.25pt;width:32.25pt;height:45.35pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4Cc/oTwIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xmTT+COkWQIsOA&#10;oi3QDj0rshwLkESNUmJnv36U7DRpt9OwHBhSovnI50ff3HbWsJ3CoMGV/Gw05kw5CZV2m5L/eFl9&#10;ueIsROEqYcCpku9V4Lfzz59uWj9TE2jAVAoZFXFh1vqSNzH6WVEE2Sgrwgi8cnRZA1oRKcRNUaFo&#10;qbo1xWQ8vihawMojSBUCnd71l3ye69e1kvGxroOKzJSceovZYrbrZIv5jZhtUPhGy6EN8Q9dWKEd&#10;gb6VuhNRsC3qP0pZLREC1HEkwRZQ11qqPANNczb+MM1zI7zKsxA5wb/RFP5fWfmwe/ZPSDS0PswC&#10;uWmKrkab/qk/1mWy9m9kqS4ySYfn4+vp5ZQzSVfkXJ9PE5nF8WGPIX5TYFlySl5B6xaI0GaexO4+&#10;xD7/kJcAAxhdrbQxOcDNemmQ7QS9vNVqTL8B4l2acawl6U0u6ZpJQSKqjYjkWl+VPLgNZ8JsSJ0y&#10;YsZ2kBDym0/YdyI0PUYu20vC6ki6NNqW/CoBH5CNS52prKxhgiNxyYvdumOagC9ToXSyhmr/hAyh&#10;F1/wcqUJ9l6E+CSQ1EZt0wbFRzK1AZoFBo+zBvDX385TfsmT5awl9dKcP7cCFWfmuyN5fL1ILbN4&#10;GuBpsD4N3NYugTg+o131Mrv0MEZzcGsE+0qLtkiodCWcpM56RodgGfutolWVarHIaSRxL+K9e/Yy&#10;FU/MJcJfuleBfpBFJD09wEHpYvZBGH0u6erI5BDQQmS5DcubNu40zlnHT8z8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGRV513gAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;3ZSEKo1TARIXOKAGVKk3J94mEbEdbKcNf89yKsfRPM2+LbazGdgJfeidlbBcCGBoG6d720r4/Hi5&#10;WwMLUVmtBmdRwg8G2JbXV4XKtTvbHZ6q2DIasSFXEroYx5zz0HRoVFi4ES11R+eNihR9y7VXZxo3&#10;A0+EyLhRvaULnRrxucPmq5qMhMM+vr/Vu+Z1El48HQ+r76qflZS3N/PjBljEOV5g+NMndSjJqXaT&#10;1YENlNN1RqiEh/sUGAFJsloCq6nJ0gR4WfD/L5S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADgJz+hPAgAAqgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAGRV513gAAAACgEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="3608D4D9" id="Ned 20" o:spid="_x0000_s1033" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:79.3pt;margin-top:37.25pt;width:32.25pt;height:45.35pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4Cc/oTwIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5xmTT+COkWQIsOA&#10;oi3QDj0rshwLkESNUmJnv36U7DRpt9OwHBhSovnI50ff3HbWsJ3CoMGV/Gw05kw5CZV2m5L/eFl9&#10;ueIsROEqYcCpku9V4Lfzz59uWj9TE2jAVAoZFXFh1vqSNzH6WVEE2Sgrwgi8cnRZA1oRKcRNUaFo&#10;qbo1xWQ8vihawMojSBUCnd71l3ye69e1kvGxroOKzJSceovZYrbrZIv5jZhtUPhGy6EN8Q9dWKEd&#10;gb6VuhNRsC3qP0pZLREC1HEkwRZQ11qqPANNczb+MM1zI7zKsxA5wb/RFP5fWfmwe/ZPSDS0PswC&#10;uWmKrkab/qk/1mWy9m9kqS4ySYfn4+vp5ZQzSVfkXJ9PE5nF8WGPIX5TYFlySl5B6xaI0GaexO4+&#10;xD7/kJcAAxhdrbQxOcDNemmQ7QS9vNVqTL8B4l2acawl6U0u6ZpJQSKqjYjkWl+VPLgNZ8JsSJ0y&#10;YsZ2kBDym0/YdyI0PUYu20vC6ki6NNqW/CoBH5CNS52prKxhgiNxyYvdumOagC9ToXSyhmr/hAyh&#10;F1/wcqUJ9l6E+CSQ1EZt0wbFRzK1AZoFBo+zBvDX385TfsmT5awl9dKcP7cCFWfmuyN5fL1ILbN4&#10;GuBpsD4N3NYugTg+o131Mrv0MEZzcGsE+0qLtkiodCWcpM56RodgGfutolWVarHIaSRxL+K9e/Yy&#10;FU/MJcJfuleBfpBFJD09wEHpYvZBGH0u6erI5BDQQmS5DcubNu40zlnHT8z8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGRV513gAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;3ZSEKo1TARIXOKAGVKk3J94mEbEdbKcNf89yKsfRPM2+LbazGdgJfeidlbBcCGBoG6d720r4/Hi5&#10;WwMLUVmtBmdRwg8G2JbXV4XKtTvbHZ6q2DIasSFXEroYx5zz0HRoVFi4ES11R+eNihR9y7VXZxo3&#10;A0+EyLhRvaULnRrxucPmq5qMhMM+vr/Vu+Z1El48HQ+r76qflZS3N/PjBljEOV5g+NMndSjJqXaT&#10;1YENlNN1RqiEh/sUGAFJsloCq6nJ0gR4WfD/L5S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADgJz+hPAgAAqgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAGRV513gAAAACgEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="393156CE" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="0066564D" w:rsidRDefault="00C81DD0" w:rsidP="004577AF">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51D7AB60" wp14:editId="59D6593D">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51D7AB60" wp14:editId="59D6593D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>128905</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1052195</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1282700" cy="12700"/>
                       <wp:effectExtent l="19050" t="19050" r="12700" b="25400"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Rak 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1282700" cy="12700"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <w:pict w14:anchorId="58E02F57">
                     <v:line id="Rak 8" style="position:absolute;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="10.15pt,82.85pt" to="111.15pt,83.85pt" w14:anchorId="67824F5B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9EYmrswEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2xnwBYYUXpokPUw&#10;bAW2/QBGlmwB+oKoxsm/HyWnWbfdhvkgkCL1yPdIbx/OzrKTSmiCF7xbtZwpL8Ng/Cj4j++H+w1n&#10;mMEPYINXgl8U8ofd3bvtHHu1DlOwg0qMQDz2cxR8yjn2TYNyUg5wFaLyFNQhOcjkprEZEsyE7myz&#10;btsPzRzSEFOQCpFu90uQ7yq+1krmr1qjyswKTr3leqZ6HsvZ7LbQjwniZOS1DfiHLhwYT0VvUHvI&#10;wF6S+QvKGZkCBp1XMrgmaG2kqhyITdf+webbBFFVLiQOxptM+P9g5ZfTo39OJMMcscf4nAqLs06O&#10;aWviE8208qJO2bnKdrnJps6ZSbrs1pv1x5bUlRTrqkl4zQJT4GLC/EkFx4ohuDW+sIIeTp8xL6mv&#10;KeXah4Oxtk7GejYL/n7TVXigBdEWMlVycRAc/cgZ2JE2T+ZUITFYM5TnBQjTeHy0iZ2Apn84tPSV&#10;gVNnv6WV2nvAacmroWUvnMm0nNY4wTfl8etr6wu6qut1ZfBLvWIdw3CpojbFo9HVotc1K7vx1if7&#10;7c+w+wkAAP//AwBQSwMEFAAGAAgAAAAhAHxoLQ7dAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHbUjlEblMapSiQWLJCgcAA3du2IeBxitw2cnukKlvPm68+bejOHgZ3slPqI&#10;CoqFAGaxi6ZHp+Dj/enuAVjKGo0eIloF3zbBprm+qnVl4hnf7GmXHaMSTJVW4HMeK85T523QaRFH&#10;i7Q7xCnoTOPkuJn0mcrDwKUQKx50j3TB69G23nafu2NQ8BJ/sC2Xz53YfrnXomgfs3ReqdubebsG&#10;lu2c/8Jw0Sd1aMhpH49oEhsUSHFPSeKrZQmMAlJKIvsLKUvgTc3/v9D8AgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAD0RiauzAQAAVAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAHxoLQ7dAAAACgEAAA8AAAAAAAAAAAAAAAAADQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F2A716C" wp14:editId="6A4E042A">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F2A716C" wp14:editId="6A4E042A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>410845</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1363345</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="24" name="Upp 24"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2953,138 +3014,138 @@
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0F2A716C" id="Upp 24" o:spid="_x0000_s1034" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:32.35pt;margin-top:107.35pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfzqfHVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwRQJK&#10;J1vXPN9joZY6DF5sFPFxCyHeA5Ly6JC2KX4j02pHs7jR46xz+PNv5ym/5snS2Jz1JGYa9cceUHKm&#10;v1pSy8dF+oYsngZ4GmxPA7s3145onuYGs0uPMeqj26IzT7R361SYrsAKaq6QOgbXsSwZba6Q63VO&#10;I8V7iLf2wYsEfuT8cXgC9KMuIgnqzh2FD8s32ii5JKxXMseA9iPrbdzltICncc56/cdZ/QIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAAxpo8zgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/QdrkbhRJ4GWNMSpEBKo9NbCBzjxNomI12nspg5fj3tqj7Mzmn2Tr73u2IiDbQ0JiOcRMKTKqJZq&#10;AT/fH48pMOskKdkZQgETWlgXs7tcZsqcaYfj3tUslJDNpIDGuT7j3FYNamnnpkcK3sEMWrogh5qr&#10;QZ5Due54EkVLrmVL4UMje3xvsPrdn7SA1K828d9m9NPLdiq/3FFvD9WnEA/3/u0VmEPvrmG44Ad0&#10;KAJTaU6kLOsELNIwxQlIkvgZ2CXwtFgBK8MlXUbAi5zfTij+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAF/Op8dVAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAAxpo8zgAAAACgEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="0F2A716C" id="Upp 24" o:spid="_x0000_s1034" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:32.35pt;margin-top:107.35pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfzqfHVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwRQJK&#10;J1vXPN9joZY6DF5sFPFxCyHeA5Ly6JC2KX4j02pHs7jR46xz+PNv5ym/5snS2Jz1JGYa9cceUHKm&#10;v1pSy8dF+oYsngZ4GmxPA7s3145onuYGs0uPMeqj26IzT7R361SYrsAKaq6QOgbXsSwZba6Q63VO&#10;I8V7iLf2wYsEfuT8cXgC9KMuIgnqzh2FD8s32ii5JKxXMseA9iPrbdzltICncc56/cdZ/QIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAAxpo8zgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/QdrkbhRJ4GWNMSpEBKo9NbCBzjxNomI12nspg5fj3tqj7Mzmn2Tr73u2IiDbQ0JiOcRMKTKqJZq&#10;AT/fH48pMOskKdkZQgETWlgXs7tcZsqcaYfj3tUslJDNpIDGuT7j3FYNamnnpkcK3sEMWrogh5qr&#10;QZ5Due54EkVLrmVL4UMje3xvsPrdn7SA1K828d9m9NPLdiq/3FFvD9WnEA/3/u0VmEPvrmG44Ad0&#10;KAJTaU6kLOsELNIwxQlIkvgZ2CXwtFgBK8MlXUbAi5zfTij+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAF/Op8dVAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAAxpo8zgAAAACgEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="76BE0F11" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="0066567D" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E02A77C" wp14:editId="56E00CEC">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E02A77C" wp14:editId="56E00CEC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>867410</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-10795</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="6350" cy="2179320"/>
                       <wp:effectExtent l="19050" t="19050" r="31750" b="30480"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="6350" cy="2179320"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <w:pict w14:anchorId="1BF16A2B">
                     <v:line id="Rak 16" style="position:absolute;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="68.3pt,-.85pt" to="68.8pt,170.75pt" w14:anchorId="702BB69A" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfysD7twEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+QkWJcZcXpokO0w&#10;dAW2/QBGlmwB+oKoxsm/L6WkabfdhvkgkCL1yPdIr++PzrKDSmiC7/h81nCmvAy98UPHf/3c3a44&#10;wwy+Bxu86vhJIb/f3HxYT7FVizAG26vECMRjO8WOjznHVgiUo3KAsxCVp6AOyUEmNw2iTzARurNi&#10;0TR3YgqpjylIhUi323OQbyq+1krm71qjysx2nHrL9Uz13JdTbNbQDgniaOSlDfiHLhwYT0WvUFvI&#10;wJ6T+QvKGZkCBp1nMjgRtDZSVQ7EZt78webHCFFVLiQOxqtM+P9g5ePhwT8lkmGK2GJ8SoXFUSfH&#10;tDXxK8208qJO2bHKdrrKpo6ZSbq8W34kaSUFFvNPn5eLqqo4oxS0mDB/UcGxYnTcGl9IQQuHb5ip&#10;MqW+ppRrH3bG2joY69nU8eVq3pQCQPuhLWQyXew7jn7gDOxAiydzqpAYrOnL8wKEadg/2MQOQMPf&#10;7Rr6yryp3G9ppfYWcDzn1dB5LZzJtJvWuI6vyuPX19YXdFW368LgTbxi7UN/qpqK4tHkatHLlpXV&#10;eO+T/f5f2LwAAAD//wMAUEsDBBQABgAIAAAAIQDkVzay3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BTsMwEEX3SNzBGiR2reOGJijEqUokFiyQoHAANzZ2RDwOsdsGTs90RZd/5unPm3oz+4Ed&#10;zRT7gBLEMgNmsAu6Ryvh4/1pcQ8sJoVaDQGNhB8TYdNcX9Wq0uGEb+a4S5ZRCcZKSXApjRXnsXPG&#10;q7gMo0HafYbJq0RxslxP6kTlfuCrLCu4Vz3SBadG0zrTfe0OXsJL+MW2XD932fbbvgrRPqaVdVLe&#10;3szbB2DJzOkfhrM+qUNDTvtwQB3ZQDkvCkIlLEQJ7AzkJQ32EvI7sQbe1PzyheYPAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA38rA+7cBAABTAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA5Fc2st4AAAAKAQAADwAAAAAAAAAAAAAAAAARBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C5CA182" wp14:editId="38ACE805">
                   <wp:extent cx="1297062" cy="2186609"/>
                   <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                   <wp:docPr id="11" name="Bildobjekt 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -3123,51 +3184,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F3146F0" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C4DE1F4" wp14:editId="32E23B30">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C4DE1F4" wp14:editId="32E23B30">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>442595</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>575310</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="534670"/>
                       <wp:effectExtent l="0" t="5080" r="0" b="3810"/>
                       <wp:wrapNone/>
                       <wp:docPr id="22" name="Upp 22"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="534670"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -3202,138 +3263,138 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="5C4DE1F4" id="Upp 22" o:spid="_x0000_s1035" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:34.85pt;margin-top:45.3pt;width:32.3pt;height:42.1pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5fiR+VwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykadoFdYqgRYYB&#10;RVugHXpmZDkWoK9RSuzu14+SnTTtdhqWA0FK1CP5/Jir685otpcYlLMln4zGnEkrXKXstuQ/ntdf&#10;LjkLEWwF2llZ8lcZ+PXy86er1i/k1DVOVxIZgdiwaH3Jmxj9oiiCaKSBMHJeWrqsHRqIFOK2qBBa&#10;Qje6mI7H86J1WHl0QoZAp7f9JV9m/LqWIj7UdZCR6ZJTbzFbzHaTbLG8gsUWwTdKDG3AP3RhQFkq&#10;eoS6hQhsh+oPKKMEuuDqOBLOFK6ulZB5BppmMv4wzVMDXuZZiJzgjzSF/wcr7vdP/hGJhtaHRSA3&#10;TdHVaBg6Yut8Nk6/PBt1y7pM3euROtlFJuhwNhlPJ0SwoKvzs9n8IlNb9FAJ0mOI36QzLDkl3/kV&#10;omszLuzvQqQOKPuQlV4Ep1W1VlrnALebG41sD/Qh1+vcU//kXZq2rCUZTi+oZSaABFVriOQaX5U8&#10;2C1noLekVBEx17YuVcgqSLVvITR9jQzby8OoSBrVypT8smejr6xt6kxmlQ0TvJGYvNhtOqao8NcE&#10;lE42rnp9xJ5a6jB4sVZU9g5CfAQk5dEhbVN8IFNrR7O4weOscfjrb+cpv+TJ0tictSRmGvXnDlBy&#10;pr9bUsvZPH1DFk8DPA02p4HdmRtHNE9yg9mlxxj1wa3RmRfau1UqTFdgBTXXkzoEN7FfMtpcIVer&#10;nEaK9xDv7JMXCfygiufuBdAPuogkqHt3ED4sPmijzyWpvJE5BLQfWUHDLqcFPI1z1ts/zvI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAaeQq994AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTWvDMAyG&#10;74P9B6PBLmO1O9LSpHFK2RjsuqwUelNjNQmLZRO7bfbv5562mz4eXj0qN5MdxIXG0DvWMJ8pEMSN&#10;Mz23GnZf788rECEiGxwck4YfCrCp7u9KLIy78idd6tiKFMKhQA1djL6QMjQdWQwz54nT7uRGizG1&#10;YyvNiNcUbgf5otRSWuw5XejQ02tHzXd9thqyPO53/kP2oX7am8P2za9aPGj9+DBt1yAiTfEPhpt+&#10;UocqOR3dmU0Qg4ZFnicyzZXKQNyALJuDOKZiuVAgq1L+f6H6BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADl+JH5XAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGnkKvfeAAAACgEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="8286" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="5C4DE1F4" id="Upp 22" o:spid="_x0000_s1035" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:34.85pt;margin-top:45.3pt;width:32.3pt;height:42.1pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5fiR+VwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykadoFdYqgRYYB&#10;RVugHXpmZDkWoK9RSuzu14+SnTTtdhqWA0FK1CP5/Jir685otpcYlLMln4zGnEkrXKXstuQ/ntdf&#10;LjkLEWwF2llZ8lcZ+PXy86er1i/k1DVOVxIZgdiwaH3Jmxj9oiiCaKSBMHJeWrqsHRqIFOK2qBBa&#10;Qje6mI7H86J1WHl0QoZAp7f9JV9m/LqWIj7UdZCR6ZJTbzFbzHaTbLG8gsUWwTdKDG3AP3RhQFkq&#10;eoS6hQhsh+oPKKMEuuDqOBLOFK6ulZB5BppmMv4wzVMDXuZZiJzgjzSF/wcr7vdP/hGJhtaHRSA3&#10;TdHVaBg6Yut8Nk6/PBt1y7pM3euROtlFJuhwNhlPJ0SwoKvzs9n8IlNb9FAJ0mOI36QzLDkl3/kV&#10;omszLuzvQqQOKPuQlV4Ep1W1VlrnALebG41sD/Qh1+vcU//kXZq2rCUZTi+oZSaABFVriOQaX5U8&#10;2C1noLekVBEx17YuVcgqSLVvITR9jQzby8OoSBrVypT8smejr6xt6kxmlQ0TvJGYvNhtOqao8NcE&#10;lE42rnp9xJ5a6jB4sVZU9g5CfAQk5dEhbVN8IFNrR7O4weOscfjrb+cpv+TJ0tictSRmGvXnDlBy&#10;pr9bUsvZPH1DFk8DPA02p4HdmRtHNE9yg9mlxxj1wa3RmRfau1UqTFdgBTXXkzoEN7FfMtpcIVer&#10;nEaK9xDv7JMXCfygiufuBdAPuogkqHt3ED4sPmijzyWpvJE5BLQfWUHDLqcFPI1z1ts/zvI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAaeQq994AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTWvDMAyG&#10;74P9B6PBLmO1O9LSpHFK2RjsuqwUelNjNQmLZRO7bfbv5562mz4eXj0qN5MdxIXG0DvWMJ8pEMSN&#10;Mz23GnZf788rECEiGxwck4YfCrCp7u9KLIy78idd6tiKFMKhQA1djL6QMjQdWQwz54nT7uRGizG1&#10;YyvNiNcUbgf5otRSWuw5XejQ02tHzXd9thqyPO53/kP2oX7am8P2za9aPGj9+DBt1yAiTfEPhpt+&#10;UocqOR3dmU0Qg4ZFnicyzZXKQNyALJuDOKZiuVAgq1L+f6H6BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADl+JH5XAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGnkKvfeAAAACgEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="8286" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="7AC7CA23" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="0066567D" w:rsidRDefault="00C81DD0" w:rsidP="00AC1B0B">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C056958" wp14:editId="66A724B1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C056958" wp14:editId="66A724B1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>913765</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1905</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="12700" cy="2146300"/>
                       <wp:effectExtent l="19050" t="19050" r="25400" b="25400"/>
                       <wp:wrapNone/>
                       <wp:docPr id="12" name="Rak 12"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="12700" cy="2146300"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <w:pict w14:anchorId="1E134012">
                     <v:line id="Rak 12" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="71.95pt,.15pt" to="72.95pt,169.15pt" w14:anchorId="011F75B9" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXzifcrAEAAEoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2SnQxcYcXpokF2G&#10;rsC2H8DIki1AXxC1OPn3pZQ07dpbMR9kUSQfyaen9d3RWXZQCU3wPW8XDWfKyzAYP/b8z+/dlxVn&#10;mMEPYINXPT8p5Hebz5/Wc+zUMkzBDioxAvHYzbHnU86xEwLlpBzgIkTlyalDcpDJTKMYEsyE7qxY&#10;Ns2tmEMaYgpSIdLp9uzkm4qvtZL5p9aoMrM9p95yXVNd92UVmzV0Y4I4GXlpAz7QhQPjqegVagsZ&#10;2N9k3kE5I1PAoPNCBieC1kaqOgNN0zZvpvk1QVR1FiIH45Um/H+w8uFw7x8T0TBH7DA+pjLFUSdX&#10;/tQfO1ayTley1DEzSYft8ltDjEryLNuvtzdkEIp4SY4J83cVHCubnlvjyyzQweEH5nPoc0g59mFn&#10;rK33YT2be36zamsBIFloC5lquTj0HP3IGdiR9CZzqpAYrBlKegHCNO7vbWIHoDvf7Rr6Lp39E1Zq&#10;bwGnc1x1ndXgTCZJWuN6virJz9nWF3RVRXWZ4IWzstuH4VSpFMWiC6t0XMRVFPHapv3rJ7B5AgAA&#10;//8DAFBLAwQUAAYACAAAACEAbyFwENsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KgNaVEa4lQIqRJwKi0HuLnxEkfY6yh22/D3bE9wfJrR7Nt6NQUvjjimPpKG25kCgdRG&#10;21On4X23vilBpGzIGh8JNfxgglVzeVGbysYTveFxmzvBI5Qqo8HlPFRSptZhMGkWByTOvuIYTGYc&#10;O2lHc+Lx4OWdUvcymJ74gjMDPjlsv7eHoOFD7T5psywdtfi8eAmva0Ubr/X11fT4ACLjlP/KcNZn&#10;dWjYaR8PZJPwzPNiyVUNBYhzPF8w7hmLsgDZ1PL/A80vAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFfOJ9ysAQAASgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAG8hcBDbAAAACAEAAA8AAAAAAAAAAAAAAAAABgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAAOBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35377E55" wp14:editId="2CF6492A">
                   <wp:extent cx="1495284" cy="2178657"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="28" name="Bildobjekt 28"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -3874,58 +3935,69 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E3BBF77" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Kernel (Siemens/GE/Toshiba)</w:t>
+              <w:t>Kernel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652D1909" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4156,69 +4228,83 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E1922ED" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">  mjukdelar</w:t>
-            </w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>mjukdelar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="655DBD68" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -5325,52 +5411,63 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E3E88BA" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>COR hela</w:t>
-            </w:r>
+              <w:t xml:space="preserve">COR </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60101784" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -5548,52 +5645,63 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3965871D" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>SAG hela</w:t>
-            </w:r>
+              <w:t xml:space="preserve">SAG </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06FD282C" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -5771,52 +5879,63 @@
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F5B9AE8" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>AX hela</w:t>
-            </w:r>
+              <w:t xml:space="preserve">AX </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2852AD0B" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -5968,104 +6087,129 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5885DEF5" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">  skelett</w:t>
-            </w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>skelett</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22C749CD" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>AX hela</w:t>
-            </w:r>
+              <w:t xml:space="preserve">AX </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52670D6C" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -6245,52 +6389,63 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60B23AAB" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>COR hela</w:t>
-            </w:r>
+              <w:t xml:space="preserve">COR </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30819D1F" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -6472,52 +6627,63 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="776E80EF" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>SAG hela</w:t>
-            </w:r>
+              <w:t xml:space="preserve">SAG </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="655540EA" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -6699,52 +6865,63 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="313340B9" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>AX hela</w:t>
-            </w:r>
+              <w:t xml:space="preserve">AX </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hela</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="125EF811" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -7173,60 +7350,62 @@
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DC3D3A5" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C9B46C4" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
@@ -9565,51 +9744,71 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E33D9CD" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Hela ländyggen skelett K-</w:t>
+              <w:t xml:space="preserve">Hela </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ländyggen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C81DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skelett K-</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66376044" w14:textId="77777777" w:rsidR="00C81DD0" w:rsidRPr="00C81DD0" w:rsidRDefault="00C81DD0" w:rsidP="00C81DD0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10784,118 +10983,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00C81DD0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25D60987" w14:textId="77777777" w:rsidR="00231EA1" w:rsidRDefault="00231EA1">
+    <w:p w14:paraId="0AB0ADFA" w14:textId="77777777" w:rsidR="00320DB1" w:rsidRDefault="00320DB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C14505B" w14:textId="77777777" w:rsidR="00231EA1" w:rsidRDefault="00231EA1">
+    <w:p w14:paraId="558E3153" w14:textId="77777777" w:rsidR="00320DB1" w:rsidRDefault="00320DB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E4FF8AE" w14:textId="77777777" w:rsidR="00231EA1" w:rsidRDefault="00231EA1">
+    <w:p w14:paraId="6B0F742D" w14:textId="77777777" w:rsidR="00320DB1" w:rsidRDefault="00320DB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -10910,89 +11109,89 @@
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -11021,51 +11220,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -11099,87 +11298,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="443F57B7" w14:textId="77777777" w:rsidR="00231EA1" w:rsidRDefault="00231EA1"/>
+    <w:p w14:paraId="68BF8B8C" w14:textId="77777777" w:rsidR="00320DB1" w:rsidRDefault="00320DB1"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3220DA7A" w14:textId="77777777" w:rsidR="00231EA1" w:rsidRDefault="00231EA1">
+    <w:p w14:paraId="5AEF548C" w14:textId="77777777" w:rsidR="00320DB1" w:rsidRDefault="00320DB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52CD4CE0" w14:textId="77777777" w:rsidR="00231EA1" w:rsidRDefault="00231EA1">
+    <w:p w14:paraId="4334CA64" w14:textId="77777777" w:rsidR="00320DB1" w:rsidRDefault="00320DB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -11243,66 +11442,66 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -11368,51 +11567,51 @@
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -11453,51 +11652,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13841,53 +14040,54 @@
   <w:num w:numId="16" w16cid:durableId="716781190">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="803736294">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="420957688">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="749081390">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1840658897">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1362786110">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1304962962">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -13901,119 +14101,123 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000A0E73"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B03C1"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="0010505B"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001F3D37"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00231EA1"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
+    <w:rsid w:val="00320DB1"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A62C3"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B6B08"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
@@ -14061,50 +14265,51 @@
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00577DEC"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="00624ECA"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
@@ -14137,139 +14342,143 @@
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="00927AB4"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A36BC8"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC1B0B"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
+    <w:rsid w:val="00B84889"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C81DD0"/>
     <w:rsid w:val="00C85458"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C86FD6"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D8212A"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DA7A10"/>
     <w:rsid w:val="00DD2BE0"/>
@@ -14347,51 +14556,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16761,51 +16970,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19931,56 +20140,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>326</Words>
-  <Characters>2365</Characters>
+  <Words>424</Words>
+  <Characters>2250</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2686</CharactersWithSpaces>
+  <CharactersWithSpaces>2669</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Ländrygg diskbråck (824000C)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>12</revision>
+  <revision>16</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>