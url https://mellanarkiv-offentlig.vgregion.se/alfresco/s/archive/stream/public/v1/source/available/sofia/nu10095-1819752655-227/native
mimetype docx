--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,563 +11,571 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="77B2B503" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00F35B05">
+    <w:p w:rsidR="00FE2085" w:rsidP="00F35B05" w:rsidRDefault="00FE2085" w14:paraId="77B2B503" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00FE2085" w:rsidSect="00FE2085">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="12831EF3" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="12831EF3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B471044" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="0073336E" w:rsidRDefault="00FE2085" w:rsidP="0073336E">
+    <w:p w:rsidRPr="0073336E" w:rsidR="00FE2085" w:rsidP="0073336E" w:rsidRDefault="00FE2085" w14:paraId="4B471044" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="145A683C" w14:textId="62CECA7E" w:rsidR="00FE2085" w:rsidRPr="0073336E" w:rsidRDefault="0073336E" w:rsidP="0073336E">
+    <w:p w:rsidRPr="0073336E" w:rsidR="00FE2085" w:rsidP="0073336E" w:rsidRDefault="0073336E" w14:paraId="145A683C" w14:textId="62CECA7E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0073336E">
         <w:t xml:space="preserve">DT Lungemboli med buk (838207A &amp; </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0073336E">
         <w:t>840800</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0073336E">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5D9345" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6B5D9345" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FE7B739" w14:textId="147E34DC" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="0073336E" w:rsidP="0073336E">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="0073336E" w:rsidRDefault="0073336E" w14:paraId="7FE7B739" w14:textId="147E34DC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2085" w:rsidRPr="00FE2085">
+      <w:r w:rsidRPr="00FE2085" w:rsidR="00FE2085">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sedan föregående</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2085" w:rsidRPr="00FE2085">
+      <w:r w:rsidRPr="00FE2085" w:rsidR="00FE2085">
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="776CFAF7" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="776CFAF7" w14:textId="4FE05C1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE2085">
+      <w:r w:rsidRPr="14F930E4" w:rsidR="00FE2085">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Inga förändringar vid denna revidering.</w:t>
+        <w:t>Inga förändringar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="14F930E4" w:rsidR="4A760E89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE4E046" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2AE4E046" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="297CB1BA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="0073336E">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="0073336E" w:rsidRDefault="00FE2085" w14:paraId="297CB1BA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE2085">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBAED4F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2FBAED4F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2085">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312EC724" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="312EC724" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A9A88F1" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="0073336E">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="0073336E" w:rsidRDefault="00FE2085" w14:paraId="6A9A88F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE2085">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="2CC2728E" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="2CC2728E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45846FB9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="45846FB9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="04BEF4D0" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="04BEF4D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungemboli med samtidig undersökning av buken. Undersökningen är optimerad för diagnostik av lungemboli i första hand.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="11E13AB0" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="11E13AB0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB184C2" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3AB184C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="473ED1C8" w14:textId="30027D39" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00A42C7D" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00A42C7D" w14:paraId="473ED1C8" w14:textId="30027D39">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId17">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00FE2085" w:rsidRPr="00FE2085">
+              <w:r w:rsidRPr="00FE2085" w:rsidR="00FE2085">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00FE2085" w:rsidRPr="00FE2085">
+            <w:r w:rsidRPr="00FE2085" w:rsidR="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5002AE30" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5002AE30" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="29DC6825" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="29DC6825" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08951DD9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="08951DD9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA6D23D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5BA6D23D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ingen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="2688BBDF" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="2688BBDF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07942232" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="07942232" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58F087F8" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="58F087F8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Beroende på patientens ålder:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E9D0A97" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1E9D0A97" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Under 40 år: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
@@ -583,51 +591,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 350 mg I/ml enligt </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OmniJect</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ”Lungemboli under 40 år”.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09AC0000" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="09AC0000" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Över 40 år: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
@@ -645,461 +653,460 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 350 mg I/ml enligt </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OmniJect</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ”Lungemboli över 40 år”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="1160FA8D" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="1160FA8D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="669C1281" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="669C1281" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C7EDD6C" w14:textId="5E5890C2" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0C7EDD6C" w14:textId="5E5890C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor mellan </w:t>
             </w:r>
-            <w:r w:rsidR="00A42C7D" w:rsidRPr="00FE2085">
+            <w:r w:rsidRPr="00FE2085" w:rsidR="00A42C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15–50</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A0123B1" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7A0123B1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">För övriga strålskyddsregler se kapitel 4.2 och 5.2 i </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18C324A1" w14:textId="7B5197BF" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00A42C7D" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00A42C7D" w14:paraId="18C324A1" w14:textId="7B5197BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00FE2085" w:rsidRPr="00FE2085">
+            <w:hyperlink w:history="1" r:id="rId18">
+              <w:r w:rsidRPr="00FE2085" w:rsidR="00FE2085">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="225EE979" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="225EE979" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5078A054" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5078A054" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3EAB9DB1" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3EAB9DB1" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58CD6DB6" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="58CD6DB6" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fötterna mot </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>gantryt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BF6B3DC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5BF6B3DC" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E2F85AC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2E2F85AC" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EE67C1C" w14:textId="77777777" w:rsidR="0073336E" w:rsidRDefault="0073336E">
+    <w:p w:rsidR="0073336E" w:rsidRDefault="0073336E" w14:paraId="4EE67C1C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7027F298" w14:textId="50B8717C" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="0073336E">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="0073336E" w:rsidRDefault="00FE2085" w14:paraId="7027F298" w14:textId="50B8717C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE2085">
-        <w:lastRenderedPageBreak/>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="4566"/>
         <w:gridCol w:w="2522"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="3EFAFD8A" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="3EFAFD8A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6516" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4792ACA0" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4792ACA0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E54C5D3" wp14:editId="75360B23">
                   <wp:extent cx="4037991" cy="809625"/>
                   <wp:effectExtent l="0" t="0" r="38735" b="0"/>
                   <wp:docPr id="23" name="Diagram 23"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2522" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60F55642" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="60F55642" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3556359A" wp14:editId="47532066">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>17780</wp:posOffset>
                       </wp:positionH>
@@ -1129,162 +1136,162 @@
                                   <a:srgbClr val="C00000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="13D62963" id="Rektangel 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.4pt;margin-top:67pt;width:114.3pt;height:110.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDH9tduMAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L0m2dIsQYYVA9IJ2&#10;kXarPQ+OQyL5q2NDoL++YyfAdttTVQ5m7Bm/8bx5k9nDSSt2lOhba0pejHLOpBG2as2+5N9f1p8m&#10;nPkApgJljSz5WXr+MP/4Yda5qbyzjVWVREYgxk87V/ImBDfNMi8aqcGPrJOGnLVFDYG2uM8qhI7Q&#10;tcru8vw+6yxWDq2Q3tPpqnfyecKvaynCU117GZgqOb0tpBXTuotrNp/BdI/gmlYMz4B/eIWG1lDS&#10;K9QKArADtn9A6Vag9bYOI2F1Zuu6FTLVQNUU+btqnhtwMtVC5Hh3pcn/P1jxeHx2WyQaOuennsxY&#10;xalGHf/pfeyUyDpfyZKnwAQdFuMvxX1BnAryFeM8/zoeRzqz23WHPnyTVrNolBypG4kkOG586EMv&#10;ITGbsetWqdQRZVhX8s+TIo8JgIRRKwhkaleV3Js9Z6D2pDgRMEF6q9oqXo9AHve7pUJ2BOr6Mo+/&#10;4WW/hcXcK/BNH5dcvR50G0iUqtUln7y9rUxEl0lWQwU31qK1s9V5iwxtrzPvxLqlJBvwYQtIwqJq&#10;aFjCEy21slSiHSzOGos//3Ye46nf5OWsI6FS+T8OgJIzc9BLSxUWNGJOJJPwMaiLWaPVrzQfi4hA&#10;LjCCcHrShs0y9MNAEybkYpHCSJkOwsY8OxHBY82RqpfTK6AbehlIBo/2IlCYvmtpH0tiuLEybEjH&#10;SSPDzMVBebtPUbcvw/wXAAAA//8DAFBLAwQUAAYACAAAACEAInXyGd4AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPUU+DQBCE3038D5c18c0eBWoMcjREMTExsZH2B1xhBSK3R7hti//e9UkfZ2cz&#10;802+XdyozjiHwZOB9SoChdT4dqDOwGH/cvcAKrCl1o6e0MA3BtgW11e5zVp/oQ8819wpCaGQWQM9&#10;85RpHZoenQ0rPyGJ9+lnZ1nk3Ol2thcJd6OOo+heOzuQNPR2wqcem6/65AzsK26q8rA8x9WbfmUs&#10;3/WuRmNub5byERTjwn/P8Isv6FAI09GfqA1qNBALOMs5SWWS+HGyTkEdDSSbdAO6yPX/BcUPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMf2124wAgAAYQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACJ18hneAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;igQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" filled="f" strokecolor="#c00000" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="502D76DB">
+                    <v:rect id="Rektangel 20" style="position:absolute;margin-left:1.4pt;margin-top:67pt;width:114.3pt;height:110.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#c00000" strokeweight="3pt" w14:anchorId="13D62963" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDH9tduMAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L0m2dIsQYYVA9IJ2&#10;kXarPQ+OQyL5q2NDoL++YyfAdttTVQ5m7Bm/8bx5k9nDSSt2lOhba0pejHLOpBG2as2+5N9f1p8m&#10;nPkApgJljSz5WXr+MP/4Yda5qbyzjVWVREYgxk87V/ImBDfNMi8aqcGPrJOGnLVFDYG2uM8qhI7Q&#10;tcru8vw+6yxWDq2Q3tPpqnfyecKvaynCU117GZgqOb0tpBXTuotrNp/BdI/gmlYMz4B/eIWG1lDS&#10;K9QKArADtn9A6Vag9bYOI2F1Zuu6FTLVQNUU+btqnhtwMtVC5Hh3pcn/P1jxeHx2WyQaOuennsxY&#10;xalGHf/pfeyUyDpfyZKnwAQdFuMvxX1BnAryFeM8/zoeRzqz23WHPnyTVrNolBypG4kkOG586EMv&#10;ITGbsetWqdQRZVhX8s+TIo8JgIRRKwhkaleV3Js9Z6D2pDgRMEF6q9oqXo9AHve7pUJ2BOr6Mo+/&#10;4WW/hcXcK/BNH5dcvR50G0iUqtUln7y9rUxEl0lWQwU31qK1s9V5iwxtrzPvxLqlJBvwYQtIwqJq&#10;aFjCEy21slSiHSzOGos//3Ye46nf5OWsI6FS+T8OgJIzc9BLSxUWNGJOJJPwMaiLWaPVrzQfi4hA&#10;LjCCcHrShs0y9MNAEybkYpHCSJkOwsY8OxHBY82RqpfTK6AbehlIBo/2IlCYvmtpH0tiuLEybEjH&#10;SSPDzMVBebtPUbcvw/wXAAAA//8DAFBLAwQUAAYACAAAACEAInXyGd4AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPUU+DQBCE3038D5c18c0eBWoMcjREMTExsZH2B1xhBSK3R7hti//e9UkfZ2cz&#10;802+XdyozjiHwZOB9SoChdT4dqDOwGH/cvcAKrCl1o6e0MA3BtgW11e5zVp/oQ8819wpCaGQWQM9&#10;85RpHZoenQ0rPyGJ9+lnZ1nk3Ol2thcJd6OOo+heOzuQNPR2wqcem6/65AzsK26q8rA8x9WbfmUs&#10;3/WuRmNub5byERTjwn/P8Isv6FAI09GfqA1qNBALOMs5SWWS+HGyTkEdDSSbdAO6yPX/BcUPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMf2124wAgAAYQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACJ18hneAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;igQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B0EBF85" wp14:editId="5FD642AE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>760095</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>833120</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1393825"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Pil: uppåt 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1393825"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="5FF3218C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="0066567D" w:rsidRDefault="00FE2085" w:rsidP="00A42C7D">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00FE2085" w:rsidP="00A42C7D" w:rsidRDefault="00FE2085" w14:paraId="5FF3218C" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>2</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shapetype w14:anchorId="5B0EBF85" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
+                  <w:pict w14:anchorId="479E3A7B">
+                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="5B0EBF85">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
+                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Pil: uppåt 16" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:59.85pt;margin-top:65.6pt;width:32.3pt;height:109.75pt;rotation:180;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxPRqPVgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nW5cFdYogRYcB&#10;QVugHXpWZNkWoK9RSuzs14+SnCbrdhqWg0BK5CP5/Jjrm1ErshfgpTU1rS5KSoThtpGmq+n357sP&#10;c0p8YKZhyhpR04Pw9Gb5/t314BZiZnurGgEEQYxfDK6mfQhuURSe90Izf2GdMPjYWtAsoAtd0QAb&#10;EF2rYlaWV8VgoXFgufAeb2/zI10m/LYVPDy0rReBqJpibyGdkM5tPIvlNVt0wFwv+dQG+4cuNJMG&#10;i75C3bLAyA7kH1BacrDetuGCW13YtpVcpBlwmqp8M81Tz5xIsyA53r3S5P8fLL/fP7lHQBoG5xce&#10;zTjF2IImYJGtqpyX8ZeGw3bJmLg7vHInxkA4Xn6sylmFDHN8qi6/XM5nnyK5RQaLoA58+CqsJtGo&#10;6c6tAOyQgNl+40OOPkbFDG+VbO6kUsmBbrtWQPYMP+U6N5VTfgtThgzYwewz9kw4Q0m1igU0tWtq&#10;6k1HCVMdapUHSLWNjRUQKXd4y3yfayTYLBAtA6pUSV3TiY5cWZmYJpLOpglONEYrjNsRQ6O5tc3h&#10;ETKr2Jp3/E4iERvmwyMDFB1e4iKFBzxaZXEIO1mU9BZ+/u0+xqMW8JWSAUWMA/7YMRCUqG8GVXJ5&#10;FT8dCecOnDvbc8fs9NoiuVXqLpmYDEEdzRasfsF9W8Wq+MQMx9qZyslZh7xcuLFcrFYpbOdAdj2m&#10;IDCq3rGwMU+OR//I+vP4wsBNygioqXt7FD9bvFFHjkVpnVidHNyRpLhpn+MSnvsp6vSvs/wFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDEGfdv4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLO0KbJSm04TEBU7rhoBb1mRNoXGqJGs7nh7vBDf/8qffn4vVZDs2aB9ahwLSWQJMY+1U&#10;i42A3fb5ZgksRIlKdg61gJMOsCovLwqZKzfiRg9VbBiVYMilABNjn3MeaqOtDDPXa6TdwXkrI0Xf&#10;cOXlSOW24/MkuedWtkgXjOz1k9H1d3W0Arabn8p/vQ6nT/P+8vaxa9Y8HEYhrq+m9SOwqKf4B8NZ&#10;n9ShJKe9O6IKrKOcPiwIpSFL58DOxPI2A7YXkN0lC+Blwf//UP4CAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAMT0aj1YCAAC9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAxBn3b+EAAAALAQAADwAAAAAAAAAAAAAAAACwBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAL4FAAAAAA==&#10;" adj="3178" fillcolor="#c00000" stroked="f" strokeweight="1pt">
+                    <v:shape id="Pil: uppåt 16" style="position:absolute;left:0;text-align:left;margin-left:59.85pt;margin-top:65.6pt;width:32.3pt;height:109.75pt;rotation:180;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#c00000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="3178" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxPRqPVgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nW5cFdYogRYcB&#10;QVugHXpWZNkWoK9RSuzs14+SnCbrdhqWg0BK5CP5/Jjrm1ErshfgpTU1rS5KSoThtpGmq+n357sP&#10;c0p8YKZhyhpR04Pw9Gb5/t314BZiZnurGgEEQYxfDK6mfQhuURSe90Izf2GdMPjYWtAsoAtd0QAb&#10;EF2rYlaWV8VgoXFgufAeb2/zI10m/LYVPDy0rReBqJpibyGdkM5tPIvlNVt0wFwv+dQG+4cuNJMG&#10;i75C3bLAyA7kH1BacrDetuGCW13YtpVcpBlwmqp8M81Tz5xIsyA53r3S5P8fLL/fP7lHQBoG5xce&#10;zTjF2IImYJGtqpyX8ZeGw3bJmLg7vHInxkA4Xn6sylmFDHN8qi6/XM5nnyK5RQaLoA58+CqsJtGo&#10;6c6tAOyQgNl+40OOPkbFDG+VbO6kUsmBbrtWQPYMP+U6N5VTfgtThgzYwewz9kw4Q0m1igU0tWtq&#10;6k1HCVMdapUHSLWNjRUQKXd4y3yfayTYLBAtA6pUSV3TiY5cWZmYJpLOpglONEYrjNsRQ6O5tc3h&#10;ETKr2Jp3/E4iERvmwyMDFB1e4iKFBzxaZXEIO1mU9BZ+/u0+xqMW8JWSAUWMA/7YMRCUqG8GVXJ5&#10;FT8dCecOnDvbc8fs9NoiuVXqLpmYDEEdzRasfsF9W8Wq+MQMx9qZyslZh7xcuLFcrFYpbOdAdj2m&#10;IDCq3rGwMU+OR//I+vP4wsBNygioqXt7FD9bvFFHjkVpnVidHNyRpLhpn+MSnvsp6vSvs/wFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDEGfdv4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLO0KbJSm04TEBU7rhoBb1mRNoXGqJGs7nh7vBDf/8qffn4vVZDs2aB9ahwLSWQJMY+1U&#10;i42A3fb5ZgksRIlKdg61gJMOsCovLwqZKzfiRg9VbBiVYMilABNjn3MeaqOtDDPXa6TdwXkrI0Xf&#10;cOXlSOW24/MkuedWtkgXjOz1k9H1d3W0Arabn8p/vQ6nT/P+8vaxa9Y8HEYhrq+m9SOwqKf4B8NZ&#10;n9ShJKe9O6IKrKOcPiwIpSFL58DOxPI2A7YXkN0lC+Blwf//UP4CAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAMT0aj1YCAAC9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAxBn3b+EAAAALAQAADwAAAAAAAAAAAAAAAACwBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAL4FAAAAAA==&#10;">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="5FF3218C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="0066567D" w:rsidRDefault="00FE2085" w:rsidP="00A42C7D">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00FE2085" w:rsidP="00A42C7D" w:rsidRDefault="00FE2085" w14:paraId="18F999B5" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -1314,129 +1321,129 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="876935"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="750279F5" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00A42C7D">
+                                <w:p w:rsidR="00FE2085" w:rsidP="00A42C7D" w:rsidRDefault="00FE2085" w14:paraId="750279F5" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w14:paraId="7B0DA04A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="0066567D" w:rsidRDefault="00FE2085" w:rsidP="00A42C7D">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00FE2085" w:rsidP="00A42C7D" w:rsidRDefault="00FE2085" w14:paraId="7B0DA04A" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="39C90698" id="Pil: uppåt 1" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:23.25pt;margin-top:11.05pt;width:32.3pt;height:69.05pt;rotation:180;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcHHjDWwIAAMMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nW9sFdYogQYYB&#10;RRugHXpWZNkWoK9RSuzu14+SnDbtdhqWg0BK5CP5/Jjrm1ErchDgpTU1rc5KSoThtpGmq+mPx82n&#10;K0p8YKZhyhpR02fh6c3i44frwc3FzPZWNQIIghg/H1xN+xDcvCg874Vm/sw6YfCxtaBZQBe6ogE2&#10;ILpWxawsL4rBQuPAcuE93q7zI10k/LYVPNy3rReBqJpibyGdkM5dPIvFNZt3wFwv+dQG+4cuNJMG&#10;i75ArVlgZA/yDygtOVhv23DGrS5s20ou0gw4TVW+m+ahZ06kWZAc715o8v8Plt8dHtwWkIbB+blH&#10;M04xtqAJWGSrKq/K+EvDYbtkTNw9v3AnxkA4Xn6uylmFDHN8urq8+Hr+JXJbZKyI6cCHb8JqEo2a&#10;7t0SwA4Jlx1ufcjRx6iY4a2SzUYqlRzodisF5MDwS242qaec8iZMGTJg17NLbJlwhopqFQtoatfU&#10;1JuOEqY6lCoPkGobGysgUu5wzXyfayTYrA8tA4pUSY2jZTZyZWVimkgymyZ4ZTFaYdyNRGLhKgLF&#10;m51tnreQucUOveMbiXzcMh+2DFB6eInrFO7xaJXFWexkUdJb+PW3+xiPisBXSgaUMs75c89AUKK+&#10;G9TK+UX8gCScOnDq7E4ds9crixxXqbtkYjIEdTRbsPoJt24Zq+ITMxxrZ0YnZxXyiuHecrFcprC9&#10;A9n1mILAqH3Hwq15cDz6R/IfxycGbhJIQGXd2eMKsPk7keRYVNgrq5ODm5KEN211XMVTP0W9/vcs&#10;fgMAAP//AwBQSwMEFAAGAAgAAAAhALWAb0zdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;wzAMhe9I/IfISFwQS1dt3VaaTqgSxwptwD1rTFu1caok28q/xzuBT7be0/P3iv1sR3FBH3pHCpaL&#10;BARS40xPrYLPj7fnLYgQNRk9OkIFPxhgX97fFTo37koHvBxjKziEQq4VdDFOuZSh6dDqsHATEmvf&#10;zlsd+fStNF5fOdyOMk2STFrdE3/o9IRVh81wPFsF736zqVZx/qrqQz08+X43zOtaqceH+fUFRMQ5&#10;/pnhhs/oUDLTyZ3JBDEqWGVrdipI0yWIm84D4sRLlqQgy0L+b1D+AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJwceMNbAgAAwwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALWAb0zdAAAACQEAAA8AAAAAAAAAAAAAAAAAtQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" adj="5052" fillcolor="red" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="3FA2C6BA">
+                    <v:shape id="Pil: uppåt 1" style="position:absolute;left:0;text-align:left;margin-left:23.25pt;margin-top:11.05pt;width:32.3pt;height:69.05pt;rotation:180;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="5052" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcHHjDWwIAAMMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nW9sFdYogQYYB&#10;RRugHXpWZNkWoK9RSuzu14+SnDbtdhqWg0BK5CP5/Jjrm1ErchDgpTU1rc5KSoThtpGmq+mPx82n&#10;K0p8YKZhyhpR02fh6c3i44frwc3FzPZWNQIIghg/H1xN+xDcvCg874Vm/sw6YfCxtaBZQBe6ogE2&#10;ILpWxawsL4rBQuPAcuE93q7zI10k/LYVPNy3rReBqJpibyGdkM5dPIvFNZt3wFwv+dQG+4cuNJMG&#10;i75ArVlgZA/yDygtOVhv23DGrS5s20ou0gw4TVW+m+ahZ06kWZAc715o8v8Plt8dHtwWkIbB+blH&#10;M04xtqAJWGSrKq/K+EvDYbtkTNw9v3AnxkA4Xn6uylmFDHN8urq8+Hr+JXJbZKyI6cCHb8JqEo2a&#10;7t0SwA4Jlx1ufcjRx6iY4a2SzUYqlRzodisF5MDwS242qaec8iZMGTJg17NLbJlwhopqFQtoatfU&#10;1JuOEqY6lCoPkGobGysgUu5wzXyfayTYrA8tA4pUSY2jZTZyZWVimkgymyZ4ZTFaYdyNRGLhKgLF&#10;m51tnreQucUOveMbiXzcMh+2DFB6eInrFO7xaJXFWexkUdJb+PW3+xiPisBXSgaUMs75c89AUKK+&#10;G9TK+UX8gCScOnDq7E4ds9crixxXqbtkYjIEdTRbsPoJt24Zq+ITMxxrZ0YnZxXyiuHecrFcprC9&#10;A9n1mILAqH3Hwq15cDz6R/IfxycGbhJIQGXd2eMKsPk7keRYVNgrq5ODm5KEN211XMVTP0W9/vcs&#10;fgMAAP//AwBQSwMEFAAGAAgAAAAhALWAb0zdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;wzAMhe9I/IfISFwQS1dt3VaaTqgSxwptwD1rTFu1caok28q/xzuBT7be0/P3iv1sR3FBH3pHCpaL&#10;BARS40xPrYLPj7fnLYgQNRk9OkIFPxhgX97fFTo37koHvBxjKziEQq4VdDFOuZSh6dDqsHATEmvf&#10;zlsd+fStNF5fOdyOMk2STFrdE3/o9IRVh81wPFsF736zqVZx/qrqQz08+X43zOtaqceH+fUFRMQ5&#10;/pnhhs/oUDLTyZ3JBDEqWGVrdipI0yWIm84D4sRLlqQgy0L+b1D+AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJwceMNbAgAAwwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALWAb0zdAAAACQEAAA8AAAAAAAAAAAAAAAAAtQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" w14:anchorId="39C90698">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="750279F5" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00A42C7D">
+                          <w:p w:rsidR="00FE2085" w:rsidP="00A42C7D" w:rsidRDefault="00FE2085" w14:paraId="649841BE" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7B0DA04A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="0066567D" w:rsidRDefault="00FE2085" w:rsidP="00A42C7D">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00FE2085" w:rsidP="00A42C7D" w:rsidRDefault="00FE2085" w14:paraId="672A6659" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
@@ -1472,230 +1479,230 @@
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="297522D1" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.4pt;margin-top:10.8pt;width:114.75pt;height:69.9pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsiaF1MgIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwlst1BEWCEQvaDd&#10;ldhqz4PjkEj+6tgQ6K/v2Amw3fZUlYMZe8bP82beZPZw0oodJfrGmoIPBzln0ghbNmZf8O8v608T&#10;znwAU4KyRhb8LD1/mH/8MGvdVI5sbVUpkRGI8dPWFbwOwU2zzItaavAD66QhZ2VRQ6At7rMSoSV0&#10;rbJRnn/JWoulQyuk93S66px8nvCrSorwVFVeBqYKTrmFtGJad3HN5jOY7hFc3Yg+DfiHLDQ0hh69&#10;Qq0gADtg8weUbgRab6swEFZntqoaIRMHYjPM37HZ1uBk4kLF8e5aJv//YMXjceuekcrQOj/1ZEYW&#10;pwp1/Kf82CkV63wtljwFJuhw+Pl+fDe650yQbzIZfx2PYjWz222HPnyTVrNoFBypGalGcNz40IVe&#10;QuJjxq4bpVJDlGFtwe8mw5x6JoB0USkIZGpXFtybPWeg9iQ4ETBBequaMl6PQB73u6VCdgRq+nqd&#10;06/P7Lew+PYKfN3FJVcnB90E0qRqNPGKly+3lYnoMqmqZ3ArWrR2tjw/I0Pbycw7sW7okQ348AxI&#10;uiI2NCvhiZZKWaJoe4uz2uLPv53HeGo3eTlrSadE/8cBUHJmDnppieGQJsyJZBI+BnUxK7T6lcZj&#10;ERHIBUYQTle0frMM3SzQgAm5WKQwEqaDsDFbJyJ45BxL9XJ6BXR9LwOp4NFe9AnTdy3tYkkMt6r0&#10;G5Jx0kg/cnFO3u5T1O3DMP8FAAD//wMAUEsDBBQABgAIAAAAIQByKfMu3QAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3WRbosZsiggqemu09DpNxiRk/4Tstonf3vGkp8fw&#10;Hu/9ptgu1ogzTaH3TkO6SkCQq33Tu1bD58fzzR2IENE1aLwjDd8UYFteXhSYN352OzpXsRVc4kKO&#10;GroYx1zKUHdkMaz8SI69Lz9ZjHxOrWwmnLncGqmSJJMWe8cLHY701FE9VCer4W1Wpj+0+P5aDdV+&#10;8JuX9Pbean19tTw+gIi0xL8w/OIzOpTMdPQn1wRhNCgGjyxpBoJttVZrEEfOZekGZFnI/w+UPwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsiaF1MgIAAGAEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQByKfMu3QAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="4FB35E6C">
+                    <v:rect id="Rektangel 11" style="position:absolute;margin-left:1.4pt;margin-top:10.8pt;width:114.75pt;height:69.9pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="297522D1" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsiaF1MgIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8Lwlst1BEWCEQvaDd&#10;ldhqz4PjkEj+6tgQ6K/v2Amw3fZUlYMZe8bP82beZPZw0oodJfrGmoIPBzln0ghbNmZf8O8v608T&#10;znwAU4KyRhb8LD1/mH/8MGvdVI5sbVUpkRGI8dPWFbwOwU2zzItaavAD66QhZ2VRQ6At7rMSoSV0&#10;rbJRnn/JWoulQyuk93S66px8nvCrSorwVFVeBqYKTrmFtGJad3HN5jOY7hFc3Yg+DfiHLDQ0hh69&#10;Qq0gADtg8weUbgRab6swEFZntqoaIRMHYjPM37HZ1uBk4kLF8e5aJv//YMXjceuekcrQOj/1ZEYW&#10;pwp1/Kf82CkV63wtljwFJuhw+Pl+fDe650yQbzIZfx2PYjWz222HPnyTVrNoFBypGalGcNz40IVe&#10;QuJjxq4bpVJDlGFtwe8mw5x6JoB0USkIZGpXFtybPWeg9iQ4ETBBequaMl6PQB73u6VCdgRq+nqd&#10;06/P7Lew+PYKfN3FJVcnB90E0qRqNPGKly+3lYnoMqmqZ3ArWrR2tjw/I0Pbycw7sW7okQ348AxI&#10;uiI2NCvhiZZKWaJoe4uz2uLPv53HeGo3eTlrSadE/8cBUHJmDnppieGQJsyJZBI+BnUxK7T6lcZj&#10;ERHIBUYQTle0frMM3SzQgAm5WKQwEqaDsDFbJyJ45BxL9XJ6BXR9LwOp4NFe9AnTdy3tYkkMt6r0&#10;G5Jx0kg/cnFO3u5T1O3DMP8FAAD//wMAUEsDBBQABgAIAAAAIQByKfMu3QAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3WRbosZsiggqemu09DpNxiRk/4Tstonf3vGkp8fw&#10;Hu/9ptgu1ogzTaH3TkO6SkCQq33Tu1bD58fzzR2IENE1aLwjDd8UYFteXhSYN352OzpXsRVc4kKO&#10;GroYx1zKUHdkMaz8SI69Lz9ZjHxOrWwmnLncGqmSJJMWe8cLHY701FE9VCer4W1Wpj+0+P5aDdV+&#10;8JuX9Pbean19tTw+gIi0xL8w/OIzOpTMdPQn1wRhNCgGjyxpBoJttVZrEEfOZekGZFnI/w+UPwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsiaF1MgIAAGAEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQByKfMu3QAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28F71967" wp14:editId="2A96436F">
                   <wp:extent cx="1470091" cy="2422861"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Bildobjekt 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1379901061" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1487209" cy="2451073"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="19A054E4" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="19A054E4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDD6FA0" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3DDD6FA0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73101474" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="73101474" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2522" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AEDA358" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4AEDA358" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="5FFDF795" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="5FFDF795" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="36E57436" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="36E57436" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA81D1A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1BA81D1A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jugulum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1704,108 +1711,108 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>trochanter</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2522" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B712DFD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1B712DFD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="5CB9C06D" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="5CB9C06D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2D100392" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2D100392" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premonitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5A65B5DB" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5A65B5DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ROI i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>truncus</w:t>
@@ -1822,6695 +1829,6694 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pulmonalis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, tröskelvärde 150 HU (GE och Toshiba), 120 HU (Siemens).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2522" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFE66C8" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0AFE66C8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="00A832A0" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="00A832A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5D17F129" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5D17F129" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax K+ artärfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8B8A62" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7A8B8A62" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jugulum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – lungbaser.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5648BF4C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5648BF4C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas lugnt och göra andningsuppehåll mellan inspiration och exspiration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2522" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3FDF9D74" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3FDF9D74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="479D6692" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="479D6692" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAAE28A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4FAAE28A" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Buk K+ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>venfas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="69C1ADBC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="69C1ADBC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diafragma – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>trochanter</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4632F64A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4632F64A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2522" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1F4B6D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2C1F4B6D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="15640185" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="15640185" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6516" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7C74BDEF" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
-[...10 lines deleted...]
-          <w:p w14:paraId="25A7844B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7C74BDEF" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="25A7844B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Efter scanning </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>reformateras</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> serierna som vanligt och läggs på var sitt kort.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="268AFE80" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="268AFE80" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2522" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3D523264" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3D523264" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="389B00F7" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="389B00F7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D80DFAB" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2D80DFAB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44117817" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="0073336E">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="0073336E" w:rsidRDefault="00FE2085" w14:paraId="44117817" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE2085">
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="0A699248" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="0A699248" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D38E371" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6D38E371" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7A6521" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3A7A6521" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04867F3B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="04867F3B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36CB9E8D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="36CB9E8D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="3C8E4FD4" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3C8E4FD4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A99523B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3A99523B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26F46F96" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="26F46F96" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="07C1EE0A" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="07C1EE0A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1D7DE5" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0F1D7DE5" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax K+ artärfas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79737455" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="79737455" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D42DF48" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5D42DF48" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="697CB77A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="697CB77A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7097B9DB" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7097B9DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="0EDDA21A" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="0EDDA21A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35D5A344" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="35D5A344" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lungor K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE532EE" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5FE532EE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76DFBC62" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="76DFBC62" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="004AF956" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="004AF956" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B75/Lung/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="574C03ED" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="574C03ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3F70F8" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1A3F70F8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="7293ED4F" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="7293ED4F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67A08846" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="67A08846" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1498D48D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1498D48D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="461EE702" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="461EE702" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A912400" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2A912400" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B75/Lung/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1ED989" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1D1ED989" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="438C25D3" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="438C25D3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="0EA5ECBB" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="0EA5ECBB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3003F1DA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3003F1DA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Lungartärer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2261FF4E" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2261FF4E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="248C1546" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="248C1546" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D18F247" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2D18F247" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31134B16" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="31134B16" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3454CC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4C3454CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="0B79AD85" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="0B79AD85" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E777483" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0E777483" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17BD905F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="17BD905F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E584AA0" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5E584AA0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C33CC37" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7C33CC37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2E4FFE" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6A2E4FFE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DBFA06A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0DBFA06A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="6EB65E8C" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="6EB65E8C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560284D5" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="560284D5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39AEBE17" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="39AEBE17" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBF429B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7FBF429B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="676B34BC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="676B34BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16D2F707" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="16D2F707" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365B7C25" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="365B7C25" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="1A8DD18A" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="1A8DD18A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65560928" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="65560928" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30AA3DBE" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="30AA3DBE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0F5F51" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0E0F5F51" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC8703A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7EC8703A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A865E0C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6A865E0C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD2F1AA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3FD2F1AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="2E140B6A" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="2E140B6A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAC593F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4DAC593F" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Buk K+ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>venfas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67E8B5FA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="67E8B5FA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="659A2DD5" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="659A2DD5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66DD2170" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="66DD2170" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C58B674" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4C58B674" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="025C6825" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="025C6825" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="5288E737" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="5288E737" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5206AF49" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5206AF49" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="657F62D4" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="657F62D4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62FF3AA7" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="62FF3AA7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7479F820" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7479F820" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0630CD34" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0630CD34" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="193CF4D2" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="193CF4D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="6371216A" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="6371216A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="691B1B65" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="691B1B65" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF6D98B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4FF6D98B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0479E5" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4C0479E5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62C51C35" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="62C51C35" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ED80B2D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3ED80B2D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="013182BC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="013182BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="211B0196" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="211B0196" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="061BC56A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="061BC56A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="727133A5" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="727133A5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD72D5C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7BD72D5C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08F41C55" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="08F41C55" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17EFB0BD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="17EFB0BD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="615BFD8D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="615BFD8D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="7BA5F66B" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="7BA5F66B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24189888" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="24189888" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA0665B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5EA0665B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A839FCD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4A839FCD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36966725" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="36966725" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42FFD0F4" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="42FFD0F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B000AA9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6B000AA9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="7E89137E" w14:textId="77777777" w:rsidTr="00C44346">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00C44346" w14:paraId="7E89137E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28EB5EFC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="28EB5EFC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68A7A39D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="68A7A39D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023CB57A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="023CB57A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E0AAAF6" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6E0AAAF6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4D8E91" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2A4D8E91" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C630A24" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7C630A24" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6BBDB1E5" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6BBDB1E5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35C88022" w14:textId="77777777" w:rsidR="00A42C7D" w:rsidRDefault="00A42C7D">
+    <w:p w:rsidR="00A42C7D" w:rsidRDefault="00A42C7D" w14:paraId="35C88022" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675E9866" w14:textId="2BE2C5BC" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="0073336E">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="0073336E" w:rsidRDefault="00FE2085" w14:paraId="675E9866" w14:textId="2BE2C5BC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE2085">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Hängning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE2085">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2085">
         <w:t>PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="3D25C6BC" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="3D25C6BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="330964C9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="330964C9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6C43CC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0A6C43CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7671953D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7671953D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7744D6" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7E7744D6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4098B35D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4098B35D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="30F7AC00" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="30F7AC00" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D45ECDE" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6D45ECDE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E9CE0EF" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2E9CE0EF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="536DF409" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="536DF409" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C37D47D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3C37D47D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungartärer K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44DF835F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="44DF835F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4DBFA3AF" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4DBFA3AF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF7580D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4BF7580D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungartärer K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AF9BEA4" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6AF9BEA4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A138434" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0A138434" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungartärer K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29C384A7" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="29C384A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC4B244" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4CC4B244" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="075EF1A2" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="075EF1A2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="288E58EA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="288E58EA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="77F5C579" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="77F5C579" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA5A334" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2AA5A334" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F72B944" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2F72B944" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3A2218" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5F3A2218" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="543ADBFE" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="543ADBFE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="711680FA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="711680FA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="2B7CA492" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="2B7CA492" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60687C3C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="60687C3C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="23730654" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="23730654" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC69A03" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0EC69A03" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="740F223A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="740F223A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="03A113AB" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="03A113AB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="557C3FB1" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="557C3FB1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA44876" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1AA44876" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="6BB512E0" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="6BB512E0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C23660" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="67C23660" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="20ACE9B4" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="20ACE9B4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="248E564A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="248E564A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="03911BB2" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="03911BB2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="70E021BA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="70E021BA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="617AC0E6" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="617AC0E6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4719C9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3D4719C9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="42C75098" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="42C75098" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA219EE" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1CA219EE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11C9915C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="11C9915C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CDA3E5A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7CDA3E5A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5B96EAEB" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5B96EAEB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47BF2CB0" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="47BF2CB0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C222452" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0C222452" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="14D8231A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="14D8231A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="61EFC1D6" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="61EFC1D6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="736BC13D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="736BC13D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="07E14231" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="07E14231" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="67B4FD2F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="67B4FD2F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2561D46F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2561D46F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="351F706E" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="351F706E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1228F817" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1228F817" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="48C252D0" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="48C252D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="36FBA2CC" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="36FBA2CC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45EC2B7F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="45EC2B7F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="104D918A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="104D918A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD50BEA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0AD50BEA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A36CD00" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2A36CD00" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="13634D4C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="13634D4C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="63991D58" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="63991D58" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0407B6C7" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0407B6C7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="62404FF2" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="62404FF2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA12FEB" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6EA12FEB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="38B832F9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="38B832F9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0D8843D1" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0D8843D1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3F9E55BC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3F9E55BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="384BD89A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="384BD89A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="50C1547A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="50C1547A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="23D29F91" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="23D29F91" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="239B048A" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="239B048A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5847E1B0" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5847E1B0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="58A9F08E" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="58A9F08E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7E6CB4" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0A7E6CB4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F1CE532" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2F1CE532" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="029184A9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="029184A9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D09DE02" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0D09DE02" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="688C6A5A" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="688C6A5A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E969BDD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4E969BDD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="02E63C6A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="02E63C6A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="55A85ACA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="55A85ACA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="36AFDEA3" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="36AFDEA3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="13FCE93C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="13FCE93C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="0C77FA1F" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="0C77FA1F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD8EA71" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="6DD8EA71" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35A6D289" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="35A6D289" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BE79162" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5BE79162" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC13E9B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5DC13E9B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="598BB0A0" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="598BB0A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F03CEAD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5F03CEAD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="301CB9E9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="301CB9E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5914EB2C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5914EB2C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="128ED46C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="128ED46C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="51D44E6C" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="51D44E6C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71C3244A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="71C3244A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2085">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="66543174" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="66543174" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="46FA11AC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="46FA11AC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0284C7DC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0284C7DC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF3E444" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3AF3E444" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3988D807" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3988D807" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="7A0402EA" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="7A0402EA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58D162D2" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="58D162D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="73C8E71B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="73C8E71B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D56E852" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7D56E852" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1B9930" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0A1B9930" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD0829A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5FD0829A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2F48AD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5D2F48AD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="45737328" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="45737328" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06F0C4B2" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="06F0C4B2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5DB6938A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5DB6938A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4046FBC9" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4046FBC9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7E362203" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7E362203" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC3BEAD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7DC3BEAD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="59770123" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="59770123" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="575ADDE2" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="575ADDE2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79159E65" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="79159E65" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6A72DD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4D6A72DD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="07C570F7" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="07C570F7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8B5DB1" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3C8B5DB1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49961E5A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="49961E5A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1F172E60" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1F172E60" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="435F6733" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="435F6733" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53FF0C1B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="53FF0C1B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7A803BF3" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="7A803BF3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2488D8CF" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2488D8CF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="30F236AC" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="30F236AC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5728242C" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5728242C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0094F6" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3A0094F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="25F14949" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="25F14949" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E06F475" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3E06F475" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDCF9AE" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="2BDCF9AE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5763657F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5763657F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1B399873" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="1B399873" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9A290E" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0B9A290E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3425B72F" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3425B72F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="55D842E6" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="55D842E6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34954CBD" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="34954CBD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5EADB29E" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="5EADB29E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="48AA4DEF" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="48AA4DEF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="487CB14D" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="487CB14D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="72AAAAE4" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="72AAAAE4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="186AD774" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="186AD774" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE2085" w:rsidRPr="00FE2085" w14:paraId="2F4D4D5D" w14:textId="77777777" w:rsidTr="00FE2085">
+      <w:tr w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidTr="00FE2085" w14:paraId="2F4D4D5D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="648B4F83" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="648B4F83" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F764C40" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4F764C40" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0858102A" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="0858102A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3570D7BA" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="3570D7BA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4510C473" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+          <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="4510C473" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="439DBD9B" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="439DBD9B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="157FAE77" w14:textId="77777777" w:rsidR="00FE2085" w:rsidRPr="00FE2085" w:rsidRDefault="00FE2085" w:rsidP="00FE2085">
+    <w:p w:rsidRPr="00FE2085" w:rsidR="00FE2085" w:rsidP="00FE2085" w:rsidRDefault="00FE2085" w14:paraId="157FAE77" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00FE2085">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00FE2085">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E257A8C" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="3E257A8C" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78B8EF13" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="78B8EF13" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C929AD9" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="6C929AD9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8577,162 +8583,162 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -8767,311 +8773,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C8CA929" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="1C8CA929" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1ADF6D28" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="1ADF6D28" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1799785C" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="1799785C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="7BD6522F">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="1729E249">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1029" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -9107,899 +9113,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="77B6046A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="98E06174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10064,992 +10070,992 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB018CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBA80B4"/>
     <w:lvl w:ilvl="0" w:tplc="5352065C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6CAC9ABC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="CC0EAAFE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="81D428D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="346A0FD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0FC69A4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="7944A6DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="68CCCC4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="23D87BEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B384CA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98D0EACE"/>
     <w:lvl w:ilvl="0" w:tplc="C9E04BA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="93D86264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11112,486 +11118,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="879013B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="40F684DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0CFC7004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B91843D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="32DA43CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6442B3FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="C5B2BE7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="4476B3C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B7B089CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8CB0CB68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1493259810">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="592402600">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="678318057">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1143230189">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1526361457">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="565340309">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="229385919">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="149297716">
@@ -11624,70 +11630,71 @@
   <w:num w:numId="17" w16cid:durableId="2052260624">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="751583584">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2016110613">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1371955607">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="874082827">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1700544549">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="238250703">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -12071,190 +12078,192 @@
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF2F5E"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE2085"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="14F930E4"/>
+    <w:rsid w:val="4A760E89"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12279,75 +12288,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -12382,57 +12391,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -12490,700 +12499,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -13247,609 +13256,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -13858,94 +13867,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -13954,496 +13963,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -14510,51 +14519,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17947,75 +17956,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Lungemboli med buk (838207A &amp; 840800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>5</revision>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>