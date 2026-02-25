--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2FC71C23" w14:textId="77777777" w:rsidR="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00925BC4" w:rsidSect="00925BC4">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="562627E3" w14:textId="77777777" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00925BC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -303,148 +303,140 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0ADDB3DB" w14:textId="3954ACE6" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="005D057C" w:rsidP="00925BC4">
+          <w:p w14:paraId="0ADDB3DB" w14:textId="3954ACE6" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00925BC4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00925BC4" w:rsidRPr="00925BC4">
+              <w:r w:rsidRPr="00925BC4">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00925BC4" w:rsidRPr="00925BC4">
+            <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76499193" w14:textId="77777777" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00925BC4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fasta 6 timmar före undersökningen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F62BD5E" w14:textId="2FC16033" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00925BC4">
+          <w:p w14:paraId="7F62BD5E" w14:textId="172E4CF4" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00925BC4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00267E29">
-[...13 lines deleted...]
-              <w:t>efter flöde)</w:t>
+            <w:r w:rsidR="00B34E07">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925BC4" w:rsidRPr="00925BC4" w14:paraId="353CF64E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="667E2EDB" w14:textId="77777777" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00925BC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -651,63 +643,63 @@
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B00ACF7" w14:textId="77777777" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00925BC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73F866AE" w14:textId="5F3ADB21" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="005D057C" w:rsidP="00925BC4">
+          <w:p w14:paraId="73F866AE" w14:textId="5F3ADB21" w:rsidR="00925BC4" w:rsidRPr="00925BC4" w:rsidRDefault="00925BC4" w:rsidP="00925BC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00925BC4" w:rsidRPr="00925BC4">
+              <w:r w:rsidRPr="00925BC4">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925BC4" w:rsidRPr="00925BC4" w14:paraId="528499E7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
@@ -1286,51 +1278,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:rect w14:anchorId="046A66A7" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.45pt;margin-top:19.65pt;width:124.55pt;height:60.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPq4kPMgIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFUuyBEWCEQvaBd&#10;JHa158FxSCR/dWwI9Nd37ARotz1V5WDGnvHzzJs3mT2dtWInib6xpuD5YMiZNMKWjTkU/O11/WXC&#10;mQ9gSlDWyIJfpOdP88+fZq2bypGtrSolMgIxftq6gtchuGmWeVFLDX5gnTTkrCxqCLTFQ1YitISu&#10;VTYaDh+z1mLp0ArpPZ2uOiefJ/yqkiK8VJWXgamCU24hrZjWfVyz+QymBwRXN6JPA/4hCw2NoUdv&#10;UCsIwI7Y/AGlG4HW2yoMhNWZrapGyFQDVZMPP1Szq8HJVAuR492NJv//YMXzaee2SDS0zk89mbGK&#10;c4U6/lN+7JzIutzIkufABB3mD5N8PHngTJBvPM5H48fIZna/7dCHb9JqFo2CIzUjcQSnjQ9d6DUk&#10;PmbsulEqNUQZ1hb86yQfUs8EkC4qBYFM7cqCe3PgDNSBBCcCJkhvVVPG6xHI42G/VMhOQE1fr4f0&#10;6zP7LSy+vQJfd3HJ1clBN4E0qRpd8Em8fL2tTESXSVV9BXfSorW35WWLDG0nM+/EuqFHNuDDFpB0&#10;RdXQrIQXWiplqUTbW5zVFn/87TzGU7vJy1lLOqXyvx8BJWfmqJeWKsxpwpxIJuFjUFezQqvfaTwW&#10;EYFcYAThdKT1m2XoZoEGTMjFIoWRMB2Ejdk5EcFjzZGq1/M7oOt7GUgFz/aqT5h+aGkXS2K4s9Jv&#10;SMZJI/3IxTn5dZ+i7h+G+U8AAAD//wMAUEsDBBQABgAIAAAAIQDrziad3QAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9NT4NAEIbvJv6HzZh4s0sptoIsjTFRozdR43XKjkDYD8JuC/57x5MeJ++T&#10;d5633C/WiBNNofdOwXqVgCDXeN27VsH728PVDYgQ0Wk03pGCbwqwr87PSiy0n90rnerYCi5xoUAF&#10;XYxjIWVoOrIYVn4kx9mXnyxGPqdW6glnLrdGpkmylRZ7xx86HOm+o2aoj1bB85ya/rPFl6d6qD8G&#10;nz2ud7lV6vJiubsFEWmJfzD86rM6VOx08EengzAKspxBBZt8A4Lj9DrjaQfmtskOZFXK/wOqHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPq4kPMgIAAGAEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDrziad3QAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A9BB76A" wp14:editId="72D85444">
                   <wp:extent cx="1625387" cy="1669774"/>
                   <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                   <wp:docPr id="14" name="Bildobjekt 14"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="847272639" name=""/>
                           <pic:cNvPicPr/>
@@ -2223,51 +2215,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="6520DD54" id="Rak 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-4.2pt,55.95pt" to="120.3pt,55.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjjrOmsgEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2y36BAYUXpokO0w&#10;rAW2/QBGlmwB+oKoxsm/L6V8rOtuw3wQSJF65HukV48HZ9leJTTBC94tWs6Ul2EwfhT818/t7ZIz&#10;zOAHsMErwY8K+eP65tNqjr26C1Owg0qMQDz2cxR8yjn2TYNyUg5wEaLyFNQhOcjkprEZEsyE7mxz&#10;17afmzmkIaYgFSLdbk5Bvq74WiuZn7VGlZkVnHrL9Uz13JWzWa+gHxPEychzG/APXTgwnopeoTaQ&#10;gb0m8xeUMzIFDDovZHBN0NpIVTkQm679wObHBFFVLiQOxqtM+P9g5ff9k39JJMMcscf4kgqLg06O&#10;aWviV5pp5UWdskOV7XiVTR0yk3TZPSy77oHUlZdYc4IoUDFh/qKCY8UQ3BpfGEEP+2+YqSylXlLK&#10;tQ9bY22divVsFvx+2bUFGmg5tIVMpouD4OhHzsCOtHUypwqJwZqhPC9AmMbdk01sDzT57balrwyb&#10;yv2RVmpvAKdTXg2ddsKZTItpjRN8WR5fXltf0FVdrTOD38oVaxeGYxW0KR6NrRY9r1jZi/c+2e9/&#10;hPUbAAAA//8DAFBLAwQUAAYACAAAACEAeDqRjN0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU7DMBBF90jcwRokdq3tqJSSxqlKJBYskKBwADd27Yh4HGK3DZyeQUKC5fx5+vOm2kyhZyc7pi6i&#10;AjkXwCy20XToFLy9PsxWwFLWaHQf0Sr4tAk29eVFpUsTz/hiT7vsGJVgKrUCn/NQcp5ab4NO8zhY&#10;pN0hjkFnGkfHzajPVB56Xgix5EF3SBe8Hmzjbfu+OwYFT/ELm9ubx1ZsP9yzlM19LpxX6vpq2q6B&#10;ZTvlPxh+9EkdanLaxyOaxHoFs9WCSMqlvANGQLEQS2D734TXFf//Qv0NAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAo46zprIBAABQAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAeDqRjN0AAAAKAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="430FC6AE" wp14:editId="4F45E9BC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>912495</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>126365</wp:posOffset>
                       </wp:positionV>
@@ -2544,51 +2536,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="2686D412" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="59.4pt,-3.1pt" to="59.5pt,82.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBs5pWurQEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815TcoHAEyznEcC5F&#10;G6DtB6wpUiLAF7iMZf99l7TjpMktqA/0krs73BmO1ndHZ9lBJTTB97xdNJwpL8Ng/NjzP793X1ac&#10;YQY/gA1e9fykkN9tPn9az7FTyzAFO6jECMRjN8eeTznHTgiUk3KAixCVp6QOyUGmbRrFkGAmdGfF&#10;smm+iTmkIaYgFSKdbs9Jvqn4WiuZf2qNKjPbc5ot1zXVdV9WsVlDNyaIk5GXMeADUzgwni69Qm0h&#10;A3tK5h2UMzIFDDovZHAiaG2kqhyITdu8YfNrgqgqFxIH41Um/H+w8sfh3j8mkmGO2GF8TIXFUSdX&#10;/mk+dqxina5iqWNmkg7bm5YElZRom9XN8va2aCleemPC/KCCYyXouTW+UIEODt8xn0ufS8qxDztj&#10;bX0O69nc86+rtikXALlCW8gUujj0HP3IGdiR7CZzqpAYrBlKewHCNO7vbWIHoCff7Rr6XSb7p6zc&#10;vQWcznU1dTaDM5kcaY3r+ao0P3dbX9BV9dSFwYtkJdqH4VSVFGVH71XluHirGOL1nuLXX8DmLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAI7rdJzeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/IO1SNxaOxWN0hCnQkiVgFNpOcDNjZc4Il5HsduGv2d7orcd7WjmTbWefC9OOMYukIZsrkAg&#10;NcF21Gr42G9mBYiYDFnTB0INvxhhXd/eVKa04UzveNqlVnAIxdJocCkNpZSxcehNnIcBiX/fYfQm&#10;sRxbaUdz5nDfy4VSufSmI25wZsBnh83P7ug1fKr9F21XhaMGX5av/m2jaNtrfX83PT2CSDilfzNc&#10;8BkdamY6hCPZKHrWWcHoScMsX4C4GLIVjzvwkT8sQdaVvJ5Q/wEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBs5pWurQEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCO63Sc3gAAAAoBAAAPAAAAAAAAAAAAAAAAAAcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C0685B4" wp14:editId="11441ACB">
                   <wp:extent cx="1512741" cy="1007655"/>
                   <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                   <wp:docPr id="7" name="Bildobjekt 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -2805,51 +2797,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="60A45EF6" id="Rak 23" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.7pt,53pt" to="123.3pt,53.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvKQrIsgEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfKf0Dc4911pMhaGecQy+2h&#10;aiO1/QFjFnaR+BJDvPa/78A6btreqnJAwAyPeW8e26ezs+ykEprgBe9WLWfKyzAYPwr+4/vhfsMZ&#10;ZvAD2OCV4BeF/Gl392E7x16twxTsoBIjEI/9HAWfco5906CclANchag8BXVIDjJt09gMCWZCd7ZZ&#10;t+1jM4c0xBSkQqTT/RLku4qvtZL5q9aoMrOCU225zqnOxzI3uy30Y4I4GXktA/6hCgfG06M3qD1k&#10;YK/J/AXljEwBg84rGVwTtDZSVQ7Epmv/YPNtgqgqFxIH400m/H+w8svp2b8kkmGO2GN8SYXFWSfH&#10;tDXxE/W08qJK2bnKdrnJps6ZSTrsHtuWesGZpFhHY11kbRaYAhcT5o8qOFYWglvjCyvo4fQZ85L6&#10;llKOfTgYa2tnrGez4A+brsIDGURbyPSSi4Pg6EfOwI7kPJlThcRgzVCuFyBM4/HZJnYC6v7h0NK4&#10;VvZbWnl7DzgteTW0+MKZTOa0xgm+KZffbltf0FW115XBL/XK6hiGSxW1KTtqXZXjarPijfd7Wr//&#10;DLufAAAA//8DAFBLAwQUAAYACAAAACEAwtk1fN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;TU7DMBCF95W4gzVI7Fo7UZugEKcqkViwQKKFA7ixsSPicYjdNnB6pitYzptP76fezn5gZzPFPqCE&#10;bCWAGeyC7tFKeH97Wt4Di0mhVkNAI+HbRNg2N4taVTpccG/Oh2QZmWCslASX0lhxHjtnvIqrMBqk&#10;30eYvEp0TpbrSV3I3A88F6LgXvVICU6NpnWm+zycvISX8INtuXnuxO7LvmZZ+5hy66S8u513D8CS&#10;mdMfDNf6VB0a6nQMJ9SRDRKWmzWRpIuCNhGQr4sC2PGqlCXwpub/JzS/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAO8pCsiyAQAAVAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMLZNXzeAAAACgEAAA8AAAAAAAAAAAAAAAAADAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B184F4E" wp14:editId="7EA73EBF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>323215</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>153670</wp:posOffset>
                       </wp:positionV>
@@ -2989,51 +2981,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="2F405979" id="Rak 12" o:spid="_x0000_s1026" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="61.95pt,1.8pt" to="62.7pt,100.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAomSbyrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2Sn65AacXpokF2G&#10;rcDWH8DIki1AXxC1OPn3o5Q07bbbMB9kSiSfyMen9ePRWXZQCU3wPW8XDWfKyzAYP/b85cfudsUZ&#10;ZvAD2OBVz08K+ePm5sN6jp1ahinYQSVGIB67OfZ8yjl2QqCclANchKg8OXVIDjJt0yiGBDOhOyuW&#10;TfNJzCENMQWpEOl0e3byTcXXWsn8TWtUmdmeU225rqmu+7KKzRq6MUGcjLyUAf9QhQPj6dIr1BYy&#10;sJ/J/AXljEwBg84LGZwIWhupag/UTdv80c33CaKqvRA5GK804f+DlV8PT/45EQ1zxA7jcypdHHVy&#10;5U/1sWMl63QlSx0zk3T4cP+x5UySo13ePzR3beFSvOXGhPmzCo4Vo+fW+NIKdHD4gvkc+hpSjn3Y&#10;GWvrOKxnc8/vVm1DE5NAqtAWMpkuDj1HP3IGdiS5yZwqJAZrhpJegDCN+yeb2AFo5LtdQ9+lst/C&#10;yt1bwOkcV11nMTiTSZHWuJ6vSvJrtvUFXVVNXTp4o6xY+zCcKpOi7GhelY6Ltoog3u/Jfv8CNr8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARe//m3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xb8Iw&#10;FIR3JP6D9ZC6gU0oKKRxUFUJqe1EoUO7mfgRR9jPUWwg/fc1Uzue7nT3XbkZnGVX7EPrScJ8JoAh&#10;1V631Ej4PGynObAQFWllPaGEHwywqcajUhXa3+gDr/vYsFRCoVASTIxdwXmoDToVZr5DSt7J907F&#10;JPuG617dUrmzPBNixZ1qKS0Y1eGLwfq8vzgJX+LwTbt1bqjG1+Wbe98K2lkpHybD8xOwiEP8C8Md&#10;P6FDlZiO/kI6MJt0tlinqITFCtjdz5aPwI4SMjHPgVcl//+g+gUAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAomSbyrgEAAEkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQARe//m3QAAAAkBAAAPAAAAAAAAAAAAAAAAAAgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00925BC4">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="449909AF" wp14:editId="3E154FF2">
                   <wp:extent cx="1550491" cy="1284453"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="11" name="Bildobjekt 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -8279,118 +8271,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00925BC4">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18A306F2" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
+    <w:p w14:paraId="06250110" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EDD74E9" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
+    <w:p w14:paraId="13312E3F" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2C968672" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
+    <w:p w14:paraId="6CE0412A" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -8398,89 +8390,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -8509,51 +8501,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -8587,73 +8579,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28A3E54C" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4"/>
+    <w:p w14:paraId="733C86E2" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E1C1612" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
+    <w:p w14:paraId="0FB22A43" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3B751EA6" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
+    <w:p w14:paraId="044AC7A3" w14:textId="77777777" w:rsidR="00CA54E4" w:rsidRDefault="00CA54E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -8731,51 +8723,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -8941,51 +8933,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11445,96 +11437,97 @@
   <w:num w:numId="17" w16cid:durableId="935405521">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1276254972">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2053309793">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1384328598">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="556550506">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="667631869">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1554001248">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00022091"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00045F61"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
@@ -11576,87 +11569,89 @@
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00267E29"/>
     <w:rsid w:val="00267EFD"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A3DC9"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
+    <w:rsid w:val="00310F6A"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00370CDE"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B51EC"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="0041665D"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00442B8D"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00497A26"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E3B84"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
@@ -11809,50 +11804,51 @@
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A70954"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE112F"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00B34E07"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
@@ -11903,106 +11899,108 @@
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F1717D"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC3E52"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{3DDD4B08-071E-4304-940F-A7965A925DA0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14372,51 +14370,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18130,71 +18128,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>353</Words>
-  <Characters>2623</Characters>
+  <Words>472</Words>
+  <Characters>2503</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2971</CharactersWithSpaces>
+  <CharactersWithSpaces>2970</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Lever 4-fas (841802B)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>15</revision>
+  <revision>17</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>