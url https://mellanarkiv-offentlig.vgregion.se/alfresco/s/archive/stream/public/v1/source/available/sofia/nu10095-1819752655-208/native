--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,55 +11,55 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="778E785A" w14:textId="77777777" w:rsidR="00280554" w:rsidRDefault="00280554" w:rsidP="00F35B05">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="00280554" w:rsidSect="00280554">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="1C6E6A2C" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
@@ -74,577 +74,565 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D3384C8" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D78E8BB" w14:textId="74406E6C" w:rsidR="00280554" w:rsidRPr="005E1802" w:rsidRDefault="005E1802" w:rsidP="005E1802">
       <w:pPr>
-        <w:pStyle w:val="Rubrik1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
         <w:t>DT Hjärna K- (810000A)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7284FDA9" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="005E1802">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73043148" w14:textId="77777777" w:rsidR="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="029E8CAF" w14:textId="77777777" w:rsidR="005E1802" w:rsidRDefault="005E1802" w:rsidP="00280554">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52CD3017" w14:textId="60C66605" w:rsidR="005E1802" w:rsidRDefault="005E1802" w:rsidP="005E1802">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E37EC9" w14:textId="21CE989B" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00305486" w:rsidP="00305486">
+    <w:p w14:paraId="02E37EC9" w14:textId="736005DE" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00660F55" w:rsidP="00305486">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00305486">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Inga förändringar.</w:t>
+        <w:t>Reviderad, ändrat Kernel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C83A096" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="005E1802">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="50369C25" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="50369C25" w14:textId="77777777" w:rsidTr="008F4F04">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10B483D9" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikationer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7832CEDB" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Blödning, infarkt, hydrocefalus mm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="04D34AFC" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="04D34AFC" w14:textId="77777777" w:rsidTr="008F4F04">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A11298E" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F741EED" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inga.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="70368258" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="70368258" w14:textId="77777777" w:rsidTr="008F4F04">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38F053B4" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76C7F608" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ingen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="6585ECED" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="6585ECED" w14:textId="77777777" w:rsidTr="008F4F04">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76336A78" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D886B37" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Ingen. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="0E5BC2F1" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="0E5BC2F1" w14:textId="77777777" w:rsidTr="008F4F04">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DDF3908" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="579BC830" w14:textId="70E72674" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00280554">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="3D2424C2" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="3D2424C2" w14:textId="77777777" w:rsidTr="008F4F04">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7152416F" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7BA52DC4" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -721,91 +709,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna längs sidorna, axlarna neddragna så långt som möjligt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EA2F71A" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CEE6501" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00305486">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="3999"/>
         <w:gridCol w:w="3089"/>
       </w:tblGrid>
       <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="63E0AD70" w14:textId="77777777" w:rsidTr="00280554">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20A5B8EC" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
@@ -836,51 +823,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10B3FC3F" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BC32738" wp14:editId="38C47C24">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BC32738" wp14:editId="38C47C24">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>154940</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>39370</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1513840" cy="1028700"/>
                       <wp:effectExtent l="19050" t="19050" r="10160" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="5" name="Rektangel 5"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1514104" cy="1028700"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -888,67 +875,67 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:rect w14:anchorId="5D557451" id="Rektangel 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:12.2pt;margin-top:3.1pt;width:119.2pt;height:81pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8dIrRMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L0notkWIsEIgekG7&#10;SGy158FxSCR/dWwI9Nd37ARotz1V5WDGnvEbz5s3mT2etWInib61puTFKOdMGmGr1hxK/u1l/WHC&#10;mQ9gKlDWyJJfpOeP8/fvZp2byrFtrKokMgIxftq5kjchuGmWedFIDX5knTTkrC1qCLTFQ1YhdISu&#10;VTbO889ZZ7FyaIX0nk5XvZPPE35dSxGe69rLwFTJ6W0hrZjWfVyz+QymBwTXtGJ4BvzDKzS0hpLe&#10;oFYQgB2x/QNKtwKtt3UYCaszW9etkKkGqqbI31Sza8DJVAuR492NJv//YMXTaee2SDR0zk89mbGK&#10;c406/tP72DmRdbmRJc+BCTosPhUPRf7AmSBfkY8nX/JEZ3a/7tCHr9JqFo2SI3UjkQSnjQ+UkkKv&#10;ITGbsetWqdQRZVhX8o+TgjCZABJGrSCQqV1Vcm8OnIE6kOJEwATprWqreD0CeTzslwrZCajr63VO&#10;v9hoSvdbWMy9At/0ccnV60G3gUSpWl3ySbx8va1MRJdJVkMFd9aitbfVZYsMba8z78S6pSQb8GEL&#10;SMKiamhYwjMttbJUoh0szhqLP/52HuOp3+TlrCOhUvnfj4CSM3PUS0sVFjRiTiST8DGoq1mj1a80&#10;H4uIQC4wgnB60obNMvTDQBMm5GKRwkiZDsLG7JyI4LHmSNXL+RXQDb0MJIMnexUoTN+0tI8lyu+s&#10;DBvScerEMHNxUH7dp6j7l2H+EwAA//8DAFBLAwQUAAYACAAAACEAjQ+/N9sAAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvEMBCF74L/IYzgzU03lLrWposIKnqzKl5nm9iWJpPSZLf13zue9Di8&#10;jzffq/ard+Jk5zgE0rDdZCAstcEM1Gl4f3u42oGICcmgC2Q1fNsI+/r8rMLShIVe7alJneASiiVq&#10;6FOaSilj21uPcRMmS5x9hdlj4nPupJlx4XLvpMqyQnociD/0ONn73rZjc/Qanhflhs8OX56asfkY&#10;Q/64vb7xWl9erHe3IJJd0x8Mv/qsDjU7HcKRTBROg8pzJjUUCgTHqlC85MBcsVMg60r+H1D/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADx0itEzAgAAYQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI0PvzfbAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;jQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64DB4106" wp14:editId="4A5A7C1D">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64DB4106" wp14:editId="4A5A7C1D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>726440</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>69850</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1009650"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="17" name="Upp 17"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1009650"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -997,51 +984,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="64DB4106" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:57.2pt;margin-top:5.5pt;width:32.3pt;height:79.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvka4bTgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3ayreuCOkXQIsOA&#10;oi3QDj0zshwbkESNUmJ3Xz9Kdtq022lYDgopUXzk06PPLwZrxF5T6NBVcnZSSqGdwrpz20r+eFh/&#10;OJMiRHA1GHS6kk86yIvl+3fnvV/oObZoak2Ck7iw6H0l2xj9oiiCarWFcIJeOz5skCxEdmlb1AQ9&#10;Z7emmJfladEj1Z5Q6RB492o8lMucv2m0irdNE3QUppJcW8wr5XWT1mJ5DostgW87NZUB/1CFhc4x&#10;6HOqK4ggdtT9kcp2ijBgE08U2gKbplM698DdzMo33dy34HXuhckJ/pmm8P/Sqpv9vb8jpqH3YRHY&#10;TF0MDdn0z/WJIZP19EyWHqJQvPlpVs5nTKnio1lZfj39nNksXm57CvGbRiuSUcmdXxFhn2mC/XWI&#10;DMrRh6iEF9B09bozJju03VwaEnvgt1uvS/6l5+Irr8KMEz1XMP/Cx0IBa6gxENm0vq5kcFspwGxZ&#10;nCpSxnaYEPLDJ+wrCO2IkdOOirBdZFmazlbyLAEfkI1LleksrKmDF96SFYfNMJG5wfrpjgThKLrg&#10;1bpjvGsI8Q6IVcb18uTEW14ag9wETpYULdKvv+2neH58PpWiZ9Vygz93QFoK892xLD6eplpFPHbo&#10;2NkcO25nL5HJnfGMepVNvkzRHMyG0D7ygK0SKh+BU4w9Ujk5l3GcJh5RpVerHMbS9hCv3b1XKXmi&#10;LDH9MDwC+UkNkXV0gweFw+KNIsZYfu1E6sjk5PAgZBFMQ5sm7djPUS+fluVvAAAA//8DAFBLAwQU&#10;AAYACAAAACEAmmGcldsAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hCbo2U&#10;EvrjWg4mJYceGkhSepatrWVirYylxO7bd31qbzPsMPtNvpl8J644xDaQhtVSgUCqg22p0fB52t0/&#10;g4jJkDVdINTwgxE2xe1NbjIbRjrg9ZgawSUUM6PBpdRnUsbaoTdxGXokvn2HwZvEdmikHczI5b6T&#10;D0o9Sm9a4g/O9Lh1WJ+PF6+h9LJ0b74M23Hc789f48fhvbJaL+6m8hVEwin9hWHGZ3QomKkKF7JR&#10;dOxX6zVHZ8Gb5sDTC4tqFkqBLHL5f0LxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG+R&#10;rhtOAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJphnJXbAAAACgEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACwBQAAAAA=&#10;" adj="4388" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:57.2pt;margin-top:5.5pt;width:32.3pt;height:79.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvka4bTgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3ayreuCOkXQIsOA&#10;oi3QDj0zshwbkESNUmJ3Xz9Kdtq022lYDgopUXzk06PPLwZrxF5T6NBVcnZSSqGdwrpz20r+eFh/&#10;OJMiRHA1GHS6kk86yIvl+3fnvV/oObZoak2Ck7iw6H0l2xj9oiiCarWFcIJeOz5skCxEdmlb1AQ9&#10;Z7emmJfladEj1Z5Q6RB492o8lMucv2m0irdNE3QUppJcW8wr5XWT1mJ5DostgW87NZUB/1CFhc4x&#10;6HOqK4ggdtT9kcp2ijBgE08U2gKbplM698DdzMo33dy34HXuhckJ/pmm8P/Sqpv9vb8jpqH3YRHY&#10;TF0MDdn0z/WJIZP19EyWHqJQvPlpVs5nTKnio1lZfj39nNksXm57CvGbRiuSUcmdXxFhn2mC/XWI&#10;DMrRh6iEF9B09bozJju03VwaEnvgt1uvS/6l5+Irr8KMEz1XMP/Cx0IBa6gxENm0vq5kcFspwGxZ&#10;nCpSxnaYEPLDJ+wrCO2IkdOOirBdZFmazlbyLAEfkI1LleksrKmDF96SFYfNMJG5wfrpjgThKLrg&#10;1bpjvGsI8Q6IVcb18uTEW14ag9wETpYULdKvv+2neH58PpWiZ9Vygz93QFoK892xLD6eplpFPHbo&#10;2NkcO25nL5HJnfGMepVNvkzRHMyG0D7ygK0SKh+BU4w9Ujk5l3GcJh5RpVerHMbS9hCv3b1XKXmi&#10;LDH9MDwC+UkNkXV0gweFw+KNIsZYfu1E6sjk5PAgZBFMQ5sm7djPUS+fluVvAAAA//8DAFBLAwQU&#10;AAYACAAAACEAmmGcldsAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hCbo2U&#10;EvrjWg4mJYceGkhSepatrWVirYylxO7bd31qbzPsMPtNvpl8J644xDaQhtVSgUCqg22p0fB52t0/&#10;g4jJkDVdINTwgxE2xe1NbjIbRjrg9ZgawSUUM6PBpdRnUsbaoTdxGXokvn2HwZvEdmikHczI5b6T&#10;D0o9Sm9a4g/O9Lh1WJ+PF6+h9LJ0b74M23Hc789f48fhvbJaL+6m8hVEwin9hWHGZ3QomKkKF7JR&#10;dOxX6zVHZ8Gb5sDTC4tqFkqBLHL5f0LxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG+R&#10;rhtOAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJphnJXbAAAACgEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACwBQAAAAA=&#10;" adj="4388" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="75184AFD" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="0066567D" w:rsidRDefault="00280554" w:rsidP="007D45DE">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -1300,55 +1287,55 @@
               </w:rPr>
               <w:t>Hjärna K-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="29C21B8C" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E1"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>á</w:t>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bakre skallgrop – skalltak.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="16A79C49" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
@@ -1370,55 +1357,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19BAAF4E" w14:textId="2851D08C" w:rsidR="00280554" w:rsidRPr="00305486" w:rsidRDefault="00280554" w:rsidP="00305486">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E415FC" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00305486">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
-        <w:lastRenderedPageBreak/>
         <w:t>Reformatering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="2239"/>
       </w:tblGrid>
@@ -1504,51 +1490,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49E5E203" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2271F8D9" wp14:editId="096464EB">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2271F8D9" wp14:editId="096464EB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>359410</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>228600</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="657225"/>
                       <wp:effectExtent l="28892" t="47308" r="0" b="37782"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Upp 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="3992491">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="657225"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1583,90 +1569,90 @@
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="2271F8D9" id="Upp 19" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:28.3pt;margin-top:18pt;width:32.3pt;height:51.75pt;rotation:4360865fd;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF4f4+VwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2730GdImiRYUDR&#10;FmiHnhVZjgVIokYpsbtfP0p22qzbaVgOAikx75Evj7m6HqxhO4VBg6t5eTTjTDkJjXabmn9/Xn25&#10;4CxE4RphwKmav6rArxefP131fq4q6MA0ChmBuDDvfc27GP28KILslBXhCLxy9NgCWhEpxU3RoOgJ&#10;3Zqims3Oih6w8QhShUC3t+MjX2T8tlUyPrRtUJGZmlNvMZ+Yz3U6i8WVmG9Q+E7LqQ3xD11YoR2R&#10;vkHdiijYFvUfUFZLhABtPJJgC2hbLVWegaYpZx+meeqEV3kWEif4N5nC/4OV97sn/4gkQ+/DPFCY&#10;phhatAyB1Dq+vKxOLss8G3XLhizd65t0aohM0uVJOatKEljS09npeVWdJmmLESpBegzxqwLLUlDz&#10;rV8iQp9xxe4uxLF6X5W+EcDoZqWNyQlu1jcG2U7QD7lazegzEfxWZhzryYbVOT0zKchQrRGRQuub&#10;mge34UyYDTlVRszcDhJDdkHivhWhGzky7GgPqyN51Ghb84tEvGc2LnWmssumCd5FTFEc1gPTRFwm&#10;oHSzhub1EUdpqcPg5UoT7Z0I8VEgOY8uaZviAx2tAZoFpoizDvDn3+5Tfc3TSWNz1pOZadQfW4GK&#10;M/PNkVuOz1LXLB4meJisDxO3tTdAMpe5wRzSlzGafdgi2Bfau2UipifhJDU3ijolN3FcMtpcqZbL&#10;XEaO9yLeuScvE/jeFc/Di0A/+SKSoe5hb3wx/+CNsZaM9S7mlNB+ZL9Nu5wW8DDPVe//OItfAAAA&#10;//8DAFBLAwQUAAYACAAAACEANURLZd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE&#10;75X6D9Yi9VIVO9BQCHFQW6nXUigfsMRLEhGvo9iE9O9rTu1tVjOaeZtvRtuKgXrfONaQTBUI4tKZ&#10;hisNh++PpyUIH5ANto5Jww952BT3dzlmxl15R8M+VCKWsM9QQx1Cl0npy5os+qnriKN3cr3FEM++&#10;kqbHayy3rZwptZAWG44LNXb0XlN53l+shrL9ejzP3z53q9UyOZGiAf1hq/XDZHxdgwg0hr8w3PAj&#10;OhSR6egubLxoNcxfkpjUkKYpiJv/rBYgjlHMVAKyyOX/D4pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAIXh/j5XAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADVES2XeAAAACQEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="6741" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="2271F8D9" id="Upp 19" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:28.3pt;margin-top:18pt;width:32.3pt;height:51.75pt;rotation:4360865fd;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF4f4+VwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2730GdImiRYUDR&#10;FmiHnhVZjgVIokYpsbtfP0p22qzbaVgOAikx75Evj7m6HqxhO4VBg6t5eTTjTDkJjXabmn9/Xn25&#10;4CxE4RphwKmav6rArxefP131fq4q6MA0ChmBuDDvfc27GP28KILslBXhCLxy9NgCWhEpxU3RoOgJ&#10;3Zqims3Oih6w8QhShUC3t+MjX2T8tlUyPrRtUJGZmlNvMZ+Yz3U6i8WVmG9Q+E7LqQ3xD11YoR2R&#10;vkHdiijYFvUfUFZLhABtPJJgC2hbLVWegaYpZx+meeqEV3kWEif4N5nC/4OV97sn/4gkQ+/DPFCY&#10;phhatAyB1Dq+vKxOLss8G3XLhizd65t0aohM0uVJOatKEljS09npeVWdJmmLESpBegzxqwLLUlDz&#10;rV8iQp9xxe4uxLF6X5W+EcDoZqWNyQlu1jcG2U7QD7lazegzEfxWZhzryYbVOT0zKchQrRGRQuub&#10;mge34UyYDTlVRszcDhJDdkHivhWhGzky7GgPqyN51Ghb84tEvGc2LnWmssumCd5FTFEc1gPTRFwm&#10;oHSzhub1EUdpqcPg5UoT7Z0I8VEgOY8uaZviAx2tAZoFpoizDvDn3+5Tfc3TSWNz1pOZadQfW4GK&#10;M/PNkVuOz1LXLB4meJisDxO3tTdAMpe5wRzSlzGafdgi2Bfau2UipifhJDU3ijolN3FcMtpcqZbL&#10;XEaO9yLeuScvE/jeFc/Di0A/+SKSoe5hb3wx/+CNsZaM9S7mlNB+ZL9Nu5wW8DDPVe//OItfAAAA&#10;//8DAFBLAwQUAAYACAAAACEANURLZd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE&#10;75X6D9Yi9VIVO9BQCHFQW6nXUigfsMRLEhGvo9iE9O9rTu1tVjOaeZtvRtuKgXrfONaQTBUI4tKZ&#10;hisNh++PpyUIH5ANto5Jww952BT3dzlmxl15R8M+VCKWsM9QQx1Cl0npy5os+qnriKN3cr3FEM++&#10;kqbHayy3rZwptZAWG44LNXb0XlN53l+shrL9ejzP3z53q9UyOZGiAf1hq/XDZHxdgwg0hr8w3PAj&#10;OhSR6egubLxoNcxfkpjUkKYpiJv/rBYgjlHMVAKyyOX/D4pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAIXh/j5XAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADVES2XeAAAACQEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="6741" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="1FB86998" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="0066567D" w:rsidRDefault="00280554" w:rsidP="007D45DE">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B8034CE" wp14:editId="3076ADD6">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B8034CE" wp14:editId="3076ADD6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>1229995</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>320675</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="19050" t="0" r="0" b="33655"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="9873404">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1717,204 +1703,204 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="6B8034CE" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" o:spid="_x0000_s1028" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:96.85pt;margin-top:25.25pt;width:32.25pt;height:45.35pt;rotation:10784390fd;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE6TzZVgIAALgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2k6VcQpwhaZBhQ&#10;tAHaoWdFlmMBkqhRauzu14+SnTbrdhqWg0BKzHvky2MW1701bK8waHAVn5yUnCknodZuV/HvT+sv&#10;l5yFKFwtDDhV8VcV+PXy86dF5+dqCi2YWiEjEBfmna94G6OfF0WQrbIinIBXjh4bQCsipbgrahQd&#10;oVtTTMvyvOgAa48gVQh0ezs88mXGbxol40PTBBWZqTj1FvOJ+dyms1guxHyHwrdajm2If+jCCu2I&#10;9A3qVkTBXlD/AWW1RAjQxBMJtoCm0VLlGWiaSflhmsdWeJVnIXGCf5Mp/D9Yeb9/9BskGTof5oHC&#10;NEXfoGUIpNbV5cXprJzl2ahb1mfpXt+kU31kki5n5dXZxRlnkp4ouJqdJWmLASpBegzxqwLLUlDx&#10;Gjq3QoQuI4v9XYhD/aEufSeA0fVaG5MT3G1vDLK9oJ9yvS7pM1L8VmYc68iI0wt6ZlKQpRojIoXW&#10;1xUPbseZMDvyqoyYuR0khuyDxH0rQjtwZNjBIFZHcqnRtuKXifjAbFzqTGWfjRO8y5ii2G97pol4&#10;moDSzRbq1w0O4lKHwcu1Jto7EeJGIHmPLmmf4gMdjQGaBcaIsxbw59/uU33F08lZR16mOX+8CFSc&#10;mW+OzHJ6nlpm8TjB42R7nLgXewOk8SR3l0P6MkZzCBsE+0xrt0qs9CScpM4GRcfkJg47Rosr1WqV&#10;y8jwXsQ79+hlAj+Y4ql/FuhHW0Ty0z0cfC/mH4wx1JKv3pUcE1qPbLdxldP+Hee56v0PZ/kLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDapjEw4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXv&#10;gv9hmYI3u2lqtI3ZFBGKKAg2LXjd7k6T0OxsyG7b6K93POnx8T7efFOsRteJMw6h9aRgNk1AIBlv&#10;W6oV7Lbr2wWIEDVZ3XlCBV8YYFVeXxU6t/5CGzxXsRY8QiHXCpoY+1zKYBp0Okx9j8TdwQ9OR45D&#10;Le2gLzzuOpkmyb10uiW+0Ogenxs0x+rkFBy3m8/3j8r0lX8zcrdcz8P364tSN5Px6RFExDH+wfCr&#10;z+pQstPen8gG0XFezh8YVZAlGQgG0myRgthzczdLQZaF/P9C+QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCE6TzZVgIAALgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDapjEw4AAAAAoBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Ned 20" o:spid="_x0000_s1028" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:96.85pt;margin-top:25.25pt;width:32.25pt;height:45.35pt;rotation:10784390fd;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE6TzZVgIAALgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2k6VcQpwhaZBhQ&#10;tAHaoWdFlmMBkqhRauzu14+SnTbrdhqWg0BKzHvky2MW1701bK8waHAVn5yUnCknodZuV/HvT+sv&#10;l5yFKFwtDDhV8VcV+PXy86dF5+dqCi2YWiEjEBfmna94G6OfF0WQrbIinIBXjh4bQCsipbgrahQd&#10;oVtTTMvyvOgAa48gVQh0ezs88mXGbxol40PTBBWZqTj1FvOJ+dyms1guxHyHwrdajm2If+jCCu2I&#10;9A3qVkTBXlD/AWW1RAjQxBMJtoCm0VLlGWiaSflhmsdWeJVnIXGCf5Mp/D9Yeb9/9BskGTof5oHC&#10;NEXfoGUIpNbV5cXprJzl2ahb1mfpXt+kU31kki5n5dXZxRlnkp4ouJqdJWmLASpBegzxqwLLUlDx&#10;Gjq3QoQuI4v9XYhD/aEufSeA0fVaG5MT3G1vDLK9oJ9yvS7pM1L8VmYc68iI0wt6ZlKQpRojIoXW&#10;1xUPbseZMDvyqoyYuR0khuyDxH0rQjtwZNjBIFZHcqnRtuKXifjAbFzqTGWfjRO8y5ii2G97pol4&#10;moDSzRbq1w0O4lKHwcu1Jto7EeJGIHmPLmmf4gMdjQGaBcaIsxbw59/uU33F08lZR16mOX+8CFSc&#10;mW+OzHJ6nlpm8TjB42R7nLgXewOk8SR3l0P6MkZzCBsE+0xrt0qs9CScpM4GRcfkJg47Rosr1WqV&#10;y8jwXsQ79+hlAj+Y4ql/FuhHW0Ty0z0cfC/mH4wx1JKv3pUcE1qPbLdxldP+Hee56v0PZ/kLAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDapjEw4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXv&#10;gv9hmYI3u2lqtI3ZFBGKKAg2LXjd7k6T0OxsyG7b6K93POnx8T7efFOsRteJMw6h9aRgNk1AIBlv&#10;W6oV7Lbr2wWIEDVZ3XlCBV8YYFVeXxU6t/5CGzxXsRY8QiHXCpoY+1zKYBp0Okx9j8TdwQ9OR45D&#10;Le2gLzzuOpkmyb10uiW+0Ogenxs0x+rkFBy3m8/3j8r0lX8zcrdcz8P364tSN5Px6RFExDH+wfCr&#10;z+pQstPen8gG0XFezh8YVZAlGQgG0myRgthzczdLQZaF/P9C+QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCE6TzZVgIAALgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDapjEw4AAAAAoBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="1FACDEE2" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="0066564D" w:rsidRDefault="00280554" w:rsidP="007D45DE">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53F7ACE7" wp14:editId="5FB102AB">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53F7ACE7" wp14:editId="5FB102AB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>74930</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>814070</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1769745" cy="430530"/>
                       <wp:effectExtent l="19050" t="19050" r="20955" b="26670"/>
                       <wp:wrapNone/>
                       <wp:docPr id="15" name="Rak 15"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1770278" cy="430860"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="0E233AE7" id="Rak 15" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="5.9pt,64.1pt" to="145.25pt,98pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmp66OuAEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X+SkQxMYcXpokF6G&#10;tkC33RlZsgXoC6IWJ/++lJJm3XYb5oNAitQj3yO9vj86yw4qoQm+4/NZw5nyMvTGDx3//m33ecUZ&#10;ZvA92OBVx08K+f3m5tN6iq1ahDHYXiVGIB7bKXZ8zDm2QqAclQOchag8BXVIDjK5aRB9gonQnRWL&#10;prkTU0h9TEEqRLrdnoN8U/G1VjI/a40qM9tx6i3XM9VzX06xWUM7JIijkZc24B+6cGA8Fb1CbSED&#10;+5nMX1DOyBQw6DyTwYmgtZGqciA28+YPNq8jRFW5kDgYrzLh/4OVT4cH/5JIhilii/ElFRZHnRzT&#10;1sQfNNPKizplxyrb6SqbOmYm6XK+XDaLJQ1aUuzLbbO6q7qKM07BiwnzowqOFaPj1vhCC1o4fMVM&#10;tSn1PaVc+7Az1tbRWM+mjt+u5g1NTwJtiLaQyXSx7zj6gTOwA62ezKlCYrCmL88LEKZh/2ATOwCN&#10;f7dr6CsTp3K/pZXaW8DxnFdD58VwJtN2WuM6viqP319bX9BV3a8Lg1/yFWsf+lNVVRSPZleLXvas&#10;LMdHn+yPf8PmDQAA//8DAFBLAwQUAAYACAAAACEAlAH1W94AAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KidSC1tiFOVSBw4IEHhA9x4sSPidYjdNvD1LCc4rWZ3NPum3s5h&#10;ECecUh9JQ7FQIJC6aHtyGt5eH27WIFI2ZM0QCTV8YYJtc3lRm8rGM73gaZ+d4BBKldHgcx4rKVPn&#10;MZi0iCMS397jFExmOTlpJ3Pm8DDIUqmVDKYn/uDNiK3H7mN/DBqe4je1t8vHTu0+3XNRtPe5dF7r&#10;66t5dwci45z/zPCLz+jQMNMhHskmMbAumDzzLNclCDaUG7UEceDNZqVANrX8X6H5AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhACanro64AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJQB9VveAAAACgEAAA8AAAAAAAAAAAAAAAAAEgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24C0316A" wp14:editId="7C347A6F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24C0316A" wp14:editId="7C347A6F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>712470</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>13970</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="526415" cy="1330960"/>
                       <wp:effectExtent l="19050" t="19050" r="26035" b="21590"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="526694" cy="1331366"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="7AE695A8" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="56.1pt,1.1pt" to="97.55pt,105.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANIQkisAEAAEsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2wnq5EacXpokF2G&#10;rsC2H8DIki1AXxC1OPn3o5Q07bZbMR9kSiSfyMenzcPJGnaUEbV3PW8WNWfSCT9oN/b854/9pzVn&#10;mMANYLyTPT9L5A/bjx82c+jk0k/eDDIyAnHYzaHnU0qhqyoUk7SACx+kI6fy0UKibRyrIcJM6NZU&#10;y7puq9nHIUQvJCKd7i5Ovi34SkmRvimFMjHTc6otlTWW9ZDXaruBbowQJi2uZcA7qrCgHV16g9pB&#10;AvYr6n+grBbRo1dpIbytvFJayNIDddPUf3XzfYIgSy9EDoYbTfj/YMXT8dE9R6JhDthheI65i5OK&#10;Nv+pPnYqZJ1vZMlTYoIO75Zte/+ZM0GuZrVqVm2b2axes0PE9EV6y7LRc6NdbgY6OH7FdAl9CcnH&#10;zu+1MWUgxrG556t1U9PMBJAulIFEpg1Dz9GNnIEZSXAixQKJ3ughp2cgjOPh0UR2BBr6fl/Td63s&#10;j7B89w5wusQV10UOVifSpNG25+uc/JJtXEaXRVXXDl5Jy9bBD+fCZZV3NLFCx1VdWRJv92S/fQPb&#10;3wAAAP//AwBQSwMEFAAGAAgAAAAhAKxozzbcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyo7UhFaYhTIaRKwKm0HODmxts4qr2OYrcNf49zgtPqaUazM/V68o5dcIx9IAVy&#10;IYAhtcH01Cn43G8eSmAxaTLaBUIFPxhh3dze1Loy4UofeNmljuUQipVWYFMaKs5ja9HruAgDUtaO&#10;YfQ6ZRw7bkZ9zeHe8UKIR+51T/mD1QO+WGxPu7NX8CX237RdlZZafF2++feNoK1T6v5uen4ClnBK&#10;f2aY6+fq0OROh3AmE5nLLIsiWxXMZ9ZXSwnskFnKEnhT8/8Lml8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEADSEJIrABAABLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEArGjPNtwAAAAJAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0449E6BE" wp14:editId="2225C896">
                   <wp:extent cx="1867830" cy="1362827"/>
                   <wp:effectExtent l="0" t="0" r="0" b="8890"/>
                   <wp:docPr id="11" name="Bildobjekt 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -1954,51 +1940,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="131C7804" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E8CF9DC" wp14:editId="215A3ED2">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E8CF9DC" wp14:editId="215A3ED2">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>132715</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>520065</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="591820"/>
                       <wp:effectExtent l="4445" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="22" name="Upp 22"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="591820"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2033,138 +2019,138 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1E8CF9DC" id="Upp 22" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:10.45pt;margin-top:40.95pt;width:32.3pt;height:46.6pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB60BV+VwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kH8uCOkXQIsOA&#10;oA2QDj0rshwLkESNUmJ3v36U7KRZt9OwHAhSoh7J58fc3nXWsIPCoMGVfHwx4kw5CZV2u5J/f15+&#10;mnIWonCVMOBUyV9V4Hfzjx9uWz9TE2jAVAoZgbgwa33Jmxj9rCiCbJQV4QK8cnRZA1oRKcRdUaFo&#10;Cd2aYjIa3RQtYOURpAqBTh/6Sz7P+HWtZHyq66AiMyWn3mK2mO022WJ+K2Y7FL7RcmhD/EMXVmhH&#10;RU9QDyIKtkf9B5TVEiFAHS8k2ALqWkuVZ6BpxqN302wa4VWehcgJ/kRT+H+w8vGw8WskGlofZoHc&#10;NEVXo2UIxNb11Sj98mzULesyda8n6lQXmaTDq/FoMiaCJV1dfxlPJ5naoodKkB5D/KrAsuSUfO8X&#10;iNBmXHFYhUgdUPYxK70IYHS11MbkAHfbe4PsIOhDLpe5p/7Jb2nGsZZkOPlMLTMpSFC1EZFc66uS&#10;B7fjTJgdKVVGzLUdpApZBan2gwhNXyPD9vKwOpJGjbYln/Zs9JWNS52prLJhgjcSkxe7bcc0Fb5M&#10;QOlkC9XrGntqqcPg5VJT2ZUIcS2QlEeHtE3xiUxtgGaBweOsAfz5t/OUX/JkaWzOWhIzjfpjL1Bx&#10;Zr45UsvlTfqGLJ4HeB5szwO3t/dANI9zg9mlxxjN0a0R7Avt3SIVpivhJDXXkzoE97FfMtpcqRaL&#10;nEaK9yKu3MbLBH5UxXP3ItAPuogkqEc4Cl/M3mmjzyWpvJE5BLQfWUHDLqcFPI9z1ts/zvwXAAAA&#10;//8DAFBLAwQUAAYACAAAACEAHrtEGN4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDhawmjVMhWuACiBTUsxsvSSBeR7HbpHw9ywmOq3maeZuvJteJIw6h9aThepaAQKq8&#10;banW8P52f7UAEaIhazpPqOGEAVbF+VluMutHKvG4jbXgEgqZ0dDE2GdShqpBZ8LM90icffjBmcjn&#10;UEs7mJHLXSfnSaKkMy3xQmN6vGuw+toenIbxdRdeHsvN+mbzWT88T+X36alaa315Md0uQUSc4h8M&#10;v/qsDgU77f2BbBCdBqUY1JCqOQiO05Qf2TOmkgXIIpf//YsfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHrQFX5XAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAB67RBjeAAAABwEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="7486" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="1E8CF9DC" id="Upp 22" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:10.45pt;margin-top:40.95pt;width:32.3pt;height:46.6pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB60BV+VwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kH8uCOkXQIsOA&#10;oA2QDj0rshwLkESNUmJ3v36U7KRZt9OwHAhSoh7J58fc3nXWsIPCoMGVfHwx4kw5CZV2u5J/f15+&#10;mnIWonCVMOBUyV9V4Hfzjx9uWz9TE2jAVAoZgbgwa33Jmxj9rCiCbJQV4QK8cnRZA1oRKcRdUaFo&#10;Cd2aYjIa3RQtYOURpAqBTh/6Sz7P+HWtZHyq66AiMyWn3mK2mO022WJ+K2Y7FL7RcmhD/EMXVmhH&#10;RU9QDyIKtkf9B5TVEiFAHS8k2ALqWkuVZ6BpxqN302wa4VWehcgJ/kRT+H+w8vGw8WskGlofZoHc&#10;NEVXo2UIxNb11Sj98mzULesyda8n6lQXmaTDq/FoMiaCJV1dfxlPJ5naoodKkB5D/KrAsuSUfO8X&#10;iNBmXHFYhUgdUPYxK70IYHS11MbkAHfbe4PsIOhDLpe5p/7Jb2nGsZZkOPlMLTMpSFC1EZFc66uS&#10;B7fjTJgdKVVGzLUdpApZBan2gwhNXyPD9vKwOpJGjbYln/Zs9JWNS52prLJhgjcSkxe7bcc0Fb5M&#10;QOlkC9XrGntqqcPg5VJT2ZUIcS2QlEeHtE3xiUxtgGaBweOsAfz5t/OUX/JkaWzOWhIzjfpjL1Bx&#10;Zr45UsvlTfqGLJ4HeB5szwO3t/dANI9zg9mlxxjN0a0R7Avt3SIVpivhJDXXkzoE97FfMtpcqRaL&#10;nEaK9yKu3MbLBH5UxXP3ItAPuogkqEc4Cl/M3mmjzyWpvJE5BLQfWUHDLqcFPI9z1ts/zvwXAAAA&#10;//8DAFBLAwQUAAYACAAAACEAHrtEGN4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDhawmjVMhWuACiBTUsxsvSSBeR7HbpHw9ywmOq3maeZuvJteJIw6h9aThepaAQKq8&#10;banW8P52f7UAEaIhazpPqOGEAVbF+VluMutHKvG4jbXgEgqZ0dDE2GdShqpBZ8LM90icffjBmcjn&#10;UEs7mJHLXSfnSaKkMy3xQmN6vGuw+toenIbxdRdeHsvN+mbzWT88T+X36alaa315Md0uQUSc4h8M&#10;v/qsDgU77f2BbBCdBqUY1JCqOQiO05Qf2TOmkgXIIpf//YsfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHrQFX5XAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAB67RBjeAAAABwEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="7486" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="04E6696F" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="0066567D" w:rsidRDefault="00280554" w:rsidP="007D45DE">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E28C639" wp14:editId="1D493A92">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E28C639" wp14:editId="1D493A92">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>633730</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>43180</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="23495" cy="1581150"/>
                       <wp:effectExtent l="19050" t="19050" r="33655" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="21" name="Rak 21"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="23495" cy="1581150"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
                     <v:line w14:anchorId="60739957" id="Rak 21" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="49.9pt,3.4pt" to="51.75pt,127.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbBkxauQEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02PEzEMvSPtf4hy32amS1EZdbqHrQoH&#10;BCsBP8DNJDOR8qU4dNp/j5N2ywI3xBwiO3ae/Z49m8eTs+yoEprge94uGs6Ul2Ewfuz592/7+zVn&#10;mMEPYINXPT8r5I/buzebOXZqGaZgB5UYgXjs5tjzKefYCYFyUg5wEaLyFNQhOcjkplEMCWZCd1Ys&#10;m+admEMaYgpSIdLt7hLk24qvtZL5i9aoMrM9p95yPVM9D+UU2w10Y4I4GXltA/6hCwfGU9Eb1A4y&#10;sB/J/AXljEwBg84LGZwIWhupKgdi0zZ/sPk6QVSVC4mD8SYT/j9Y+fn45J8TyTBH7DA+p8LipJNj&#10;2pr4kWZaeVGn7FRlO99kU6fMJF0uH96+X3EmKdKu1m27qrKKC0yBiwnzBxUcK0bPrfGFFXRw/ISZ&#10;SlPqS0q59mFvrK2TsZ7NPX9Ytw0NTwItiLaQyXRx6Dn6kTOwI22ezKlCYrBmKM8LEKbx8GQTOwJN&#10;f79v6CsDp3K/pZXaO8DpkldDl71wJtNyWuN6vi6PX15bX9BVXa8rg1/qFesQhnMVVRSPRleLXtes&#10;7MZrn+zXP8P2JwAAAP//AwBQSwMEFAAGAAgAAAAhAM1i7wjeAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyonaCUNmRTlUgcOCBB4QPceIkj4nWI3Tbw9bgnOK1GM5p5W21m&#10;N4gjTaH3jJAtFAji1pueO4T3t8ebFYgQNRs9eCaEbwqwqS8vKl0af+JXOu5iJ1IJh1Ij2BjHUsrQ&#10;WnI6LPxInLwPPzkdk5w6aSZ9SuVukLlSS+l0z2nB6pEaS+3n7uAQnv0PN3fFU6u2X91LljUPMe8s&#10;4vXVvL0HEWmOf2E44yd0qBPT3h/YBDEgrNeJPCIs0znb6rYAsUfIi2IFsq7k/wfqXwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAbBkxauQEAAFQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDNYu8I3gAAAAgBAAAPAAAAAAAAAAAAAAAAABMEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHgUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D58BFEB" wp14:editId="70C75BC8">
                   <wp:extent cx="1302978" cy="1615524"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                   <wp:docPr id="12" name="Bildobjekt 12"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
@@ -2581,82 +2567,82 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C3B7EFB" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11836C3B" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00305486">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="5E469FE1" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="5E469FE1" w14:textId="77777777" w:rsidTr="00660F55">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79DBCF73" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
@@ -2822,51 +2808,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="73B38D2B" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="73B38D2B" w14:textId="77777777" w:rsidTr="00660F55">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="567055C6" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2942,68 +2928,100 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="233385BD" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
+          <w:p w14:paraId="233385BD" w14:textId="1168B5ED" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>H32/Soft/FC26</w:t>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280554">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280554">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/Soft/FC26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A9E5D6F" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3033,51 +3051,51 @@
           </w:tcPr>
           <w:p w14:paraId="78732085" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="4C86C3D6" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="4C86C3D6" w14:textId="77777777" w:rsidTr="00660F55">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A3B9864" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3140,68 +3158,100 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59A6C1BB" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
+          <w:p w14:paraId="59A6C1BB" w14:textId="29D2C9D3" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>H32/Soft/FC26</w:t>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280554">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280554">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/Soft/FC26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D630563" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3231,51 +3281,51 @@
           </w:tcPr>
           <w:p w14:paraId="0AD29ABC" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="399E42D8" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="399E42D8" w14:textId="77777777" w:rsidTr="00660F55">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6913C2A7" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3338,68 +3388,100 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33AFC0B7" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
+          <w:p w14:paraId="33AFC0B7" w14:textId="60DF61D7" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>H32/Soft/FC26</w:t>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280554">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280554">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/Soft/FC26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7880F4C8" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3431,51 +3513,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="1EFC3379" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="1EFC3379" w14:textId="77777777" w:rsidTr="00660F55">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07771BC2" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -3543,69 +3625,105 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6531A21C" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
+          <w:p w14:paraId="6531A21C" w14:textId="1413D13B" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>H32/Soft</w:t>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280554">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280554">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/Soft</w:t>
             </w:r>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/FC26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C24F020" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
@@ -3643,449 +3761,437 @@
           </w:tcPr>
           <w:p w14:paraId="701CE14D" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="6CFE4052" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="6CFE4052" w14:textId="77777777" w:rsidTr="008F4F04">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C4F5D08" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BB0DEF7" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B666226" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51D04364" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DB62945" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="105A2305" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="1CFB1931" w14:textId="77777777" w:rsidTr="006E71C7">
+      <w:tr w:rsidR="00280554" w:rsidRPr="00280554" w14:paraId="1CFB1931" w14:textId="77777777" w:rsidTr="008F4F04">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F66AE5" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="386FBC9E" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31A3C2C1" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72733948" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="496970D2" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D1A1741" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00280554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68023AF3" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00280554">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="389C676D" w14:textId="77777777" w:rsidR="00280554" w:rsidRPr="00280554" w:rsidRDefault="00280554" w:rsidP="00305486">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00280554">
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="3119"/>
@@ -5500,226 +5606,226 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00280554">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="798E6D3A" w14:textId="77777777" w:rsidR="004F56B2" w:rsidRDefault="004F56B2">
+    <w:p w14:paraId="65C1BE61" w14:textId="77777777" w:rsidR="0061325D" w:rsidRDefault="0061325D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11B9B191" w14:textId="77777777" w:rsidR="004F56B2" w:rsidRDefault="004F56B2">
+    <w:p w14:paraId="3521958D" w14:textId="77777777" w:rsidR="0061325D" w:rsidRDefault="0061325D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2419BC13" w14:textId="77777777" w:rsidR="004F56B2" w:rsidRDefault="004F56B2">
+    <w:p w14:paraId="2D1CD99A" w14:textId="77777777" w:rsidR="0061325D" w:rsidRDefault="0061325D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -5730,54 +5836,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -5808,87 +5914,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4318F6EC" w14:textId="77777777" w:rsidR="004F56B2" w:rsidRDefault="004F56B2"/>
+    <w:p w14:paraId="47792AD1" w14:textId="77777777" w:rsidR="0061325D" w:rsidRDefault="0061325D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BEDC438" w14:textId="77777777" w:rsidR="004F56B2" w:rsidRDefault="004F56B2">
+    <w:p w14:paraId="7287B52E" w14:textId="77777777" w:rsidR="0061325D" w:rsidRDefault="0061325D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7B6DF1BC" w14:textId="77777777" w:rsidR="004F56B2" w:rsidRDefault="004F56B2">
+    <w:p w14:paraId="0C4AA0F3" w14:textId="77777777" w:rsidR="0061325D" w:rsidRDefault="0061325D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -5912,106 +6018,106 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6035,93 +6141,93 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -6162,51 +6268,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7238,51 +7344,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -7719,51 +7825,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -8550,51 +8656,51 @@
   <w:num w:numId="16" w16cid:durableId="1232229210">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2016107535">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1021976250">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2125999785">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1400596316">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1982465201">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="990522788">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -8615,71 +8721,74 @@
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000B7B63"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
+    <w:rsid w:val="000F7F95"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00180FF0"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280554"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
@@ -8705,50 +8814,51 @@
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F4928"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
@@ -8758,66 +8868,70 @@
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B2CD3"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D7D56"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1802"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060456E"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="0061325D"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="00660F55"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00670E27"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
@@ -8837,50 +8951,51 @@
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F4F04"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
@@ -8948,142 +9063,145 @@
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D734F8"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E42EC3"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F470BE"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="222AF889"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{0EC27FC3-9CD5-4F42-81B4-F1EE7F435CA7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9431,196 +9549,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9698,606 +9816,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -10328,81 +10446,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -10441,53 +10559,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -10561,53 +10679,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -10681,53 +10799,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -10777,53 +10895,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -10873,53 +10991,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -10955,53 +11073,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -11050,51 +11168,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -11138,51 +11256,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -11269,67 +11387,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -11373,131 +11491,131 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14655,74 +14773,74 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1367</Characters>
+  <Pages>1</Pages>
+  <Words>244</Words>
+  <Characters>1391</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1621</CharactersWithSpaces>
+  <CharactersWithSpaces>1632</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Hjärna K- (810000A)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>8</revision>
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <revision>11</revision>
+  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>