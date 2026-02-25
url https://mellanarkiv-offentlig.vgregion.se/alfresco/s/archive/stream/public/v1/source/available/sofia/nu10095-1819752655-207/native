--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -11,87 +11,79 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="120513C0" w14:textId="77777777" w:rsidR="00753674" w:rsidRDefault="00753674" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00753674" w:rsidSect="00753674">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="0196CA3F" w14:textId="6C7E92B3" w:rsidR="00753674" w:rsidRPr="00CC677A" w:rsidRDefault="00CC677A" w:rsidP="00CC677A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC677A">
-        <w:t>DT Handled (</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>DT Handled (866000)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D97E93" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02D97CEA" w14:textId="443BA085" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00CC677A" w:rsidP="00CC677A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar</w:t>
       </w:r>
       <w:r w:rsidR="00753674" w:rsidRPr="00753674">
@@ -534,63 +526,63 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="174DAF98" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Se kapitel 4.2 och 5.2 i </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A560CF3" w14:textId="4AC7BE87" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00000000" w:rsidP="00753674">
+          <w:p w14:paraId="1A560CF3" w14:textId="4AC7BE87" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00753674" w:rsidRPr="00753674">
+              <w:r w:rsidRPr="00753674">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00753674" w:rsidRPr="00753674" w14:paraId="4198372D" w14:textId="77777777" w:rsidTr="007B5107">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
@@ -616,72 +608,86 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15496E20" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
+          <w:p w14:paraId="15496E20" w14:textId="50FEB34E" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00E7775A" w:rsidP="00753674">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00753674">
-[...5 lines deleted...]
-              <w:t>Ryggläge.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Sidoläge (handryggen mot bordet).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D129146" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Huvudet mot </w:t>
             </w:r>
@@ -860,51 +866,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76C1D1DC" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34F8E79F" wp14:editId="4BDA9EAB">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34F8E79F" wp14:editId="4BDA9EAB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>621665</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>400050</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="923925"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="9525"/>
                       <wp:wrapNone/>
                       <wp:docPr id="17" name="Upp 17"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="923925"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -953,90 +959,90 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="34F8E79F" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:48.95pt;margin-top:31.5pt;width:32.3pt;height:72.75pt;rotation:180;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqgrR+VwIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3bSrWuDOkXQIsOA&#10;og3QDj0rsmwLkESNUmJ3Xz9Kdtq022lYDgIpkY/k82MurwZr2F5h0OAqPjspOVNOQq1dW/Efj+tP&#10;55yFKFwtDDhV8WcV+NXy44fL3i/UHDowtUJGIC4sel/xLka/KIogO2VFOAGvHD02gFZEcrEtahQ9&#10;oVtTzMvyrOgBa48gVQh0ezM+8mXGbxol433TBBWZqTj1FvOJ+dyms1heikWLwndaTm2If+jCCu2o&#10;6AvUjYiC7VD/AWW1RAjQxBMJtoCm0VLlGWiaWflumodOeJVnIXKCf6Ep/D9Yebd/8BskGnofFoHM&#10;NMXQoGUIxNasPC/TLw9H7bIhc/f8wp0aIpN0+XlWzmfEsKSni/npxfxL4rYYsRKmxxC/KbAsGRXf&#10;+RUi9BlX7G9DHKMPUSkjgNH1WhuTHWy31wbZXtCXXK9zT2PKmzDjWE9dz79Sy0wKUlRjRCTT+rri&#10;wbWcCdOSVGXEXNtBqkBIY4c3InRjjQw76sPqSCI12lZ8YmOsbFxKU1lm0wSvLCYrDtuBQpO5hfp5&#10;gyOp1Frwcq2JiFsR4kYgaY4uaY/iPR2NARoCJouzDvDX3+5TPEmBXjnrScM04M+dQMWZ+e5IJKdn&#10;6cuxeOzgsbM9dtzOXgORO8vdZZOSMZqD2SDYJ1q3VapKT8JJqj1SOTnXcdwtWlipVqsctvOo245S&#10;CJhE70W8dQ9eJv/A+uPwJNBPyogkqTs4aF8s3qljjCVpvbI6ObQiWXHTOqcdPPZz1OufzvI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAQUTEs98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSE&#10;dyT+g/WQWBC1CTS0IS9VQEIMHRAtC5sTP5KI+DmKnTb997gTjKc73X2Xb2bbiwONvnOMcLdQIIhr&#10;ZzpuED73r7crED5oNrp3TAgn8rApLi9ynRl35A867EIjYgn7TCO0IQyZlL5uyWq/cANx9L7daHWI&#10;cmykGfUxltteJkql0uqO40KrB3ppqf7ZTRbhbdLGKTo1tqyfx5v9V/VePmwRr6/m8glEoDn8heGM&#10;H9GhiEyVm9h40SOsH9cxiZDex0tnP02WICqERK2WIItc/n9Q/AIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCqgrR+VwIAALwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBBRMSz3wAAAAkBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" adj="4795" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:48.95pt;margin-top:31.5pt;width:32.3pt;height:72.75pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqgrR+VwIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3bSrWuDOkXQIsOA&#10;og3QDj0rsmwLkESNUmJ3Xz9Kdtq022lYDgIpkY/k82MurwZr2F5h0OAqPjspOVNOQq1dW/Efj+tP&#10;55yFKFwtDDhV8WcV+NXy44fL3i/UHDowtUJGIC4sel/xLka/KIogO2VFOAGvHD02gFZEcrEtahQ9&#10;oVtTzMvyrOgBa48gVQh0ezM+8mXGbxol433TBBWZqTj1FvOJ+dyms1heikWLwndaTm2If+jCCu2o&#10;6AvUjYiC7VD/AWW1RAjQxBMJtoCm0VLlGWiaWflumodOeJVnIXKCf6Ep/D9Yebd/8BskGnofFoHM&#10;NMXQoGUIxNasPC/TLw9H7bIhc/f8wp0aIpN0+XlWzmfEsKSni/npxfxL4rYYsRKmxxC/KbAsGRXf&#10;+RUi9BlX7G9DHKMPUSkjgNH1WhuTHWy31wbZXtCXXK9zT2PKmzDjWE9dz79Sy0wKUlRjRCTT+rri&#10;wbWcCdOSVGXEXNtBqkBIY4c3InRjjQw76sPqSCI12lZ8YmOsbFxKU1lm0wSvLCYrDtuBQpO5hfp5&#10;gyOp1Frwcq2JiFsR4kYgaY4uaY/iPR2NARoCJouzDvDX3+5TPEmBXjnrScM04M+dQMWZ+e5IJKdn&#10;6cuxeOzgsbM9dtzOXgORO8vdZZOSMZqD2SDYJ1q3VapKT8JJqj1SOTnXcdwtWlipVqsctvOo245S&#10;CJhE70W8dQ9eJv/A+uPwJNBPyogkqTs4aF8s3qljjCVpvbI6ObQiWXHTOqcdPPZz1OufzvI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAQUTEs98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSE&#10;dyT+g/WQWBC1CTS0IS9VQEIMHRAtC5sTP5KI+DmKnTb997gTjKc73X2Xb2bbiwONvnOMcLdQIIhr&#10;ZzpuED73r7crED5oNrp3TAgn8rApLi9ynRl35A867EIjYgn7TCO0IQyZlL5uyWq/cANx9L7daHWI&#10;cmykGfUxltteJkql0uqO40KrB3ppqf7ZTRbhbdLGKTo1tqyfx5v9V/VePmwRr6/m8glEoDn8heGM&#10;H9GhiEyVm9h40SOsH9cxiZDex0tnP02WICqERK2WIItc/n9Q/AIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCqgrR+VwIAALwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBBRMSz3wAAAAkBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" adj="4795" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="328CC957" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="0066567D" w:rsidRDefault="00753674" w:rsidP="00467CC9">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D05F325" wp14:editId="084D90EF">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D05F325" wp14:editId="084D90EF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>116205</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>401955</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1308100" cy="923925"/>
                       <wp:effectExtent l="19050" t="19050" r="25400" b="28575"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rektangel 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1308100" cy="923925"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1564,51 +1570,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D0813C6" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59D37EFF" wp14:editId="21BBDBCC">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59D37EFF" wp14:editId="21BBDBCC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>219075</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>492760</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="565785"/>
                       <wp:effectExtent l="17145" t="20955" r="0" b="7620"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="15962213">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="565785"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1659,94 +1665,94 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="59D37EFF" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:17.25pt;margin-top:38.8pt;width:32.25pt;height:44.55pt;rotation:-6157967fd;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNR1MQWAIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+NwukkARliRCIqlKU&#10;ICVVzsbrZS3ZHnfssJt+fcfeJSFpT1U5WDP28N7M4w3XN5017KAwaHAlH5+NOFNOQqXdvuQ/Hjdf&#10;LjkLUbhKGHCq5C8q8JvF50/XrZ+rCTRgKoWMQFyYt77kTYx+XhRBNsqKcAZeOXqsAa2IlOK+qFC0&#10;hG5NMRmNZkULWHkEqUKg23X/yBcZv66VjPd1HVRkpuTUW8wn5nOXzmJxLeZ7FL7RcmhD/EMXVmhH&#10;pK9QaxEFe0b9B5TVEiFAHc8k2ALqWkuVZ6BpxqMP0zw0wqs8C4kT/KtM4f/ByrvDg98iydD6MA8U&#10;pim6Gi1DILXG06vZZDI+z8NRu6zL2r28aqe6yCRdfh1dTS+mnEl6ms6mF5fTpG3RYyVMjyF+U2BZ&#10;CkpeQeuWiNBmZHG4DbGvP9al7wQwutpoY3KC+93KIDsI+i03mxF9Bop3ZcaxlvqeXNAzk4I8VRsR&#10;KbS+Knlwe86E2ZNZZcTM7SAxZCMk7rUITc+RYXuHWB3Jpkbbkl8m4iOzcakzlY02TPCmY4pit+uY&#10;JuJxAko3O6hettirSx0GLzeaaG9FiFuBZD66pIWK93TUBmgWGCLOGsBff7tP9SVPJ2ctmZnm/Pks&#10;UHFmvjtyy/kstcziaYKnye40cc92BaTxOHeXQ/oyRnMMawT7RHu3TKz0JJykznpFh2QV+yWjzZVq&#10;ucxl5Hgv4q178DKBH03x2D0J9IMtIvnpDo7GF/MPxuhryVdvSg4J7Ue227DLaQFP81z19o+z+A0A&#10;AP//AwBQSwMEFAAGAAgAAAAhAA32BSHhAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQ&#10;RO+V+AdrkXorTlKKII2DEFUPFScoVdubE2/jkHgdxQ6Ev685tbdZzWjmbbYeTcvO2LvakoB4FgFD&#10;Kq2qqRJwfH99WAJzXpKSrSUUcEUH63xyl8lU2Qvt8XzwFQsl5FIpQHvfpZy7UqORbmY7pOD92N5I&#10;H86+4qqXl1BuWp5E0YIbWVNY0LLDrcayOQxGwOmq3xannT1+86F5afaF/fzYfQlxPx03z8A8jv4v&#10;DDf8gA55YCrsQMqxVkCSJCEpYLlaAbv5cfwIrAjiaT4Hnmf8/wf5LwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDNR1MQWAIAALkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAN9gUh4QAAAAkBAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" adj="13782" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Ned 20" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:17.25pt;margin-top:38.8pt;width:32.25pt;height:44.55pt;rotation:-6157967fd;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNR1MQWAIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+NwukkARliRCIqlKU&#10;ICVVzsbrZS3ZHnfssJt+fcfeJSFpT1U5WDP28N7M4w3XN5017KAwaHAlH5+NOFNOQqXdvuQ/Hjdf&#10;LjkLUbhKGHCq5C8q8JvF50/XrZ+rCTRgKoWMQFyYt77kTYx+XhRBNsqKcAZeOXqsAa2IlOK+qFC0&#10;hG5NMRmNZkULWHkEqUKg23X/yBcZv66VjPd1HVRkpuTUW8wn5nOXzmJxLeZ7FL7RcmhD/EMXVmhH&#10;pK9QaxEFe0b9B5TVEiFAHc8k2ALqWkuVZ6BpxqMP0zw0wqs8C4kT/KtM4f/ByrvDg98iydD6MA8U&#10;pim6Gi1DILXG06vZZDI+z8NRu6zL2r28aqe6yCRdfh1dTS+mnEl6ms6mF5fTpG3RYyVMjyF+U2BZ&#10;CkpeQeuWiNBmZHG4DbGvP9al7wQwutpoY3KC+93KIDsI+i03mxF9Bop3ZcaxlvqeXNAzk4I8VRsR&#10;KbS+Knlwe86E2ZNZZcTM7SAxZCMk7rUITc+RYXuHWB3Jpkbbkl8m4iOzcakzlY02TPCmY4pit+uY&#10;JuJxAko3O6hettirSx0GLzeaaG9FiFuBZD66pIWK93TUBmgWGCLOGsBff7tP9SVPJ2ctmZnm/Pks&#10;UHFmvjtyy/kstcziaYKnye40cc92BaTxOHeXQ/oyRnMMawT7RHu3TKz0JJykznpFh2QV+yWjzZVq&#10;ucxl5Hgv4q178DKBH03x2D0J9IMtIvnpDo7GF/MPxuhryVdvSg4J7Ue227DLaQFP81z19o+z+A0A&#10;AP//AwBQSwMEFAAGAAgAAAAhAA32BSHhAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQ&#10;RO+V+AdrkXorTlKKII2DEFUPFScoVdubE2/jkHgdxQ6Ev685tbdZzWjmbbYeTcvO2LvakoB4FgFD&#10;Kq2qqRJwfH99WAJzXpKSrSUUcEUH63xyl8lU2Qvt8XzwFQsl5FIpQHvfpZy7UqORbmY7pOD92N5I&#10;H86+4qqXl1BuWp5E0YIbWVNY0LLDrcayOQxGwOmq3xannT1+86F5afaF/fzYfQlxPx03z8A8jv4v&#10;DDf8gA55YCrsQMqxVkCSJCEpYLlaAbv5cfwIrAjiaT4Hnmf8/wf5LwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDNR1MQWAIAALkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAN9gUh4QAAAAkBAAAPAAAAAAAAAAAAAAAAALIEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" adj="13782" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="60157264" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="0066564D" w:rsidRDefault="00753674" w:rsidP="00467CC9">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EEBEECF" wp14:editId="7C3562E6">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EEBEECF" wp14:editId="7C3562E6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>669290</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-6350</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="102235" cy="1799590"/>
                       <wp:effectExtent l="19050" t="19050" r="31115" b="10160"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1" flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="102235" cy="1799590"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1770,51 +1776,51 @@
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="4973171D" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;flip:x y;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="52.7pt,-.5pt" to="60.75pt,141.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaEAFcvgEAAF8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02PEzEMvSPxH6LcaWa6WmhHne5hq8IB&#10;wUp83N1MMhMpX4pDp/33OGm3LHBDzCFyYvvZfn6zeTg5y44qoQm+5+2i4Ux5GQbjx55/+7p/s+IM&#10;M/gBbPCq52eF/GH7+tVmjp1ahinYQSVGIB67OfZ8yjl2QqCclANchKg8OXVIDjJd0yiGBDOhOyuW&#10;TfNWzCENMQWpEOl1d3HybcXXWsn8WWtUmdmeU2+5nqmeh3KK7Qa6MUGcjLy2Af/QhQPjqegNagcZ&#10;2I9k/oJyRqaAQeeFDE4ErY1UdQaapm3+mObLBFHVWYgcjDea8P/Byk/HR/+UiIY5YofxKZUpTjo5&#10;pq2JH2invFrfi1V81DM7VQLPNwLVKTNJj22zXN7dcybJ1b5br+/XlWFxQSzZMWF+r4Jjxei5Nb4M&#10;CB0cP2KmLij0OaQ8+7A31tYlWc/mnt+t2ob2KIG0oi1kMl0ceo5+5AzsSCKUOVVIDNYMJb0AYRoP&#10;jzaxI5AQ9vuGvrJ7KvdbWKm9A5wucdV1kYgzmXRqjev5qiQ/Z1tf0FVV2nWCX0QW6xCGc+VXlBtt&#10;sRa9Kq7I5OWd7Jf/xfYnAAAA//8DAFBLAwQUAAYACAAAACEAYcNkudwAAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQW6DMBBF95V6B2sqdZcYKI4SiomiVj1AkxxggqeAgscIO0B7+jqrdvk1T3/e&#10;L/eL7cVEo+8ca0jXCQji2pmOGw3n08dqC8IHZIO9Y9LwTR721eNDiYVxM3/SdAyNiCXsC9TQhjAU&#10;Uvq6JYt+7QbiePtyo8UQ49hIM+Icy20vsyTZSIsdxw8tDvTWUn093qyG7uXUDcvPYdphnm7e1Vld&#10;Z1ZaPz8th1cQgZbwB8NdP6pDFZ0u7sbGiz7mROUR1bBK46Y7kKUKxEVDts1ykFUp/0+ofgEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCaEAFcvgEAAF8DAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBhw2S53AAAAAoBAAAPAAAAAAAAAAAAAAAAABgE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="271FFA62" wp14:editId="10D53994">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="271FFA62" wp14:editId="10D53994">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>828040</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>471805</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="407035" cy="559435"/>
                       <wp:effectExtent l="19050" t="0" r="0" b="12065"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Upp 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="21250218">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="407035" cy="559435"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1849,93 +1855,93 @@
                                     </w:rPr>
                                     <w:t>AX</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="271FFA62" id="Upp 19" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:65.2pt;margin-top:37.15pt;width:32.05pt;height:44.05pt;rotation:-382055fd;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpt0OeWAIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+24TdsFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnTbrdhqWg0BKzHvky2Ourgej2V5iUM7WfHZSciatcI2y25p/f1p/&#10;uuQsRLANaGdlzV9k4NfLjx+uer+QleucbiQyArFh0fuadzH6RVEE0UkD4cR5aemxdWggUorbokHo&#10;Cd3ooirL86J32Hh0QoZAt7fjI19m/LaVIn5r2yAj0zWn3mI+MZ+bdBbLK1hsEXynxNQG/EMXBpQl&#10;0leoW4jAdqj+gDJKoAuujSfCmcK1rRIyz0DTzMp30zx24GWehcQJ/lWm8P9gxf3+0T8gydD7sAgU&#10;pimGFg1DR2pVs2peVrPLPBy1y4as3curdnKITNDlWXlRns45E/Q0n38+o5hAixErYXoM8Yt0hqWg&#10;5ju/QnR9xoX9XYhj9aEqfSM4rZq10jonuN3caGR7oF9yvS7pMxH8VqYt68mH1QU9MwHkqFZDpND4&#10;pubBbjkDvSWrioiZ27rEkG2QuG8hdCNHhh39YVQkk2plan6ZiA/M2qbOZLbZNMGbiimKw2Zgioir&#10;BJRuNq55ecBRW+oweLFWRHsHIT4AkvXoktYpfqOj1Y5mcVPEWefw59/uU33N00ljc9aTm2nUHztA&#10;yZn+askup+epaxaPEzxONseJ3ZkbRzLPcoM5pC9j1IewRWeeafFWiZiewApqbhR1Sm7iuGW0ukKu&#10;VrmMLO8h3tlHLxL4wRVPwzOgn3wRyVD37uB8WLzzxlhLxnoTc0poQbLfpmVOG3ic56q3v5zlLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAOuE+DngAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYwlrGKE2naeLjtAOjEtrNa7O2kDhVk23dv8c7wc2v/Oj143wxOiuOZgidJw33EwXC&#10;UOXrjhoN5efr3RxEiEg1Wk9Gw9kEWBTXVzlmtT/RhzluYiO4hEKGGtoY+0zKULXGYZj43hDv9n5w&#10;GDkOjawHPHG5s3Kq1Ew67IgvtNibVWuqn83Bafgu8fxl1+r9ZbsK++0yCeGtnGt9ezMun0FEM8Y/&#10;GC76rA4FO+38geogLOdEpYxqeEwTEBfgKX0AseNhNk1BFrn8/0LxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAOm3Q55YAgAAugQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOuE+DngAAAACgEAAA8AAAAAAAAAAAAAAAAAsgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" adj="7858" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="271FFA62" id="Upp 19" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:65.2pt;margin-top:37.15pt;width:32.05pt;height:44.05pt;rotation:-382055fd;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpt0OeWAIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+24TdsFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnTbrdhqWg0BKzHvky2Ourgej2V5iUM7WfHZSciatcI2y25p/f1p/&#10;uuQsRLANaGdlzV9k4NfLjx+uer+QleucbiQyArFh0fuadzH6RVEE0UkD4cR5aemxdWggUorbokHo&#10;Cd3ooirL86J32Hh0QoZAt7fjI19m/LaVIn5r2yAj0zWn3mI+MZ+bdBbLK1hsEXynxNQG/EMXBpQl&#10;0leoW4jAdqj+gDJKoAuujSfCmcK1rRIyz0DTzMp30zx24GWehcQJ/lWm8P9gxf3+0T8gydD7sAgU&#10;pimGFg1DR2pVs2peVrPLPBy1y4as3curdnKITNDlWXlRns45E/Q0n38+o5hAixErYXoM8Yt0hqWg&#10;5ju/QnR9xoX9XYhj9aEqfSM4rZq10jonuN3caGR7oF9yvS7pMxH8VqYt68mH1QU9MwHkqFZDpND4&#10;pubBbjkDvSWrioiZ27rEkG2QuG8hdCNHhh39YVQkk2plan6ZiA/M2qbOZLbZNMGbiimKw2Zgioir&#10;BJRuNq55ecBRW+oweLFWRHsHIT4AkvXoktYpfqOj1Y5mcVPEWefw59/uU33N00ljc9aTm2nUHztA&#10;yZn+askup+epaxaPEzxONseJ3ZkbRzLPcoM5pC9j1IewRWeeafFWiZiewApqbhR1Sm7iuGW0ukKu&#10;VrmMLO8h3tlHLxL4wRVPwzOgn3wRyVD37uB8WLzzxlhLxnoTc0poQbLfpmVOG3ic56q3v5zlLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAOuE+DngAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAM&#10;hu9I/IfISNxYwlrGKE2naeLjtAOjEtrNa7O2kDhVk23dv8c7wc2v/Oj143wxOiuOZgidJw33EwXC&#10;UOXrjhoN5efr3RxEiEg1Wk9Gw9kEWBTXVzlmtT/RhzluYiO4hEKGGtoY+0zKULXGYZj43hDv9n5w&#10;GDkOjawHPHG5s3Kq1Ew67IgvtNibVWuqn83Bafgu8fxl1+r9ZbsK++0yCeGtnGt9ezMun0FEM8Y/&#10;GC76rA4FO+38geogLOdEpYxqeEwTEBfgKX0AseNhNk1BFrn8/0LxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAOm3Q55YAgAAugQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOuE+DngAAAACgEAAA8AAAAAAAAAAAAAAAAAsgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" adj="7858" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="6BC34E78" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="0066567D" w:rsidRDefault="00753674" w:rsidP="00467CC9">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F0E8A2D" wp14:editId="4BD7CF04">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F0E8A2D" wp14:editId="4BD7CF04">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>27940</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1017270</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1239520" cy="99695"/>
                       <wp:effectExtent l="19050" t="19050" r="36830" b="33655"/>
                       <wp:wrapNone/>
                       <wp:docPr id="21" name="Rak 21"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1239832" cy="100309"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2023,51 +2029,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39EB813A" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="254876E9" wp14:editId="68068077">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="254876E9" wp14:editId="68068077">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1212215</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1257935</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="312420" cy="694690"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="7" name="Textruta 7"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm rot="5383419">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="312420" cy="694690"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2103,92 +2109,92 @@
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="254876E9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Textruta 7" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:95.45pt;margin-top:99.05pt;width:24.6pt;height:54.7pt;rotation:5880129fd;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfeb42DAIAABEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvZo0Rp8haZJeg&#10;LZAOPSuyHBuQRY1SYme/fpRsp0W307CLQJFPj+Qjtbpra83OCl0FJuOT0ZgzZSTklTlm/MfL9sst&#10;Z84LkwsNRmX8ohy/W3/+tGpsqqZQgs4VMiIxLm1sxkvvbZokTpaqFm4EVhkKFoC18HTFY5KjaIi9&#10;1sl0PF4kDWBuEaRyjrwPXZCvI39RKOmfisIpz3TGqTYfT4znIZzJeiXSIwpbVrIvQ/xDFbWoDCW9&#10;Uj0IL9gJqz+o6koiOCj8SEKdQFFUUsUeqJvJ+EM3+1JYFXshcZy9yuT+H618PO/tMzLffoOWBhgE&#10;aaxLHTlDP22BNUMg3W5mt7P5ZBm7pLoZoUnQy1VE1XomyTmbTOdTikgKLZbzxTKKnHRUgdKi898V&#10;1CwYGUeaUSQV553zlJ6gAyTADWwrreOctGENkc5uxvHBNUIvtAlYFSfe07y1ESzfHlpW5VTf0OIB&#10;8gt1Hpujep2V24oq2gnnnwXSFpCTNts/0VFooMzQW5yVgL/+5g/4jIdz+pWeN7RYGXc/TwIVZ+ZU&#10;3wPt4SQmiyZh0OvBLBDqV9rnTSChkDCSEmVcehwu975bXvoRUm02EUabZIXfmb2VgXzQ+KV9FWh7&#10;lT2N5xGGhRLpB7E7LGkfpOqE6S+0d3Ek/R8Ji/3+HlFvP3n9GwAA//8DAFBLAwQUAAYACAAAACEA&#10;ZS8bUt4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fq7EU2jEKdCBT6A&#10;FiSO29gkgXgdxW4a8vVsT+U2ox3Nvim2k+vEaIfQetKwWioQlipvWqo1vB9eFxmIEJEMdp6shl8b&#10;YFve3hSYG3+mNzvuYy24hEKOGpoY+1zKUDXWYVj63hLfvvzgMLIdamkGPHO562SiVCodtsQfGuzt&#10;rrHVz/7kNMzjy8Gk2e55/pgVfq8+1zGr11rf301PjyCineI1DBd8RoeSmY7+RCaIjn2qGD1qSJIs&#10;AcGJZKNYHC9i8wCyLOT/DeUfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB95vjYMAgAA&#10;EQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGUvG1Le&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAZgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                    <v:shape id="Textruta 7" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:95.45pt;margin-top:99.05pt;width:24.6pt;height:54.7pt;rotation:5880129fd;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfeb42DAIAABEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvZo0Rp8haZJeg&#10;LZAOPSuyHBuQRY1SYme/fpRsp0W307CLQJFPj+Qjtbpra83OCl0FJuOT0ZgzZSTklTlm/MfL9sst&#10;Z84LkwsNRmX8ohy/W3/+tGpsqqZQgs4VMiIxLm1sxkvvbZokTpaqFm4EVhkKFoC18HTFY5KjaIi9&#10;1sl0PF4kDWBuEaRyjrwPXZCvI39RKOmfisIpz3TGqTYfT4znIZzJeiXSIwpbVrIvQ/xDFbWoDCW9&#10;Uj0IL9gJqz+o6koiOCj8SEKdQFFUUsUeqJvJ+EM3+1JYFXshcZy9yuT+H618PO/tMzLffoOWBhgE&#10;aaxLHTlDP22BNUMg3W5mt7P5ZBm7pLoZoUnQy1VE1XomyTmbTOdTikgKLZbzxTKKnHRUgdKi898V&#10;1CwYGUeaUSQV553zlJ6gAyTADWwrreOctGENkc5uxvHBNUIvtAlYFSfe07y1ESzfHlpW5VTf0OIB&#10;8gt1Hpujep2V24oq2gnnnwXSFpCTNts/0VFooMzQW5yVgL/+5g/4jIdz+pWeN7RYGXc/TwIVZ+ZU&#10;3wPt4SQmiyZh0OvBLBDqV9rnTSChkDCSEmVcehwu975bXvoRUm02EUabZIXfmb2VgXzQ+KV9FWh7&#10;lT2N5xGGhRLpB7E7LGkfpOqE6S+0d3Ek/R8Ji/3+HlFvP3n9GwAA//8DAFBLAwQUAAYACAAAACEA&#10;ZS8bUt4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fq7EU2jEKdCBT6A&#10;FiSO29gkgXgdxW4a8vVsT+U2ox3Nvim2k+vEaIfQetKwWioQlipvWqo1vB9eFxmIEJEMdp6shl8b&#10;YFve3hSYG3+mNzvuYy24hEKOGpoY+1zKUDXWYVj63hLfvvzgMLIdamkGPHO562SiVCodtsQfGuzt&#10;rrHVz/7kNMzjy8Gk2e55/pgVfq8+1zGr11rf301PjyCineI1DBd8RoeSmY7+RCaIjn2qGD1qSJIs&#10;AcGJZKNYHC9i8wCyLOT/DeUfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB95vjYMAgAA&#10;EQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGUvG1Le&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAZgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                         <w:txbxContent>
                           <w:p w14:paraId="0BD9853D" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="00753674" w:rsidRDefault="00753674" w:rsidP="00753674">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00753674">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>DX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C7B3B6E" wp14:editId="7EA3E1DE">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C7B3B6E" wp14:editId="7EA3E1DE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>470535</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>582930</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="553085"/>
                       <wp:effectExtent l="4445" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="24" name="Ned 24"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="16200000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="553085"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2223,94 +2229,94 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="5C7B3B6E" id="Ned 24" o:spid="_x0000_s1030" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:37.05pt;margin-top:45.9pt;width:32.25pt;height:43.55pt;rotation:-90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhVf0uVgIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVwLFFjFFVWgTpMQ&#10;VIKJ5zSX60VK4swJvWO/fk5yhcL2NK0Plp04n+3vPvfyarCG7RQGDa7m06MJZ8pJaLTb1vzH4+rL&#10;BWchCtcIA07V/EUFfrX4/Omy93N1DB2YRiEjEBfmva95F6OfV1WQnbIiHIFXji5bQCsihbitGhQ9&#10;oVtTHU8mZ1UP2HgEqUKg05tyyRcZv22VjPdtG1RkpubUW8wWs90kWy0uxXyLwndajm2If+jCCu2o&#10;6CvUjYiCPaP+A8pqiRCgjUcSbAVtq6XKM9A008mHaR464VWehcgJ/pWm8P9g5d3uwa+RaOh9mAdy&#10;0xRDi5YhEFvTM2KZfnk4apcNmbuXV+7UEJmkw9PJ19n5jDNJV7PZyeRilritClbC9BjiNwWWJafm&#10;DfRuiQh9Rha72xBL/j4vvQlgdLPSxuQAt5trg2wn6FuuVrmr8uRdmnGsp76Pz6lpJgVpqjUikmt9&#10;U/PgtpwJsyWxyoi5toNUgZBKjzcidKVGhi0KsTqSTI22Nb8ofJTKxqVnKgttnOCNx+TFYTMwTYVP&#10;E1A62UDzssbCLnUYvFxpYuRWhLgWSOKjQ1qoeE+mNUCzwOhx1gH++tt5yq95spz1JGaa8+ezQMWZ&#10;+e5ILSdn6ROyeBjgYbA5DNyzvQbieJq7yy49xmj2botgn2jvlqkqXQknqbPC6Bhcx7JktLlSLZc5&#10;jRTvRbx1D14m8D3hj8OTQD/KIpKe7mAvfDH/IIySS7p6Y3IMaD+y3MZdTgt4GOest3+cxW8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAymtNb3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMWpSTEqRCoEsqJBj7AtbdxRGxHtpOGv2d7gtvu7GjmbbVf7MBmDLH3TsB6lQFDp7zu&#10;XSfg6/Pw8AQsJum0HLxDAT8YYV/f3lSy1P7ijji3qWMU4mIpBZiUxpLzqAxaGVd+REe3sw9WJlpD&#10;x3WQFwq3A99kWc6t7B01GDniq0H13U5WQPO2neb3jwOqXdGYcx5j0wYlxP3d8vIMLOGS/sxwxSd0&#10;qInp5CenIxsE5BsiT6Rn2zWwq+GxKICdaMh3OfC64v9fqH8BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAYVX9LlYCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAMprTW94AAAAKAQAADwAAAAAAAAAAAAAAAACwBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="13602" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="5C7B3B6E" id="Ned 24" o:spid="_x0000_s1030" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:37.05pt;margin-top:45.9pt;width:32.25pt;height:43.55pt;rotation:-90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhVf0uVgIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFPGzEMfp+0/xDlfVwLFFjFFVWgTpMQ&#10;VIKJ5zSX60VK4swJvWO/fk5yhcL2NK0Plp04n+3vPvfyarCG7RQGDa7m06MJZ8pJaLTb1vzH4+rL&#10;BWchCtcIA07V/EUFfrX4/Omy93N1DB2YRiEjEBfmva95F6OfV1WQnbIiHIFXji5bQCsihbitGhQ9&#10;oVtTHU8mZ1UP2HgEqUKg05tyyRcZv22VjPdtG1RkpubUW8wWs90kWy0uxXyLwndajm2If+jCCu2o&#10;6CvUjYiCPaP+A8pqiRCgjUcSbAVtq6XKM9A008mHaR464VWehcgJ/pWm8P9g5d3uwa+RaOh9mAdy&#10;0xRDi5YhEFvTM2KZfnk4apcNmbuXV+7UEJmkw9PJ19n5jDNJV7PZyeRilritClbC9BjiNwWWJafm&#10;DfRuiQh9Rha72xBL/j4vvQlgdLPSxuQAt5trg2wn6FuuVrmr8uRdmnGsp76Pz6lpJgVpqjUikmt9&#10;U/PgtpwJsyWxyoi5toNUgZBKjzcidKVGhi0KsTqSTI22Nb8ofJTKxqVnKgttnOCNx+TFYTMwTYVP&#10;E1A62UDzssbCLnUYvFxpYuRWhLgWSOKjQ1qoeE+mNUCzwOhx1gH++tt5yq95spz1JGaa8+ezQMWZ&#10;+e5ILSdn6ROyeBjgYbA5DNyzvQbieJq7yy49xmj2botgn2jvlqkqXQknqbPC6Bhcx7JktLlSLZc5&#10;jRTvRbx1D14m8D3hj8OTQD/KIpKe7mAvfDH/IIySS7p6Y3IMaD+y3MZdTgt4GOest3+cxW8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAymtNb3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMWpSTEqRCoEsqJBj7AtbdxRGxHtpOGv2d7gtvu7GjmbbVf7MBmDLH3TsB6lQFDp7zu&#10;XSfg6/Pw8AQsJum0HLxDAT8YYV/f3lSy1P7ijji3qWMU4mIpBZiUxpLzqAxaGVd+REe3sw9WJlpD&#10;x3WQFwq3A99kWc6t7B01GDniq0H13U5WQPO2neb3jwOqXdGYcx5j0wYlxP3d8vIMLOGS/sxwxSd0&#10;qInp5CenIxsE5BsiT6Rn2zWwq+GxKICdaMh3OfC64v9fqH8BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAYVX9LlYCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAMprTW94AAAAKAQAADwAAAAAAAAAAAAAAAACwBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="13602" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="5137D888" w14:textId="77777777" w:rsidR="00753674" w:rsidRPr="0066564D" w:rsidRDefault="00753674" w:rsidP="00467CC9">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00753674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="701D0BF7" wp14:editId="2560E88F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="701D0BF7" wp14:editId="2560E88F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>942340</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>13970</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="47625" cy="1732915"/>
                       <wp:effectExtent l="19050" t="19050" r="28575" b="635"/>
                       <wp:wrapNone/>
                       <wp:docPr id="23" name="Rak 23"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1" flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="47767" cy="1733266"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -6064,118 +6070,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00753674">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62DC1376" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
+    <w:p w14:paraId="29B50E26" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="487CC829" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
+    <w:p w14:paraId="0BD198D7" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="03FCD0A1" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
+    <w:p w14:paraId="106430B8" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -6183,89 +6189,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -6294,51 +6300,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -6372,87 +6378,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="405D5327" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021"/>
+    <w:p w14:paraId="7864FB1D" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14ED8699" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
+    <w:p w14:paraId="5C6BF76C" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="075B0CB8" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
+    <w:p w14:paraId="57D7879C" w14:textId="77777777" w:rsidR="006A5021" w:rsidRDefault="006A5021">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6516,66 +6522,66 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6641,51 +6647,51 @@
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -6726,51 +6732,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9114,54 +9120,54 @@
   <w:num w:numId="16" w16cid:durableId="600141591">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="803306822">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2137411425">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1946186404">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="325743610">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="454249667">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="536167444">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -9225,50 +9231,51 @@
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="00286AB4"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
@@ -9317,86 +9324,89 @@
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B232C"/>
     <w:rsid w:val="005C0045"/>
+    <w:rsid w:val="005C03C5"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A5021"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="0070746A"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00753674"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
@@ -9529,67 +9539,69 @@
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E7775A"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -9601,51 +9613,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12011,55 +12023,65 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00E7775A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00E7775A"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15185,71 +15207,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>251</Words>
-  <Characters>1336</Characters>
+  <Words>255</Words>
+  <Characters>1357</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1584</CharactersWithSpaces>
+  <CharactersWithSpaces>1609</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Handled (866000)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>5</revision>
+  <revision>7</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>