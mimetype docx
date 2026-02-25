--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -11,105 +11,97 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="66EEF1C3" w14:textId="77777777" w:rsidR="008E4304" w:rsidRDefault="008E4304" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="008E4304" w:rsidSect="008E4304">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="4A4ABE11" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="629A6B87" w14:textId="23F605D9" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="00CD33E8" w:rsidP="00CD33E8">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E4304">
-        <w:t xml:space="preserve">DT Hals/munhåla med thorax K+ (818800C &amp; </w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>DT Hals/munhåla med thorax K+ (818800C &amp; 830800)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="591C15F9" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2583DBEF" w14:textId="4B3354A5" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="00EA48B8" w:rsidP="00EA48B8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar</w:t>
       </w:r>
       <w:r w:rsidR="008E4304" w:rsidRPr="008E4304">
@@ -287,69 +279,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B710657" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tumör i </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> eller larynx, med samtidig undersökning av thorax.</w:t>
+              <w:t>Tumör i hypofarynx eller larynx, med samtidig undersökning av thorax.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E4304" w:rsidRPr="008E4304" w14:paraId="5D48E61E" w14:textId="77777777" w:rsidTr="001725E0">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61521760" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -358,145 +332,165 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25579638" w14:textId="335E7104" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="00434DCD" w:rsidP="008E4304">
+          <w:p w14:paraId="25579638" w14:textId="335E7104" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="008E4304" w:rsidRPr="008E4304">
+              <w:r w:rsidRPr="008E4304">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="008E4304" w:rsidRPr="008E4304">
+            <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C2A9BBE" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
+          <w:p w14:paraId="2C2A9BBE" w14:textId="5464AD9A" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PVK, blå räcker. Helst i höger arm.</w:t>
+              <w:t xml:space="preserve">PVK, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7E83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4304">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>elst</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7E83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rosa, gärna</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E4304">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i höger arm.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79A580BE" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Avlägsna eventuell tandprotes, örhängen, halsband </w:t>
+              <w:t>Avlägsna eventuell tandprotes, örhängen, halsband etc.</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E4304" w:rsidRPr="008E4304" w14:paraId="05198608" w14:textId="77777777" w:rsidTr="001725E0">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50B0F8B8" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -594,305 +588,108 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5280A28F" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bolus 1: </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> 1”.</w:t>
+              <w:t>Bolus 1: Omnipaque 350 mg I/ml enligt OmniJect ”Hals split bolus 1”.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BE91786" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bolus 2: </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> 2”.</w:t>
+              <w:t>Bolus 2: Omnipaque 350 mg I/ml enligt OmniJect ”Hals split bolus 2”.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="283845C6" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obs! Vid dosanpassning enligt </w:t>
+              <w:t xml:space="preserve">Obs! Vid dosanpassning enligt ratio 0,5 ges all kontrast som en bolus. </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Injektionstid</w:t>
-[...69 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Injektionstid 30 s, delay thorax 40 s, hals omedelbart efteråt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E4304" w:rsidRPr="008E4304" w14:paraId="7919BE82" w14:textId="77777777" w:rsidTr="001725E0">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61C7C8C4" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -933,158 +730,138 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor </w:t>
             </w:r>
             <w:r w:rsidR="00DD2ADB" w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15–50</w:t>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> år ska tillfrågas om graviditet. I andra och tredje </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> finns risk att fostret hamnar i strålfältet.</w:t>
+              <w:t xml:space="preserve"> år ska tillfrågas om graviditet. I andra och tredje trimestern finns risk att fostret hamnar i strålfältet.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B92C6D5" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08E29FD1" w14:textId="3B1B9CBB" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="00434DCD" w:rsidP="008E4304">
+          <w:p w14:paraId="08E29FD1" w14:textId="3B1B9CBB" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="008E4304" w:rsidRPr="008E4304">
+              <w:r w:rsidRPr="008E4304">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E4304" w:rsidRPr="008E4304" w14:paraId="53BD9A30" w14:textId="77777777" w:rsidTr="001725E0">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BAE7A29" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F915754" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
@@ -1102,69 +879,51 @@
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25D002AA" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fötterna mot </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="380302BC" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Huvudstöd i lägsta läget. Hakan upplyft så att hårda gommen är vinkelrät mot underlaget.</w:t>
             </w:r>
@@ -1424,51 +1183,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FF5DE81" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="293F7372" wp14:editId="023CA4E0">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="293F7372" wp14:editId="023CA4E0">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>409575</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>210820</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="801370" cy="680085"/>
                       <wp:effectExtent l="19050" t="19050" r="17780" b="24765"/>
                       <wp:wrapNone/>
                       <wp:docPr id="27" name="Rektangel 27"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="801585" cy="680085"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1492,51 +1251,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="7669170A" id="Rektangel 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:32.25pt;margin-top:16.6pt;width:63.1pt;height:53.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCeYBJdLQIAAF8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8L7ukSoRWLBEC0QtK&#10;kEiV8+D1fkj+6tiw0F/fsXcDadpTVQ5m7Bk/z5t5s/PHs1bsJNF31pR8Osk5k0bYqjNNyb+/bL7M&#10;OPMBTAXKGlnyi/T8cfH507x3hbyzrVWVREYgxhe9K3kbgiuyzItWavAT66QhZ21RQ6AtNlmF0BO6&#10;Vtldnj9kvcXKoRXSezpdD06+SPh1LUV4rmsvA1Mlp9xCWjGth7hmizkUDYJrOzGmAf+QhYbO0KNX&#10;qDUEYEfs/oDSnUDrbR0mwurM1nUnZOJAbKb5Bzb7FpxMXKg43l3L5P8frHg67d0OqQy984UnM7I4&#10;16jjP+XHzqlYl2ux5DkwQYezfHo/u+dMkOthludkE0p2u+zQh2/SahaNkiP1IpUITlsfhtC3kPiW&#10;sZtOqdQPZVhf8q+zaU4tE0CyqBUEMrWrSu5NwxmohvQmAiZIb1VXxesRyGNzWClkJ6Cer/L4GzP7&#10;LSy+vQbfDnHJNahBd4EkqTodOb67rUxEl0lUI4NbzaJ1sNVlhwztoDLvxKajR7bgww6QZEVsaFTC&#10;My21skTRjhZnrcWffzuP8dRt8nLWk0yJ/o8joOTMHPXKEsMpDZgTySR8DOrNrNHqV5qOZUQgFxhB&#10;OEPRxs0qDKNA8yXkcpnCSJcOwtbsnYjgkXMs1cv5FdCNvQwkgif7Jk8oPrR0iCUx3KoybkjFSSPj&#10;xMUxeb9PUbfvwuIXAAAA//8DAFBLAwQUAAYACAAAACEAzR67Nt4AAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNUgqEOFUEQUKqBCLtB7jxkkTE6yh22/D3bE9wm9WMZt7m&#10;69kN4ohT6D1puF0oEEiNtz21Gnbb15sHECEasmbwhBp+MMC6uLzITWb9iT7xWMdWcAmFzGjoYhwz&#10;KUPToTNh4Uck9r785Ezkc2qlncyJy90gE6VW0pmeeKEzIz532HzXB6dhW8WmKnfzS1Jt5FvE8l1+&#10;1Kj19dVcPoGIOMe/MJzxGR0KZtr7A9kgBg2r5R0nNaRpAuLsP6p7EHsWS5WCLHL5/4PiFwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ5gEl0tAgAAXwQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM0euzbeAAAACQEAAA8AAAAAAAAAAAAAAAAAhwQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" filled="f" strokecolor="#c00000" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B8DCB49" wp14:editId="39BCAC47">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B8DCB49" wp14:editId="39BCAC47">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>448310</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>216535</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="674370"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="26" name="Upp 26"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="674370"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1596,102 +1355,102 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="6B8DCB49" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 26" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:35.3pt;margin-top:17.05pt;width:32.3pt;height:53.1pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXyDS6SwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kRVsEdYogQYYB&#10;RVugHXpmZDk2IIkapcTufv0o2WmzbqdhOSikSPHj8dE3t7014qAptOhKOT2bSKGdwqp1u1J+f958&#10;uZYiRHAVGHS6lK86yNvF5083nZ/rGTZoKk2Cg7gw73wpmxj9vCiCarSFcIZeOzbWSBYiq7QrKoKO&#10;o1tTzCaTy6JDqjyh0iHw7XowykWOX9daxYe6DjoKU0quLeaT8rlNZ7G4gfmOwDetGsuAf6jCQus4&#10;6VuoNUQQe2r/CGVbRRiwjmcKbYF13Sqde+BuppMP3Tw14HXuhcEJ/g2m8P/CqvvDk38khqHzYR5Y&#10;TF30Ndn0z/WJPoP1+gaW7qNQfHkxncymDKli0+XVxflVBrN4f+wpxK8arUhCKfd+SYRdRgkOdyFy&#10;TvY+eqV0AU1bbVpjskK77cqQOACPbjVJvzQtfvKbm3GiY+LNrtgsFDCFagORReurUga3kwLMjrmp&#10;IuXcDlOGPPeUew2hGXLksAMhbBuZlaa1pbw+zWxcqkxnXo0dvMOWpNhv+xHLLVavjyQIB84FrzYt&#10;57uDEB+BmGRcLy9OfOCjNshN4ChJ0SD9/Nt98ufZs1WKjknLDf7YA2kpzDfHrDi/TCiJeKrQqbI9&#10;VdzerpDBnfKKepVFfkzRHMWa0L7wfi1TVjaBU5x7gHJUVnFYJt5QpZfL7MbM9hDv3JNXKXiCLCH9&#10;3L8A+ZENkWl0j0eCw/wDIwZfnnYCdUByVHgPMgnGnU2Ldqpnr/cvy+IXAAAA//8DAFBLAwQUAAYA&#10;CAAAACEApXxkAtwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMAyG75P2DpGRdhsJlAEq&#10;TdGG1MOOK+NumqytaJyqCbTb08+ctput/9fnz9l+cp242SG0njQs5gqEpcqblmoNn8fieQsiRCSD&#10;nSer4dsG2OePDxmmxo/0YW9lrAVDKKSooYmxT6UMVWMdhrnvLXH25QeHkdehlmbAkeGuk0ul1tJh&#10;S3yhwd4eGltdyqtjSvn+dtpg+PGXQ9Fv/UkV9ai0fppNrzsQ0U7xrwx3fVaHnJ3O/komiE7DRq25&#10;qSFZLUDc8+RlCeLMw0olIPNM/v8g/wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBXyDS6&#10;SwIAAKEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCl&#10;fGQC3AAAAAkBAAAPAAAAAAAAAAAAAAAAAKUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAArgUAAAAA&#10;" adj="6569" fillcolor="#c00000" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 26" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:35.3pt;margin-top:17.05pt;width:32.3pt;height:53.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXyDS6SwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kRVsEdYogQYYB&#10;RVugHXpmZDk2IIkapcTufv0o2WmzbqdhOSikSPHj8dE3t7014qAptOhKOT2bSKGdwqp1u1J+f958&#10;uZYiRHAVGHS6lK86yNvF5083nZ/rGTZoKk2Cg7gw73wpmxj9vCiCarSFcIZeOzbWSBYiq7QrKoKO&#10;o1tTzCaTy6JDqjyh0iHw7XowykWOX9daxYe6DjoKU0quLeaT8rlNZ7G4gfmOwDetGsuAf6jCQus4&#10;6VuoNUQQe2r/CGVbRRiwjmcKbYF13Sqde+BuppMP3Tw14HXuhcEJ/g2m8P/CqvvDk38khqHzYR5Y&#10;TF30Ndn0z/WJPoP1+gaW7qNQfHkxncymDKli0+XVxflVBrN4f+wpxK8arUhCKfd+SYRdRgkOdyFy&#10;TvY+eqV0AU1bbVpjskK77cqQOACPbjVJvzQtfvKbm3GiY+LNrtgsFDCFagORReurUga3kwLMjrmp&#10;IuXcDlOGPPeUew2hGXLksAMhbBuZlaa1pbw+zWxcqkxnXo0dvMOWpNhv+xHLLVavjyQIB84FrzYt&#10;57uDEB+BmGRcLy9OfOCjNshN4ChJ0SD9/Nt98ufZs1WKjknLDf7YA2kpzDfHrDi/TCiJeKrQqbI9&#10;VdzerpDBnfKKepVFfkzRHMWa0L7wfi1TVjaBU5x7gHJUVnFYJt5QpZfL7MbM9hDv3JNXKXiCLCH9&#10;3L8A+ZENkWl0j0eCw/wDIwZfnnYCdUByVHgPMgnGnU2Ldqpnr/cvy+IXAAAA//8DAFBLAwQUAAYA&#10;CAAAACEApXxkAtwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMAyG75P2DpGRdhsJlAEq&#10;TdGG1MOOK+NumqytaJyqCbTb08+ctput/9fnz9l+cp242SG0njQs5gqEpcqblmoNn8fieQsiRCSD&#10;nSer4dsG2OePDxmmxo/0YW9lrAVDKKSooYmxT6UMVWMdhrnvLXH25QeHkdehlmbAkeGuk0ul1tJh&#10;S3yhwd4eGltdyqtjSvn+dtpg+PGXQ9Fv/UkV9ai0fppNrzsQ0U7xrwx3fVaHnJ3O/komiE7DRq25&#10;qSFZLUDc8+RlCeLMw0olIPNM/v8g/wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBXyDS6&#10;SwIAAKEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCl&#10;fGQC3AAAAAkBAAAPAAAAAAAAAAAAAAAAAKUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAArgUAAAAA&#10;" adj="6569" fillcolor="#c00000" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="436F67AE" w14:textId="77777777" w:rsidR="008E4304" w:rsidRDefault="008E4304" w:rsidP="00DD2ADB">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="23E96158" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="0066567D" w:rsidRDefault="008E4304" w:rsidP="008E4304">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1629FAD5" wp14:editId="63888B74">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1629FAD5" wp14:editId="63888B74">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>902335</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>669290</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1056640"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="11" name="Upp 11"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1056640"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1726,90 +1485,90 @@
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1629FAD5" id="Upp 11" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:71.05pt;margin-top:52.7pt;width:32.3pt;height:83.2pt;rotation:180;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDEMB7DXAIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nXVYEdYqgRYYB&#10;RVegHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BS1CP5/JjLq9FodpAYlLM1r85KzqQVrlG2q/n3x+2H&#10;C85CBNuAdlbW/FkGfrV+/+5y8Cu5cL3TjURGIDasBl/zPka/KoogemkgnDkvLV22Dg1EcrErGoSB&#10;0I0uFmW5LAaHjUcnZAgUvZku+Trjt60U8VvbBhmZrjn1FvOJ+dyls1hfwqpD8L0ScxvwD10YUJaK&#10;vkDdQAS2R/UHlFECXXBtPBPOFK5tlZB5BpqmKt9M89CDl3kWIif4F5rC/4MVd4cHf49Ew+DDKpCZ&#10;phhbNAwdsVWVF2X65eGoXTZm7p5fuJNjZIKC51W5qIhhQVdV+Wm5PM/kFhNYAvUY4hfpDEtGzfd+&#10;g+iGDAyH2xCpB8o+ZqUXwWnVbJXW2cFud62RHYA+5Xabm5qe/JamLRuog8Vn6pkJIEm1GiKZxjc1&#10;D7bjDHRHWhURc23rUoWsg1T7BkI/1ciwk0CMiqRSrUzNZzqmytqmzmTW2TzBK43JiuNuZIoKVwko&#10;RXaueb7HiVzqMHixVVT2FkK8ByTtUZD2KX6jo9WOZnGzxVnv8Off4imfJEG3nA2kZZrzxx5Qcqa/&#10;WhLLx2X6giyeOnjq7E4duzfXjjiucnfZpMcY9dFs0ZknWrtNqkpXYAXVnhidnes47RgtrpCbTU7b&#10;e1RdT08ImMTvId7aBy+Sf5TH4/gE6GeBRJLWnTvuAKzeiGTKJc28sjo7tCpZSvNap1089XPW65/P&#10;+hcAAAD//wMAUEsDBBQABgAIAAAAIQDuzRCf3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqO0opFWIUyFUToifFjhwc+MljojtyHbb8PYsJ7jNaD/NzjTr2Y3siDENwSuQ&#10;CwEMfRfM4HsFb6/3VytgKWtv9Bg8KvjGBOv2/KzRtQknv8XjLveMQnyqtQKb81RznjqLTqdFmNDT&#10;7TNEpzPZ2HMT9YnC3cgLISru9ODpg9UT3lnsvnYHpwBL+ZJzFeXGPtntw+Pm+eM9cKUuL+bbG2AZ&#10;5/wHw299qg4tddqHgzeJjeTLQhJKQlyXwIgoRLUEtiexlCvgbcP/b2h/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAMQwHsNcAgAAxAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAO7NEJ/fAAAACwEAAA8AAAAAAAAAAAAAAAAAtgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;" adj="4193" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="1629FAD5" id="Upp 11" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:71.05pt;margin-top:52.7pt;width:32.3pt;height:83.2pt;rotation:180;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDEMB7DXAIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21nXVYEdYqgRYYB&#10;RVegHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BS1CP5/JjLq9FodpAYlLM1r85KzqQVrlG2q/n3x+2H&#10;C85CBNuAdlbW/FkGfrV+/+5y8Cu5cL3TjURGIDasBl/zPka/KoogemkgnDkvLV22Dg1EcrErGoSB&#10;0I0uFmW5LAaHjUcnZAgUvZku+Trjt60U8VvbBhmZrjn1FvOJ+dyls1hfwqpD8L0ScxvwD10YUJaK&#10;vkDdQAS2R/UHlFECXXBtPBPOFK5tlZB5BpqmKt9M89CDl3kWIif4F5rC/4MVd4cHf49Ew+DDKpCZ&#10;phhbNAwdsVWVF2X65eGoXTZm7p5fuJNjZIKC51W5qIhhQVdV+Wm5PM/kFhNYAvUY4hfpDEtGzfd+&#10;g+iGDAyH2xCpB8o+ZqUXwWnVbJXW2cFud62RHYA+5Xabm5qe/JamLRuog8Vn6pkJIEm1GiKZxjc1&#10;D7bjDHRHWhURc23rUoWsg1T7BkI/1ciwk0CMiqRSrUzNZzqmytqmzmTW2TzBK43JiuNuZIoKVwko&#10;RXaueb7HiVzqMHixVVT2FkK8ByTtUZD2KX6jo9WOZnGzxVnv8Off4imfJEG3nA2kZZrzxx5Qcqa/&#10;WhLLx2X6giyeOnjq7E4duzfXjjiucnfZpMcY9dFs0ZknWrtNqkpXYAXVnhidnes47RgtrpCbTU7b&#10;e1RdT08ImMTvId7aBy+Sf5TH4/gE6GeBRJLWnTvuAKzeiGTKJc28sjo7tCpZSvNap1089XPW65/P&#10;+hcAAAD//wMAUEsDBBQABgAIAAAAIQDuzRCf3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqO0opFWIUyFUToifFjhwc+MljojtyHbb8PYsJ7jNaD/NzjTr2Y3siDENwSuQ&#10;CwEMfRfM4HsFb6/3VytgKWtv9Bg8KvjGBOv2/KzRtQknv8XjLveMQnyqtQKb81RznjqLTqdFmNDT&#10;7TNEpzPZ2HMT9YnC3cgLISru9ODpg9UT3lnsvnYHpwBL+ZJzFeXGPtntw+Pm+eM9cKUuL+bbG2AZ&#10;5/wHw299qg4tddqHgzeJjeTLQhJKQlyXwIgoRLUEtiexlCvgbcP/b2h/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAMQwHsNcAgAAxAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAO7NEJ/fAAAACwEAAA8AAAAAAAAAAAAAAAAAtgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;" adj="4193" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="2ADA9286" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="0066567D" w:rsidRDefault="008E4304" w:rsidP="00DD2ADB">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="085AC553" wp14:editId="1D50AF03">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="085AC553" wp14:editId="1D50AF03">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>93980</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>659130</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1469390" cy="1075055"/>
                       <wp:effectExtent l="19050" t="19050" r="16510" b="10795"/>
                       <wp:wrapNone/>
                       <wp:docPr id="14" name="Rektangel 14"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1469390" cy="1075055"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2027,69 +1786,51 @@
           </w:tcPr>
           <w:p w14:paraId="6BC930A1" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> – lungbaser.</w:t>
+              <w:t xml:space="preserve"> Jugulum – lungbaser.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="205B81B5" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2162,165 +1903,71 @@
           </w:tcPr>
           <w:p w14:paraId="3E967459" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E1"/>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Arcus aortae – orbitas underkant.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+          </w:p>
+          <w:p w14:paraId="2CFA4ABB" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Patienten ska andas lugnt genom näsan, pressa samman läpparna och blåsa upp kinderna (”</w:t>
-[...39 lines deleted...]
-              <w:t>”) och inte svälja.</w:t>
+              <w:t>Patienten ska andas lugnt genom näsan, pressa samman läpparna och blåsa upp kinderna (”puffed cheeks”) och inte svälja.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="1911BDF4" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2345,69 +1992,51 @@
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08E6BA21" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Efter scanning läggs hals och thorax på separata kort och </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> som vanligt.</w:t>
+              <w:t>Efter scanning läggs hals och thorax på separata kort och reformateras som vanligt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="167F4388" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2565,61 +2194,59 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="772583FD" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75456B15" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
@@ -3305,73 +2932,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F039"/>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t xml:space="preserve">  Lungor K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E6158A9" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -4461,69 +4066,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="636494B9" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>B45/</w:t>
-[...17 lines deleted...]
-              <w:t>/FC26-08</w:t>
+              <w:t>B45/Detail/FC26-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24AA77DE" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4879,69 +4466,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31BD5C00" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>B45/</w:t>
-[...17 lines deleted...]
-              <w:t>/FC26-08</w:t>
+              <w:t>B45/Detail/FC26-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="487F3C06" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5121,69 +4690,51 @@
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A143615" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>B45/</w:t>
-[...17 lines deleted...]
-              <w:t>/FC26-08</w:t>
+              <w:t>B45/Detail/FC26-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="046BA411" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5338,69 +4889,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48C0F6B5" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>B45/</w:t>
-[...17 lines deleted...]
-              <w:t>/FC26-08</w:t>
+              <w:t>B45/Detail/FC26-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DC5513A" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5480,63 +5013,52 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F039"/>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">tunna snitt </w:t>
+              <w:t>tunna snitt skel</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3047776E" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -5593,71 +5115,51 @@
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F5848F6" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>B60/</w:t>
-[...19 lines deleted...]
-              <w:t>/FC30</w:t>
+              <w:t>B60/Boneplus/FC30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38F3DA69" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6116,61 +5618,59 @@
       <w:tr w:rsidR="008E4304" w:rsidRPr="008E4304" w14:paraId="70305CEA" w14:textId="77777777" w:rsidTr="001725E0">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43D3D7CB" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="310A4D54" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
@@ -6756,63 +6256,52 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FB24299" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">tjocka </w:t>
+              <w:t>tjocka sn</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="54B1CF95" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6825,63 +6314,52 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44756577" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hals K+ tjocka </w:t>
+              <w:t>Hals K+ tjocka sn</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="66C25401" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6915,63 +6393,52 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3284AC9C" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">tunna </w:t>
+              <w:t>tunna sn</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="26DEBB4F" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mjuk</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49C488FC" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
@@ -8746,69 +8213,58 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72388030" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mediastinum</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t>Mediastinum K+</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C9A9F6E" w14:textId="77777777" w:rsidR="008E4304" w:rsidRPr="008E4304" w:rsidRDefault="008E4304" w:rsidP="008E4304">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4304">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10292,118 +9748,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="008E4304">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02FB663C" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
+    <w:p w14:paraId="3E6AA2D8" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32F5F460" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
+    <w:p w14:paraId="4B5FA467" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2385E107" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
+    <w:p w14:paraId="4F98250B" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -10418,89 +9874,89 @@
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -10529,51 +9985,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -10607,87 +10063,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BA7C441" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5"/>
+    <w:p w14:paraId="552D0E3A" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26DD0459" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
+    <w:p w14:paraId="3B0C729E" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7D33D734" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
+    <w:p w14:paraId="7DEFE75B" w14:textId="77777777" w:rsidR="001262E5" w:rsidRDefault="001262E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -10751,66 +10207,66 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -10876,51 +10332,51 @@
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -10961,51 +10417,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13349,103 +12805,103 @@
   <w:num w:numId="16" w16cid:durableId="11732255">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1222205862">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1078281802">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="404885905">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1630819589">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1534079814">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="907959157">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
+    <w:rsid w:val="00056EB9"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="001262E5"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
@@ -13491,50 +12947,51 @@
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="003727AC"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00434DCD"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
@@ -13658,68 +13115,70 @@
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F41C5"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A85833"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
@@ -13779,52 +13238,54 @@
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA48B8"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EE7E83"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -13836,51 +13297,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16250,51 +15711,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19975,71 +19436,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>406</Words>
-  <Characters>2948</Characters>
+  <Words>532</Words>
+  <Characters>2822</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3348</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Hals-munhåla med thorax K+ (818800C &amp; 830800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>6</revision>
+  <revision>8</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>