--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="27805FDC" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00116AD3" w:rsidSect="00116AD3">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="322C2403" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -326,110 +326,124 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D18DA71" w14:textId="52F6C42D" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00000000" w:rsidP="00116AD3">
+          <w:p w14:paraId="3D18DA71" w14:textId="52F6C42D" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00116AD3" w:rsidRPr="00116AD3">
+              <w:r w:rsidRPr="00116AD3">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00116AD3" w:rsidRPr="00116AD3">
+            <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D80F7D0" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
+          <w:p w14:paraId="7D80F7D0" w14:textId="7559FB4E" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PVK, blå räcker. Helst i höger arm.</w:t>
+              <w:t xml:space="preserve">PVK, </w:t>
+            </w:r>
+            <w:r w:rsidR="007D0C21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>helst rosa, gärna</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116AD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i höger arm.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57AFF3CD" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avlägsna eventuell tandprotes, örhängen, halsband etc.</w:t>
             </w:r>
@@ -483,69 +497,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0896CA9B" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">20 ml </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> 300 mg I/ml blandat med 1 liter vatten intas under 2 timmar före undersökningen.</w:t>
+              <w:t>20 ml Omnipaque 300 mg I/ml blandat med 1 liter vatten intas under 2 timmar före undersökningen.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BE74320" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 glas vatten precis innan undersökningen.</w:t>
             </w:r>
@@ -599,249 +595,123 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38895E7A" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bolus 1: </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> ”Thorax/buk split bolus 1”.</w:t>
+              <w:t>Bolus 1: Omnipaque 350 mg I/ml enligt OmniJect ”Thorax/buk split bolus 1”.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08FA3A90" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bolus 2: </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> ”Thorax/buk split bolus 2”.</w:t>
+              <w:t>Bolus 2: Omnipaque 350 mg I/ml enligt OmniJect ”Thorax/buk split bolus 2”.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02A56601" w14:textId="33DD2589" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obs! Vid dosanpassning enligt </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Obs! Vid dosanpassning enligt ratio 0,5 ges all kontrast som en bolus</w:t>
+            </w:r>
+            <w:r w:rsidR="00871557">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, där kontrastmängden beräknas enligt OmniJect för buk</w:t>
+            </w:r>
+            <w:r w:rsidR="000E6CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> venös.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ratio</w:t>
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> thorax 50 s, buk 80 s, hals omedelbart efteråt.</w:t>
+              <w:t xml:space="preserve"> Injektionstid 40 s, delay thorax 50 s, buk 80 s, hals omedelbart efteråt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00116AD3" w:rsidRPr="00116AD3" w14:paraId="37997466" w14:textId="77777777" w:rsidTr="002E5101">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="237D9AA8" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -892,116 +762,114 @@
               </w:rPr>
               <w:t>Kvinnor mellan 15-50 år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A8E7C0F" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="673A0332" w14:textId="0A7A863F" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00000000" w:rsidP="00116AD3">
+          <w:p w14:paraId="673A0332" w14:textId="0A7A863F" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00116AD3" w:rsidRPr="00116AD3">
+              <w:r w:rsidRPr="00116AD3">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00116AD3" w:rsidRPr="00116AD3" w14:paraId="08B039F4" w14:textId="77777777" w:rsidTr="002E5101">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="151341BA" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1ECD39CA" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
@@ -1019,69 +887,51 @@
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="422EBD38" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fötterna mot </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="161DE816" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Huvudstöd i lägsta läget. Hakan upplyft så att hårda gommen är vinkelrät mot underlaget.</w:t>
             </w:r>
@@ -1256,51 +1106,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A2D147A" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C4BBD77" wp14:editId="4B0B7986">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C4BBD77" wp14:editId="3F9BDF9F">
                   <wp:extent cx="5618425" cy="539750"/>
                   <wp:effectExtent l="19050" t="0" r="40005" b="0"/>
                   <wp:docPr id="29" name="Diagram 29"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00116AD3" w:rsidRPr="00116AD3" w14:paraId="6CE8AF96" w14:textId="77777777" w:rsidTr="00116AD3">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1844,69 +1694,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="13D827C8" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ovanför ytterörat – </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> minor.</w:t>
+              <w:t>Ovanför ytterörat – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="667AE464" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1957,87 +1789,51 @@
           </w:tcPr>
           <w:p w14:paraId="75E82ABF" w14:textId="77777777" w:rsidR="00E26666" w:rsidRPr="00116AD3" w:rsidRDefault="00E26666" w:rsidP="00E26666">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> minor.</w:t>
+              <w:t xml:space="preserve"> Jugulum – trochanter minor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F6F7326" w14:textId="0547615F" w:rsidR="00E26666" w:rsidRPr="00116AD3" w:rsidRDefault="00E26666" w:rsidP="00E26666">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71A187C4" w14:textId="2DA06BCD" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2129,105 +1925,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E1"/>
             </w:r>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> underkant.</w:t>
+              <w:t xml:space="preserve"> Arcus aortae – orbitas underkant.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2016005F" w14:textId="2B8DA708" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00E26666" w:rsidP="00E26666">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas lugnt och inte svälja.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2273,69 +2015,51 @@
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6466270B" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Efter scanning segmenteras serie 2 i thorax och buk. Hals, thorax och buk läggs på separata kort och </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> som vanligt.</w:t>
+              <w:t>Efter scanning segmenteras serie 2 i thorax och buk. Hals, thorax och buk läggs på separata kort och reformateras som vanligt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="3DF4B6F9" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2497,61 +2221,59 @@
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27467FE0" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56A4732A" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
@@ -3119,73 +2841,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F039"/>
             </w:r>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t xml:space="preserve">  Lungor K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332C96A2" w14:textId="77777777" w:rsidR="00B9349D" w:rsidRPr="00116AD3" w:rsidRDefault="00B9349D" w:rsidP="008466D8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -5765,62 +5465,60 @@
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="563089DA" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F254B29" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
@@ -7649,69 +7347,58 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E1EFB1D" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mediastinum</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t>Mediastinum K+</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75944439" w14:textId="77777777" w:rsidR="00116AD3" w:rsidRPr="00116AD3" w:rsidRDefault="00116AD3" w:rsidP="00116AD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00116AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10658,118 +10345,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00116AD3">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AE648C1" w14:textId="77777777" w:rsidR="000E3E8B" w:rsidRDefault="000E3E8B">
+    <w:p w14:paraId="7E19ED74" w14:textId="77777777" w:rsidR="002048A9" w:rsidRDefault="002048A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57DD0C97" w14:textId="77777777" w:rsidR="000E3E8B" w:rsidRDefault="000E3E8B">
+    <w:p w14:paraId="707C96B7" w14:textId="77777777" w:rsidR="002048A9" w:rsidRDefault="002048A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5D8E5C77" w14:textId="77777777" w:rsidR="000E3E8B" w:rsidRDefault="000E3E8B">
+    <w:p w14:paraId="2FA4AAF1" w14:textId="77777777" w:rsidR="002048A9" w:rsidRDefault="002048A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -10784,89 +10471,89 @@
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -10895,51 +10582,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -10973,73 +10660,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C5DD2DB" w14:textId="77777777" w:rsidR="000E3E8B" w:rsidRDefault="000E3E8B"/>
+    <w:p w14:paraId="3656D356" w14:textId="77777777" w:rsidR="002048A9" w:rsidRDefault="002048A9"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75A74B51" w14:textId="77777777" w:rsidR="000E3E8B" w:rsidRDefault="000E3E8B">
+    <w:p w14:paraId="7270B914" w14:textId="77777777" w:rsidR="002048A9" w:rsidRDefault="002048A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="036E6C0E" w14:textId="77777777" w:rsidR="000E3E8B" w:rsidRDefault="000E3E8B">
+    <w:p w14:paraId="69F5B04E" w14:textId="77777777" w:rsidR="002048A9" w:rsidRDefault="002048A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -11117,51 +10804,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -11327,51 +11014,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13831,54 +13518,53 @@
   <w:num w:numId="17" w16cid:durableId="1385257833">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1468815857">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1841040935">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="245577290">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="327756551">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="807282431">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1131482221">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -13904,89 +13590,93 @@
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00041D68"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="000524E1"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E3E8B"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E6CD5"/>
+    <w:rsid w:val="000F07E8"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00116AD3"/>
+    <w:rsid w:val="00126B7A"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="001553C1"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A2D6C"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B2116"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C076B"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="002048A9"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00223B20"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00237212"/>
+    <w:rsid w:val="00237FD7"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A7A11"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
@@ -14050,185 +13740,190 @@
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2AEF"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C1831"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E5E14"/>
     <w:rsid w:val="005F066C"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D3CE8"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E5AA9"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A78B8"/>
+    <w:rsid w:val="007D0C21"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00871557"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00891894"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
+    <w:rsid w:val="0091326D"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A573ED"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD181A"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B73802"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
@@ -14270,70 +13965,72 @@
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D52398"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D9160E"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E12B1C"/>
     <w:rsid w:val="00E26666"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
+    <w:rsid w:val="00E556DA"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -14345,51 +14042,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16764,51 +16461,51 @@
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="contentpasted1">
     <w:name w:val="contentpasted1"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00A573ED"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -20668,31 +20365,31 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3385</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Hals thorax buk K+ med PO (818800A, 830800, 840801A)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>28</revision>
+  <revision>32</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>