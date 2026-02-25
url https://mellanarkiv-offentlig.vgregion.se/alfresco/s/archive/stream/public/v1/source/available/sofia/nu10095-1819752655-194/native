--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,594 +11,632 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="157F0490" w14:textId="77777777" w:rsidR="002611DF" w:rsidRDefault="002611DF" w:rsidP="00F35B05">
+    <w:p w:rsidR="002611DF" w:rsidP="00F35B05" w:rsidRDefault="002611DF" w14:paraId="157F0490" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="002611DF" w:rsidSect="002611DF">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="1F85C958" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1F85C958" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A89FCAC" w14:textId="459A2EFE" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="005D3E5E" w:rsidP="005D3E5E">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="005D3E5E" w:rsidRDefault="005D3E5E" w14:paraId="6A89FCAC" w14:textId="459A2EFE">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
         <w:t xml:space="preserve">DT Hals/thorax/buk K+ </w:t>
       </w:r>
       <w:r w:rsidRPr="002611DF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(818800A, 830800 &amp; 840800)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10602958" w14:textId="77777777" w:rsidR="00525825" w:rsidRPr="002611DF" w:rsidRDefault="00525825" w:rsidP="005D3E5E">
+    <w:p w:rsidRPr="002611DF" w:rsidR="00525825" w:rsidP="005D3E5E" w:rsidRDefault="00525825" w14:paraId="10602958" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="541EE18B" w14:textId="77777777" w:rsidR="00525825" w:rsidRPr="002611DF" w:rsidRDefault="00525825" w:rsidP="00525825">
+    <w:p w:rsidRPr="002611DF" w:rsidR="00525825" w:rsidP="00525825" w:rsidRDefault="00525825" w14:paraId="541EE18B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C541767" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0C541767" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11126F49" w14:textId="3F53C487" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00525825" w:rsidP="005D3E5E">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="005D3E5E" w:rsidRDefault="00525825" w14:paraId="11126F49" w14:textId="3F53C487">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
-      <w:r w:rsidR="002611DF" w:rsidRPr="002611DF">
+      <w:r w:rsidRPr="002611DF" w:rsidR="002611DF">
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28AB0533" w14:textId="4061D278" w:rsidR="00710C11" w:rsidRPr="00C83C24" w:rsidRDefault="007E702F" w:rsidP="00710C11">
+    <w:p w:rsidRPr="00C83C24" w:rsidR="00710C11" w:rsidP="00710C11" w:rsidRDefault="007E702F" w14:paraId="28AB0533" w14:textId="4061D278">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Inga förändringar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50AFB740" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="50AFB740" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0016057E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="00644D7B">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="00644D7B" w:rsidRDefault="002611DF" w14:paraId="0016057E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="0010126E" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="6C7F3642" w14:paraId="0010126E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67DD742F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="67DD742F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikationer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35BF1EDF" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="35BF1EDF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tumör, metastaser, lymfom mm, där PO kontrast inte krävs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="155EAFEF" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="6C7F3642" w14:paraId="155EAFEF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="039FA908" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="039FA908" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="1F244BAF" w14:textId="64719381" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00000000" w:rsidP="002611DF">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="00000000" w14:paraId="1F244BAF" w14:textId="64719381">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="002611DF" w:rsidRPr="002611DF">
+            <w:hyperlink w:history="1" r:id="rId17">
+              <w:r w:rsidRPr="002611DF" w:rsidR="002611DF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="002611DF" w:rsidRPr="002611DF">
+            <w:r w:rsidRPr="002611DF" w:rsidR="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E784D69" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="6C7F3642" w:rsidRDefault="002611DF" w14:paraId="4E784D69" w14:textId="477411A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
-              <w:contextualSpacing/>
-[...12 lines deleted...]
-              <w:t>PVK, blå räcker. Helst i höger arm.</w:t>
+              <w:contextualSpacing w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6C7F3642" w:rsidR="002611DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PVK, </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="783E9ECA" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+            <w:r w:rsidRPr="6C7F3642" w:rsidR="080E73C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">helst </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6C7F3642" w:rsidR="080E73C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rosa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6C7F3642" w:rsidR="080E73C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och gärna</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6C7F3642" w:rsidR="002611DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i höger arm.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="783E9ECA" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avlägsna eventuell tandprotes, örhängen, halsband etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="59465B2E" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="6C7F3642" w14:paraId="59465B2E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="6C9023BC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6C9023BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="70B7E12C" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="70B7E12C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 glas vatten precis innan undersökningen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="43CAA642" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="6C7F3642" w14:paraId="43CAA642" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="7B24D9D6" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7B24D9D6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="4FC5D6AF" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4FC5D6AF" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bolus 1: Omnipaque 350 mg I/ml enligt OmniJect ”Thorax/buk split bolus 1”.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73C9DFCC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="73C9DFCC" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bolus 2: Omnipaque 350 mg I/ml enligt OmniJect ”Thorax/buk split bolus 2”.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="229B885A" w14:textId="0D8C0C23" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="229B885A" w14:textId="0D8C0C23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Obs! Vid dosanpassning enligt ratio 0,5 ges all kontrast som en bolus</w:t>
             </w:r>
             <w:r w:rsidR="006A70F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -625,560 +663,561 @@
             </w:r>
             <w:r w:rsidR="00070546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004B56CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>venös</w:t>
             </w:r>
             <w:r w:rsidR="00BB1FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00961D1B" w:rsidRPr="00116AD3">
+            <w:r w:rsidRPr="00116AD3" w:rsidR="00961D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Injektionstid 40 s, delay thorax 50 s, buk 80 s, hals omedelbart efteråt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="2CAC5F28" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="6C7F3642" w14:paraId="2CAC5F28" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="50590958" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="50590958" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="02C846DF" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="02C846DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kvinnor mellan 15-50 år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58537A94" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="58537A94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="159267FF" w14:textId="5F9A52E0" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00000000" w:rsidP="002611DF">
-[...10 lines deleted...]
-              <w:r w:rsidR="002611DF" w:rsidRPr="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="00000000" w14:paraId="159267FF" w14:textId="5F9A52E0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:history="1" r:id="rId18">
+              <w:r w:rsidRPr="002611DF" w:rsidR="002611DF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="39F8C70E" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="6C7F3642" w14:paraId="39F8C70E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BCB39E0" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6BCB39E0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E7836FD" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6E7836FD" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14E2886A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="14E2886A" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="519811C4" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="519811C4" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Huvudstöd i lägsta läget. Hakan upplyft så att hårda gommen är vinkelrät mot underlaget.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51EE5C13" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="51EE5C13" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals: Armarna längs sidorna, axlarna neddragna så långt som möjligt.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="404F36DE" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="404F36DE" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax/buk: Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17F926DA" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="17F926DA" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C54269A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4C54269A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34F31AC7" w14:textId="545B0E86" w:rsidR="002611DF" w:rsidRPr="00257B0E" w:rsidRDefault="002611DF" w:rsidP="00257B0E">
+    <w:p w:rsidRPr="00257B0E" w:rsidR="002611DF" w:rsidP="00257B0E" w:rsidRDefault="002611DF" w14:paraId="34F31AC7" w14:textId="545B0E86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D571A88" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="00257B0E">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="00257B0E" w:rsidRDefault="002611DF" w14:paraId="6D571A88" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
-        <w:lastRenderedPageBreak/>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="4282"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="78A474F7" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="78A474F7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9038" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="284" w:type="dxa"/>
               <w:bottom w:w="284" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41A1D63B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="41A1D63B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E640452" wp14:editId="2789A0CE">
                   <wp:extent cx="5602522" cy="539750"/>
                   <wp:effectExtent l="19050" t="0" r="36830" b="0"/>
                   <wp:docPr id="29" name="Diagram 29"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="376514AC" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="376514AC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58281846" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="58281846" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="153808AE" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="153808AE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21B1A71F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="21B1A71F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="327A3931" wp14:editId="15F0E8F7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>596900</wp:posOffset>
                       </wp:positionH>
@@ -1192,110 +1231,110 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="521335"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="3135B647" w14:textId="2C750638" w:rsidR="002611DF" w:rsidRPr="0066567D" w:rsidRDefault="00CC10DF" w:rsidP="00071A73">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="002611DF" w:rsidP="00071A73" w:rsidRDefault="00CC10DF" w14:paraId="3135B647" w14:textId="2C750638">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>2</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shapetype w14:anchorId="327A3931" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
+                  <w:pict w14:anchorId="10E108A7">
+                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="327A3931">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
+                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 26" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:47pt;margin-top:6.15pt;width:32.3pt;height:41.05pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6RAK9SwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52PtSuCOkXQIMOA&#10;oi3QDj0zshwbkESNUmJ3v36U7LRZt9OwHBRSpPnI50dfXffWiIOm0KIr5fRsIoV2CqvW7Ur5/Wnz&#10;6VKKEMFVYNDpUr7oIK+XHz9cdX6hZ9igqTQJLuLCovOlbGL0i6IIqtEWwhl67ThYI1mI7NKuqAg6&#10;rm5NMZtMLooOqfKESofAt+shKJe5fl1rFe/rOugoTCm5t5hPyuc2ncXyChY7At+0amwD/qELC61j&#10;0NdSa4gg9tT+Ucq2ijBgHc8U2gLrulU6z8DTTCfvpnlswOs8C5MT/CtN4f+VVXeHR/9ATEPnwyKw&#10;maboa7Lpn/sTfSbr5ZUs3Ueh+PLzdDKbMqWKQ+ez6Xx+nsgs3h72FOJXjVYko5R7vyLCLrMEh9sQ&#10;h+xjVoILaNpq0xqTHdptbwyJA/Cr22wm/BsBfkszTnQsvNkXDgsFLKHaQGTT+qqUwe2kALNjbapI&#10;GdthQsjvPWGvITQDRi47CMK2kVVpWlvKywR8RDYudaazrsYJ3mhLVuy3/cjlFquXBxKEg+aCV5uW&#10;8W4hxAcgFhn3y4sT7/moDfIQOFpSNEg//3af8vndc1SKjkXLA/7YA2kpzDfHqphfpF5FPHXo1Nme&#10;Om5vb5DJnfKKepVNfpiiOZo1oX3m/VolVA6BU4w9UDk6N3FYJt5QpVernMbK9hBv3aNXqXiiLDH9&#10;1D8D+VENkWV0h0eBw+KdIoZcllMidWBydHgPssrGnU2LdurnrLcvy/IXAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA8WwBjN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3FjKGNUo&#10;TSeGQDCJA9v4uHqNaQuJUzXZ2v170hMc7cd6/bz5YrBGHKjzjWMFl5MEBHHpdMOVgrft48UchA/I&#10;Go1jUnAkD4vi9CTHTLue13TYhErEEPYZKqhDaDMpfVmTRT9xLXFkX66zGOLYVVJ32Mdwa+Q0SVJp&#10;seH4ocaW7msqfzZ7q+Bhya+rY7Vs+qfP53f78ZL6b4NKnZ8Nd7cgAg3h7xhG/agORXTauT1rL4yC&#10;m1msEuJ+egVi5NfzFMRuBDOQRS7/Fyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHpE&#10;Ar1LAgAAoQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APFsAYzeAAAACAEAAA8AAAAAAAAAAAAAAAAApQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACwBQAAAAA=&#10;" adj="8498" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 26" style="position:absolute;left:0;text-align:left;margin-left:47pt;margin-top:6.15pt;width:32.3pt;height:41.05pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8498" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6RAK9SwIAAKEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52PtSuCOkXQIMOA&#10;oi3QDj0zshwbkESNUmJ3v36U7LRZt9OwHBRSpPnI50dfXffWiIOm0KIr5fRsIoV2CqvW7Ur5/Wnz&#10;6VKKEMFVYNDpUr7oIK+XHz9cdX6hZ9igqTQJLuLCovOlbGL0i6IIqtEWwhl67ThYI1mI7NKuqAg6&#10;rm5NMZtMLooOqfKESofAt+shKJe5fl1rFe/rOugoTCm5t5hPyuc2ncXyChY7At+0amwD/qELC61j&#10;0NdSa4gg9tT+Ucq2ijBgHc8U2gLrulU6z8DTTCfvpnlswOs8C5MT/CtN4f+VVXeHR/9ATEPnwyKw&#10;maboa7Lpn/sTfSbr5ZUs3Ueh+PLzdDKbMqWKQ+ez6Xx+nsgs3h72FOJXjVYko5R7vyLCLrMEh9sQ&#10;h+xjVoILaNpq0xqTHdptbwyJA/Cr22wm/BsBfkszTnQsvNkXDgsFLKHaQGTT+qqUwe2kALNjbapI&#10;GdthQsjvPWGvITQDRi47CMK2kVVpWlvKywR8RDYudaazrsYJ3mhLVuy3/cjlFquXBxKEg+aCV5uW&#10;8W4hxAcgFhn3y4sT7/moDfIQOFpSNEg//3af8vndc1SKjkXLA/7YA2kpzDfHqphfpF5FPHXo1Nme&#10;Om5vb5DJnfKKepVNfpiiOZo1oX3m/VolVA6BU4w9UDk6N3FYJt5QpVernMbK9hBv3aNXqXiiLDH9&#10;1D8D+VENkWV0h0eBw+KdIoZcllMidWBydHgPssrGnU2LdurnrLcvy/IXAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA8WwBjN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3FjKGNUo&#10;TSeGQDCJA9v4uHqNaQuJUzXZ2v170hMc7cd6/bz5YrBGHKjzjWMFl5MEBHHpdMOVgrft48UchA/I&#10;Go1jUnAkD4vi9CTHTLue13TYhErEEPYZKqhDaDMpfVmTRT9xLXFkX66zGOLYVVJ32Mdwa+Q0SVJp&#10;seH4ocaW7msqfzZ7q+Bhya+rY7Vs+qfP53f78ZL6b4NKnZ8Nd7cgAg3h7xhG/agORXTauT1rL4yC&#10;m1msEuJ+egVi5NfzFMRuBDOQRS7/Fyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHpE&#10;Ar1LAgAAoQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APFsAYzeAAAACAEAAA8AAAAAAAAAAAAAAAAApQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACwBQAAAAA=&#10;">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="3135B647" w14:textId="2C750638" w:rsidR="002611DF" w:rsidRPr="0066567D" w:rsidRDefault="00CC10DF" w:rsidP="00071A73">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="002611DF" w:rsidP="00071A73" w:rsidRDefault="00CC10DF" w14:paraId="18F999B5" w14:textId="2C750638">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -1340,148 +1379,148 @@
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="211E4CC9" id="Rektangel 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:39.75pt;margin-top:6.8pt;width:48.15pt;height:40.6pt;z-index:251659775;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsrJSHMwIAAF8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFU0C0irBCIXtAu&#10;Erva8+A4JJK/OjYE+us7dgK0256qcjBjz/iN582bzB7PWrGTRN9YU/B8MORMGmHLxhwK/vqy/vTA&#10;mQ9gSlDWyIJfpOeP848fZq2bypGtrSolMgIxftq6gtchuGmWeVFLDX5gnTTkrCxqCLTFQ1YitISu&#10;VTYaDidZa7F0aIX0nk5XnZPPE35VSRGeq8rLwFTB6W0hrZjWfVyz+QymBwRXN6J/BvzDKzQ0hpLe&#10;oFYQgB2x+QNKNwKtt1UYCKszW1WNkKkGqiYfvqtmV4OTqRYix7sbTf7/wYqn085tkWhonZ96MmMV&#10;5wp1/Kf3sXMi63IjS54DE3Q4yfPxl6+cCXKN8/FklMjM7pcd+vBNWs2iUXCkXiSK4LTxgRJS6DUk&#10;5jJ23SiV+qEMawv++SEfUssEkCwqBYFM7cqCe3PgDNSB9CYCJkhvVVPG6xHI42G/VMhOQD1fr4f0&#10;i22mdL+Fxdwr8HUXl1ydGnQTSJKq0QV/iJevt5WJ6DKJqq/gzlm09ra8bJGh7VTmnVg3lGQDPmwB&#10;SVZUDY1KeKalUpZKtL3FWW3xx9/OYzx1m7yctSRTKv/7EVByZo56aanCnAbMiWQSPgZ1NSu0+o2m&#10;YxERyAVGEE5HWr9Zhm4UaL6EXCxSGOnSQdiYnRMRPNYcqXo5vwG6vpeBRPBkr/KE6buWdrFE+Z2V&#10;fkMqTp3oJy6Oya/7FHX/Lsx/AgAA//8DAFBLAwQUAAYACAAAACEAnlV8Nd0AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT0jZNiFMhJEBwI4C4bmOTRLHXUew24e/ZnuC4&#10;M6PZN8V+dlaczBg6TwqWiwSEodrrjhoFH++PNzsQISJptJ6Mgh8TYF9eXhSYaz/RmzlVsRFcQiFH&#10;BW2MQy5lqFvjMCz8YIi9bz86jHyOjdQjTlzurFwlyVY67Ig/tDiYh9bUfXV0Cl6mle2+Gnx9rvrq&#10;s/frp2WaOaWur+b7OxDRzPEvDGd8RoeSmQ7+SDoIqyDNNpxk/XYL4uynG55yUJCtdyDLQv4fUP4C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArKyUhzMCAABfBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnlV8Nd0AAAAIAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="18A59155">
+                    <v:rect id="Rektangel 27" style="position:absolute;margin-left:39.75pt;margin-top:6.8pt;width:48.15pt;height:40.6pt;z-index:251659775;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="211E4CC9" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsrJSHMwIAAF8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFU0C0irBCIXtAu&#10;Erva8+A4JJK/OjYE+us7dgK0256qcjBjz/iN582bzB7PWrGTRN9YU/B8MORMGmHLxhwK/vqy/vTA&#10;mQ9gSlDWyIJfpOeP848fZq2bypGtrSolMgIxftq6gtchuGmWeVFLDX5gnTTkrCxqCLTFQ1YitISu&#10;VTYaDidZa7F0aIX0nk5XnZPPE35VSRGeq8rLwFTB6W0hrZjWfVyz+QymBwRXN6J/BvzDKzQ0hpLe&#10;oFYQgB2x+QNKNwKtt1UYCKszW1WNkKkGqiYfvqtmV4OTqRYix7sbTf7/wYqn085tkWhonZ96MmMV&#10;5wp1/Kf3sXMi63IjS54DE3Q4yfPxl6+cCXKN8/FklMjM7pcd+vBNWs2iUXCkXiSK4LTxgRJS6DUk&#10;5jJ23SiV+qEMawv++SEfUssEkCwqBYFM7cqCe3PgDNSB9CYCJkhvVVPG6xHI42G/VMhOQD1fr4f0&#10;i22mdL+Fxdwr8HUXl1ydGnQTSJKq0QV/iJevt5WJ6DKJqq/gzlm09ra8bJGh7VTmnVg3lGQDPmwB&#10;SVZUDY1KeKalUpZKtL3FWW3xx9/OYzx1m7yctSRTKv/7EVByZo56aanCnAbMiWQSPgZ1NSu0+o2m&#10;YxERyAVGEE5HWr9Zhm4UaL6EXCxSGOnSQdiYnRMRPNYcqXo5vwG6vpeBRPBkr/KE6buWdrFE+Z2V&#10;fkMqTp3oJy6Oya/7FHX/Lsx/AgAA//8DAFBLAwQUAAYACAAAACEAnlV8Nd0AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT0jZNiFMhJEBwI4C4bmOTRLHXUew24e/ZnuC4&#10;M6PZN8V+dlaczBg6TwqWiwSEodrrjhoFH++PNzsQISJptJ6Mgh8TYF9eXhSYaz/RmzlVsRFcQiFH&#10;BW2MQy5lqFvjMCz8YIi9bz86jHyOjdQjTlzurFwlyVY67Ig/tDiYh9bUfXV0Cl6mle2+Gnx9rvrq&#10;s/frp2WaOaWur+b7OxDRzPEvDGd8RoeSmQ7+SDoIqyDNNpxk/XYL4uynG55yUJCtdyDLQv4fUP4C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArKyUhzMCAABfBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnlV8Nd0AAAAIAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="277B9317" wp14:editId="4AC6AB07">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>896620</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>490855</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1680210"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="11" name="Upp 11"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1680210"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="0318EF49" w14:textId="25CE9507" w:rsidR="002611DF" w:rsidRPr="0066567D" w:rsidRDefault="00CC10DF" w:rsidP="00CC10DF">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="002611DF" w:rsidP="00CC10DF" w:rsidRDefault="00CC10DF" w14:paraId="0318EF49" w14:textId="25CE9507">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="277B9317" id="Upp 11" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:70.6pt;margin-top:38.65pt;width:32.3pt;height:132.3pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAePOJhVwIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnQ1YEdYogRYYB&#10;QVugLXpWZNkWoK9RSuzu14+SnCbrdhqWg0BK5CP5/Jjrm1ErchTgpTU1rWYlJcJw20jT1fT5afvp&#10;ihIfmGmYskbU9FV4erP6+OF6cEsxt71VjQCCIMYvB1fTPgS3LArPe6GZn1knDD62FjQL6EJXNMAG&#10;RNeqmJflohgsNA4sF97j7W1+pKuE37aCh/u29SIQVVPsLaQT0rmPZ7G6ZssOmOsln9pg/9CFZtJg&#10;0TeoWxYYOYD8A0pLDtbbNsy41YVtW8lFmgGnqcp30zz2zIk0C5Lj3RtN/v/B8rvjo3sApGFwfunR&#10;jFOMLWgCFtmqyqsy/tJw2C4ZE3evb9yJMRCOl1+qcl4hwxyfqsVVchC1yGAR1IEP34TVJBo1Pbg1&#10;gB0SMDvufMjRp6iY4a2SzVYqlRzo9hsF5MjwU25yUznltzBlyIAdzL9iz4QzlFSrWEBTu6am3nSU&#10;MNWhVnmAVNvYWAGRcoe3zPe5RoLNAtEyoEqV1DWd6MiVlYlpIulsmuBMY7TCuB+JxMJVBIo3e9u8&#10;PkAmFzv0jm8l8rFjPjwwQO3hJe5TuMejVRZnsZNFSW/h59/uYzxKAl8pGVDLOOePAwNBifpuUCyf&#10;F/ELknDpwKWzv3TMQW8sclyl7pKJyRDUyWzB6hdcu3Wsik/McKydGZ2cTcg7hovLxXqdwg4OZNdj&#10;CgKj+B0LO/PoePRP5D+NLwzcJJCA0rqzpx1gy3ciybGosDOrk4OrkoQ3rXXcxUs/RZ3/fFa/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAXKKCkeEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF&#10;74L/YRnBm90kra2N2RRRRCkI2gp63GbHJJidTXe3afrvHU96fMzHm+8Vq9F2YkAfWkcK0kkCAqly&#10;pqVawfv28eoGRIiajO4coYITBliV52eFzo070hsOm1gLLqGQawVNjH0uZagatDpMXI/Ety/nrY4c&#10;fS2N10cut53MkmQurW6JPzS6x/sGq+/NwSp4+PRPzx+ndRxcXc1f99vl3pgXpS4vxrtbEBHH+AfD&#10;rz6rQ8lOO3cgE0THeZZmjCpYLKYgGMiSa96yUzCdpUuQZSH/Tyh/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAB484mFXAgAAxAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFyigpHhAAAACgEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" adj="2637" fillcolor="#c00000" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="23F30ACD">
+                    <v:shape id="Upp 11" style="position:absolute;left:0;text-align:left;margin-left:70.6pt;margin-top:38.65pt;width:32.3pt;height:132.3pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="#c00000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="2637" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAePOJhVwIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnQ1YEdYogRYYB&#10;QVugLXpWZNkWoK9RSuzu14+SnCbrdhqWg0BK5CP5/Jjrm1ErchTgpTU1rWYlJcJw20jT1fT5afvp&#10;ihIfmGmYskbU9FV4erP6+OF6cEsxt71VjQCCIMYvB1fTPgS3LArPe6GZn1knDD62FjQL6EJXNMAG&#10;RNeqmJflohgsNA4sF97j7W1+pKuE37aCh/u29SIQVVPsLaQT0rmPZ7G6ZssOmOsln9pg/9CFZtJg&#10;0TeoWxYYOYD8A0pLDtbbNsy41YVtW8lFmgGnqcp30zz2zIk0C5Lj3RtN/v/B8rvjo3sApGFwfunR&#10;jFOMLWgCFtmqyqsy/tJw2C4ZE3evb9yJMRCOl1+qcl4hwxyfqsVVchC1yGAR1IEP34TVJBo1Pbg1&#10;gB0SMDvufMjRp6iY4a2SzVYqlRzo9hsF5MjwU25yUznltzBlyIAdzL9iz4QzlFSrWEBTu6am3nSU&#10;MNWhVnmAVNvYWAGRcoe3zPe5RoLNAtEyoEqV1DWd6MiVlYlpIulsmuBMY7TCuB+JxMJVBIo3e9u8&#10;PkAmFzv0jm8l8rFjPjwwQO3hJe5TuMejVRZnsZNFSW/h59/uYzxKAl8pGVDLOOePAwNBifpuUCyf&#10;F/ELknDpwKWzv3TMQW8sclyl7pKJyRDUyWzB6hdcu3Wsik/McKydGZ2cTcg7hovLxXqdwg4OZNdj&#10;CgKj+B0LO/PoePRP5D+NLwzcJJCA0rqzpx1gy3ciybGosDOrk4OrkoQ3rXXcxUs/RZ3/fFa/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAXKKCkeEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF&#10;74L/YRnBm90kra2N2RRRRCkI2gp63GbHJJidTXe3afrvHU96fMzHm+8Vq9F2YkAfWkcK0kkCAqly&#10;pqVawfv28eoGRIiajO4coYITBliV52eFzo070hsOm1gLLqGQawVNjH0uZagatDpMXI/Ety/nrY4c&#10;fS2N10cut53MkmQurW6JPzS6x/sGq+/NwSp4+PRPzx+ndRxcXc1f99vl3pgXpS4vxrtbEBHH+AfD&#10;rz6rQ8lOO3cgE0THeZZmjCpYLKYgGMiSa96yUzCdpUuQZSH/Tyh/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAB484mFXAgAAxAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFyigpHhAAAACgEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" w14:anchorId="277B9317">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="0318EF49" w14:textId="25CE9507" w:rsidR="002611DF" w:rsidRPr="0066567D" w:rsidRDefault="00CC10DF" w:rsidP="00CC10DF">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="002611DF" w:rsidP="00CC10DF" w:rsidRDefault="00CC10DF" w14:paraId="649841BE" w14:textId="25CE9507">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -1526,1382 +1565,1390 @@
                                   <a:srgbClr val="C00000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="3E4F86CA" id="Rektangel 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:20.55pt;margin-top:38.65pt;width:88.3pt;height:133.7pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB43yCzMgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFU2gIirBCIXtAu&#10;Erva8+A4JJK/OjYE+us7dgJstz1V5WDGnvEbz5s3mT2etWInib6xpuD5YMiZNMKWjTkU/PVl/WXM&#10;mQ9gSlDWyIJfpOeP88+fZq2bypGtrSolMgIxftq6gtchuGmWeVFLDX5gnTTkrCxqCLTFQ1YitISu&#10;VTYaDh+y1mLp0ArpPZ2uOiefJ/yqkiI8V5WXgamC09tCWjGt+7hm8xlMDwiubkT/DPiHV2hoDCW9&#10;Qa0gADti8weUbgRab6swEFZntqoaIVMNVE0+/FDNrgYnUy1Ejnc3mvz/gxVPp53bItHQOj/1ZMYq&#10;zhXq+E/vY+dE1uVGljwHJugwz0f5eDTiTJAvf5h8m0wSndn9ukMfvkurWTQKjtSNRBKcNj5QSgq9&#10;hsRsxq4bpVJHlGFtwb+O8yE1TQAJo1IQyNSuLLg3B85AHUhxImCC9FY1ZbwegTwe9kuF7ATU9eUw&#10;/mKjKd1vYTH3CnzdxSVXpwfdBBKlanTBx+9vKxPRZZJVX8GdtWjtbXnZIkPb6cw7sW4oyQZ82AKS&#10;sKgaGpbwTEulLJVoe4uz2uLPv53HeOo3eTlrSahU/o8joOTMHPXSUoU5jZgTySR8DOpqVmj1G83H&#10;IiKQC4wgnI60frMM3TDQhAm5WKQwUqaDsDE7JyJ4rDlS9XJ+A3R9LwPJ4MleBQrTDy3tYonyOyv9&#10;hnScOtHPXByU9/sUdf8yzH8BAAD//wMAUEsDBBQABgAIAAAAIQAvk+Q23gAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/RSsNAFETfBf9huQXf7CZpcCXmpgSNIAgW037ANrkmodm7Ibtt49+7Punj&#10;MMPMmXy7mFFcaHaDZYR4HYEgbmw7cIdw2L/eP4JwXnOrR8uE8E0OtsXtTa6z1l75ky6170QoYZdp&#10;hN77KZPSNT0Z7dZ2Ig7el52N9kHOnWxnfQ3lZpRJFD1IowcOC72e6Lmn5lSfDcK+8k1VHpaXpHqX&#10;b57KD7mrCfFutZRPIDwt/i8Mv/gBHYrAdLRnbp0YEdI4DkkEpTYggp/ESoE4ImzSVIEscvn/QfED&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeN8gszICAABhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAL5PkNt4AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" filled="f" strokecolor="#c00000" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="3723B3F2">
+                    <v:rect id="Rektangel 14" style="position:absolute;margin-left:20.55pt;margin-top:38.65pt;width:88.3pt;height:133.7pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#c00000" strokeweight="3pt" w14:anchorId="3E4F86CA" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB43yCzMgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFU2gIirBCIXtAu&#10;Erva8+A4JJK/OjYE+us7dgJstz1V5WDGnvEbz5s3mT2etWInib6xpuD5YMiZNMKWjTkU/PVl/WXM&#10;mQ9gSlDWyIJfpOeP88+fZq2bypGtrSolMgIxftq6gtchuGmWeVFLDX5gnTTkrCxqCLTFQ1YitISu&#10;VTYaDh+y1mLp0ArpPZ2uOiefJ/yqkiI8V5WXgamC09tCWjGt+7hm8xlMDwiubkT/DPiHV2hoDCW9&#10;Qa0gADti8weUbgRab6swEFZntqoaIVMNVE0+/FDNrgYnUy1Ejnc3mvz/gxVPp53bItHQOj/1ZMYq&#10;zhXq+E/vY+dE1uVGljwHJugwz0f5eDTiTJAvf5h8m0wSndn9ukMfvkurWTQKjtSNRBKcNj5QSgq9&#10;hsRsxq4bpVJHlGFtwb+O8yE1TQAJo1IQyNSuLLg3B85AHUhxImCC9FY1ZbwegTwe9kuF7ATU9eUw&#10;/mKjKd1vYTH3CnzdxSVXpwfdBBKlanTBx+9vKxPRZZJVX8GdtWjtbXnZIkPb6cw7sW4oyQZ82AKS&#10;sKgaGpbwTEulLJVoe4uz2uLPv53HeOo3eTlrSahU/o8joOTMHPXSUoU5jZgTySR8DOpqVmj1G83H&#10;IiKQC4wgnI60frMM3TDQhAm5WKQwUqaDsDE7JyJ4rDlS9XJ+A3R9LwPJ4MleBQrTDy3tYonyOyv9&#10;hnScOtHPXByU9/sUdf8yzH8BAAD//wMAUEsDBBQABgAIAAAAIQAvk+Q23gAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/RSsNAFETfBf9huQXf7CZpcCXmpgSNIAgW037ANrkmodm7Ibtt49+7Punj&#10;MMPMmXy7mFFcaHaDZYR4HYEgbmw7cIdw2L/eP4JwXnOrR8uE8E0OtsXtTa6z1l75ky6170QoYZdp&#10;hN77KZPSNT0Z7dZ2Ig7el52N9kHOnWxnfQ3lZpRJFD1IowcOC72e6Lmn5lSfDcK+8k1VHpaXpHqX&#10;b57KD7mrCfFutZRPIDwt/i8Mv/gBHYrAdLRnbp0YEdI4DkkEpTYggp/ESoE4ImzSVIEscvn/QfED&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeN8gszICAABhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAL5PkNt4AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AC5A57A" wp14:editId="7B6A055F">
                   <wp:extent cx="1159459" cy="2318918"/>
                   <wp:effectExtent l="0" t="0" r="3175" b="5715"/>
                   <wp:docPr id="3" name="Bildobjekt 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="450323515" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1173605" cy="2347210"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="666B8864" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="666B8864" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD6DE1B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3BD6DE1B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3D13808F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3D13808F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ovanför ytterörat – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3037C41E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3037C41E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="6892E37A" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="6892E37A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="465C47D5" w14:textId="5326684B" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00071A73" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="00071A73" w14:paraId="465C47D5" w14:textId="5326684B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax/buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="43C60F11" w14:textId="77777777" w:rsidR="00071A73" w:rsidRPr="002611DF" w:rsidRDefault="00071A73" w:rsidP="00071A73">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00071A73" w:rsidP="00071A73" w:rsidRDefault="00071A73" w14:paraId="43C60F11" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jugulum – trochanter minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78B77787" w14:textId="3C210BAB" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00071A73" w:rsidP="00071A73">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="00071A73" w:rsidRDefault="00071A73" w14:paraId="78B77787" w14:textId="3C210BAB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="31717499" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="31717499" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="07538F60" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="07538F60" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="662DAD9D" w14:textId="037BDD5E" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00071A73" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="00071A73" w14:paraId="662DAD9D" w14:textId="037BDD5E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0AECF8DF" w14:textId="77777777" w:rsidR="00071A73" w:rsidRPr="002611DF" w:rsidRDefault="00071A73" w:rsidP="00071A73">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00071A73" w:rsidP="00071A73" w:rsidRDefault="00071A73" w14:paraId="0AECF8DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E1"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>á</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Arcus aortae – orbitas underkant.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6562FF37" w14:textId="40143597" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00071A73" w:rsidP="00071A73">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="00071A73" w:rsidRDefault="00071A73" w14:paraId="6562FF37" w14:textId="40143597">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas lugnt och inte svälja.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="21E5C8C2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="21E5C8C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="51657579" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="51657579" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2BB001A2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2BB001A2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A3B80B1" w14:textId="79F872E2" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1A3B80B1" w14:textId="79F872E2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Efter scanning segmenteras serie </w:t>
             </w:r>
             <w:r w:rsidR="009D0EEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> i thorax och buk. Hals, thorax och buk läggs på separata kort och reformateras som vanligt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="77C4BBCC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="77C4BBCC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C58803E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3C58803E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A3CA9D5" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="00257B0E">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="00257B0E" w:rsidRDefault="002611DF" w14:paraId="2A3CA9D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="0FDC5A2A" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="0FDC5A2A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="744C2C03" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="744C2C03" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="294174EA" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="294174EA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F2EF85E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4F2EF85E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57FB134D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="57FB134D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002611DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5620530E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5620530E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="311F1102" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="311F1102" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="557D1723" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="557D1723" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33F8DC6D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="33F8DC6D" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax/buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D2D1896" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6D2D1896" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76152E45" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="76152E45" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="259D0FF8" w14:textId="6C65D95A" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="259D0FF8" w14:textId="6C65D95A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00710C11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="157A5D29" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="157A5D29" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1254ACFD" w14:textId="6F52D274" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1254ACFD" w14:textId="6F52D274">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
             <w:r w:rsidR="00710C11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="26F8F5BA" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="26F8F5BA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AED8084" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3AED8084" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Mediastinum K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="446829E2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="446829E2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B1BAC73" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6B1BAC73" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB3A074" w14:textId="50070A90" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00A722B5" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="00A722B5" w14:paraId="1FB3A074" w14:textId="50070A90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="491F528A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="491F528A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51AE4E26" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="51AE4E26" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="2DE5A256" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="2DE5A256" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37F7A5F4" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="37F7A5F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lungor K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32A66320" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="32A66320" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3435822A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3435822A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03CF604D" w14:textId="7D883AC0" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="03CF604D" w14:textId="7D883AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00A722B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2911,233 +2958,233 @@
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/Lung/FC5</w:t>
             </w:r>
             <w:r w:rsidR="00A722B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45AE11AF" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="45AE11AF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41E94AC1" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="41E94AC1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="0D039731" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="0D039731" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D917703" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5D917703" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="308F89A7" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="308F89A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA0A429" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0DA0A429" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66C68039" w14:textId="6827DF03" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00A722B5" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="00A722B5" w14:paraId="66C68039" w14:textId="6827DF03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3155,225 +3202,225 @@
               <w:t>/Lung/FC5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="683207E9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="683207E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6266637D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6266637D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="390BADD6" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="390BADD6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCBF20A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5DCBF20A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74114F28" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="74114F28" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5716B674" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5716B674" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D6262F9" w14:textId="346E442F" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="00A722B5" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="00A722B5" w14:paraId="1D6262F9" w14:textId="346E442F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3391,1317 +3438,1317 @@
               <w:t>/Lung/FC5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="627BB456" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="627BB456" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC224D4" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3EC224D4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="7F800C77" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="7F800C77" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1018B5E6" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1018B5E6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  Buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F06F327" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1F06F327" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68AAD44A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="68AAD44A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9F12C4" w14:textId="269D9AC3" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="005B6D2D" w14:paraId="7C9F12C4" w14:textId="269D9AC3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9FDB04" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7D9FDB04" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78A2255B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="78A2255B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="7DF2FE32" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="7DF2FE32" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6B2D89" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6E6B2D89" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20BEC7CC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="20BEC7CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5203ADA8" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5203ADA8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7229E9FC" w14:textId="20639838" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="005B6D2D" w14:paraId="7229E9FC" w14:textId="20639838">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D024E39" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4D024E39" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7FCD47" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6C7FCD47" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="5830BA34" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="5830BA34" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E0EC976" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6E0EC976" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4853931A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4853931A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="493F2130" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="493F2130" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15E918FD" w14:textId="5FAEEC41" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="005B6D2D" w14:paraId="15E918FD" w14:textId="5FAEEC41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7060A0" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2A7060A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3437B53D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3437B53D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6D2D" w:rsidRPr="002611DF" w14:paraId="129B2E91" w14:textId="77777777" w:rsidTr="00732AE0">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidTr="00732AE0" w14:paraId="129B2E91" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06D9BCFA" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="06D9BCFA" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A3387C1" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="6A3387C1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55EBD526" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="55EBD526" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="535CEB12" w14:textId="1870BF16" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="535CEB12" w14:textId="1870BF16">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00330009">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Br44/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB2EA55" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="2EB2EA55" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C40 W350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20D47BB9" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="20D47BB9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6D2D" w:rsidRPr="002611DF" w14:paraId="00286C21" w14:textId="77777777" w:rsidTr="00732AE0">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidTr="00732AE0" w14:paraId="00286C21" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="665639A7" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="665639A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14EEB8BA" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="14EEB8BA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2531711E" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="2531711E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="74CD528E" w14:textId="40A18CA0" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="74CD528E" w14:textId="40A18CA0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00330009">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Br44/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03E4F672" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="03E4F672" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C40 W350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01CF136A" w14:textId="77777777" w:rsidR="005B6D2D" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="005B6D2D">
+          <w:p w:rsidRPr="002611DF" w:rsidR="005B6D2D" w:rsidP="005B6D2D" w:rsidRDefault="005B6D2D" w14:paraId="01CF136A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513FF8" w:rsidRPr="002611DF" w14:paraId="2FAA26CF" w14:textId="77777777" w:rsidTr="00494AEF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidTr="00494AEF" w14:paraId="2FAA26CF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29C8DE52" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="29C8DE52" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A05C056" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="1A05C056" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B05092" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="69B05092" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0FED1F" w14:textId="2D6A51E1" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="005B6D2D" w14:paraId="2C0FED1F" w14:textId="2D6A51E1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4739,225 +4786,225 @@
               </w:rPr>
               <w:t>Standard</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A08904E" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="7A08904E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C40 W350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3594FC91" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="3594FC91" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00513FF8" w:rsidRPr="002611DF" w14:paraId="4A1251C6" w14:textId="77777777" w:rsidTr="00494AEF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidTr="00494AEF" w14:paraId="4A1251C6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9FAEC3" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="2D9FAEC3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62004754" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="62004754" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FBD4F36" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="3FBD4F36" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C94A175" w14:textId="3710A25C" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="005B6D2D" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="005B6D2D" w14:paraId="5C94A175" w14:textId="3710A25C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4989,5254 +5036,5254 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standard</w:t>
             </w:r>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D02F359" w14:textId="77777777" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="4D02F359" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C40 W350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="053E821D" w14:textId="10464369" w:rsidR="00513FF8" w:rsidRPr="002611DF" w:rsidRDefault="00513FF8" w:rsidP="00494AEF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="00513FF8" w:rsidP="00494AEF" w:rsidRDefault="00513FF8" w14:paraId="053E821D" w14:textId="10464369">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
             <w:r w:rsidR="005B6D2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="450DC678" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="450DC678" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60643CF2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="60643CF2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00830AE0" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="00830AE0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E44E9A0" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3E44E9A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C36615" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="74C36615" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07301976" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="07301976" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4D71A6" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5B4D71A6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="2078DA23" w14:textId="77777777" w:rsidTr="00CF7D00">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="00CF7D00" w14:paraId="2078DA23" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C83C947" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3C83C947" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26CD80E9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="26CD80E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34D73580" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="34D73580" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2C3496" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3F2C3496" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DEA241A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1DEA241A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A77C978" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3A77C978" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="57552683" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="57552683" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78B35976" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="78B35976" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137BF6F6" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="137BF6F6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15BDEED9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="00257B0E">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="00257B0E" w:rsidRDefault="002611DF" w14:paraId="15BDEED9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002611DF">
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="53A6DB57" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="53A6DB57" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3280A624" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3280A624" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0C728C79" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0C728C79" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2183A5D2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2183A5D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="527D350A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="527D350A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2868B2FA" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2868B2FA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="3F21EAAE" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="3F21EAAE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43396D20" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="43396D20" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1C3A45" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0D1C3A45" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EF43426" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0EF43426" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4981496E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4981496E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FEAE091" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7FEAE091" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70B6122F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="70B6122F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E48A7D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="13E48A7D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41A1A92A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="41A1A92A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="71E37C3B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="71E37C3B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="65E01FF2" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="65E01FF2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1334E9CF" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1334E9CF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFA6072" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6FFA6072" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7352E2BB" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7352E2BB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD120BC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4DD120BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE1AF6D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6AE1AF6D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F13CE59" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6F13CE59" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="515D60B7" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="515D60B7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62366B3E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="62366B3E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBD0BAE" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5CBD0BAE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5B75EA1A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5B75EA1A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="55A2C3C2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="55A2C3C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="603CBAEC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="603CBAEC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="14DBDA96" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="14DBDA96" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="79D355FA" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="79D355FA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06543D7A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="06543D7A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="68C7217F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="68C7217F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5CFD79" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3A5CFD79" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1C74D9DC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1C74D9DC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="49D68AAA" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="49D68AAA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="46926902" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="46926902" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="18060643" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="18060643" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B96595F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3B96595F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11EF6D9A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="11EF6D9A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="294C697D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="294C697D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7377B141" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7377B141" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51D80A71" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="51D80A71" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="68156664" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="68156664" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="053181F3" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="053181F3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2AFC73" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3A2AFC73" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1E23A5E4" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1E23A5E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="589FD4B3" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="589FD4B3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="06AFABB3" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="06AFABB3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5AAF3F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1C5AAF3F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5E01C6B9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5E01C6B9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="048E9279" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="048E9279" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5752F97A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5752F97A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2539B1FC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2539B1FC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="316DE345" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="316DE345" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB495EC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5FB495EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE85FFE" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2DE85FFE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="46B76445" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="46B76445" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="6FFB9E41" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="6FFB9E41" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C95D28B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6C95D28B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4ABB0D3D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4ABB0D3D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="04F7C8FC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="04F7C8FC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="30E62DA3" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="30E62DA3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="097181A3" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="097181A3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6286FF43" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6286FF43" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="7E577A0C" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="7E577A0C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F3198D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="22F3198D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="63280C77" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="63280C77" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="12730DB2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="12730DB2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="62E11EAF" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="62E11EAF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7163022D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7163022D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CF20861" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7CF20861" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="3B7800E2" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="3B7800E2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C387256" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6C387256" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4C874C3F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4C874C3F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D84E23A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7D84E23A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE7C700" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6DE7C700" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCA359F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6FCA359F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="656505F3" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="656505F3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05C6BC24" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="05C6BC24" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="342C62FB" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="342C62FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mediastinum K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25DE0FFA" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="25DE0FFA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5317A6A9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5317A6A9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D618E1D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4D618E1D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3295DDE1" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3295DDE1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A6DD76E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3A6DD76E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22EE76DF" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="22EE76DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31530FAC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="31530FAC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A8CF7F9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5A8CF7F9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6D11F807" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6D11F807" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="64B69F86" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="64B69F86" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA21A35" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6FA21A35" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="38D468C7" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="38D468C7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="47C46825" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="47C46825" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="54DC22B7" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="54DC22B7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2CA711" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1C2CA711" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7811EFD2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7811EFD2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="632A316A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="632A316A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="7B14F18D" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="7B14F18D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D12C6B9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4D12C6B9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="645E8863" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="645E8863" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="19A32E5C" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="19A32E5C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="24364495" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="24364495" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="50F1D4B4" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="50F1D4B4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6879EFA7" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6879EFA7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="28EBD9F2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="28EBD9F2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="068585A0" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="068585A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D83A9DA" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6D83A9DA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6F18054E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6F18054E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="07907DF2" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="07907DF2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3C6316" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4D3C6316" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="20B22959" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="20B22959" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE8F373" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6DE8F373" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD084DB" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1CD084DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="2AC2FCC6" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="2AC2FCC6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B640A37" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4B640A37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57E8B792" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="57E8B792" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15D742D8" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="15D742D8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2C1409" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7E2C1409" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C09869E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7C09869E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="147E443A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="147E443A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0C1D0B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4B0C1D0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="7A6AA751" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="7A6AA751" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1568003D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1568003D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="51DDE280" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="51DDE280" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="48472722" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="48472722" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB52D00" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6CB52D00" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8C372E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7D8C372E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="072DEC5B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="072DEC5B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="07D1104A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="07D1104A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="1D2B839D" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="1D2B839D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68A1D6B8" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="68A1D6B8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="23B73A45" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="23B73A45" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="47433259" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="47433259" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="77EF4C88" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="77EF4C88" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3257F332" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3257F332" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="73198D51" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="73198D51" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="364F598F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="364F598F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="110F3365" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="110F3365" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2964EE83" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2964EE83" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="201ECE37" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="201ECE37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="58D9D76A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="58D9D76A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3829E9A1" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3829E9A1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF4A373" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3AF4A373" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="562F4413" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="562F4413" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5369D0" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6E5369D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="3E6531D2" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="3E6531D2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3373A6" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0F3373A6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="43E8657F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="43E8657F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="458A89D6" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="458A89D6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED6A244" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6ED6A244" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1C0E81" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3B1C0E81" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B351FA7" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4B351FA7" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="714A8D70" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="714A8D70" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="500C25C1" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="500C25C1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D114004" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7D114004" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="19D1D0AB" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="19D1D0AB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="213EE34D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="213EE34D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="04A2B6C6" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="04A2B6C6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="1BE6D9CF" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="1BE6D9CF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5420F4C7" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5420F4C7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5B5023" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0F5B5023" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D1DFA06" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3D1DFA06" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="420D9192" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="420D9192" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D965C44" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1D965C44" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C5E6875" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2C5E6875" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CDA1C7B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3CDA1C7B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16837B92" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="16837B92" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D283E32" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4D283E32" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="14F90D0C" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="14F90D0C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023EA548" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="023EA548" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002611DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="38576EC8" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="38576EC8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0D41CE45" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0D41CE45" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3092EEDB" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3092EEDB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE20D78" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0FE20D78" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2B7A20" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6E2B7A20" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="1DF17D2E" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="1DF17D2E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31763CBC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="31763CBC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2004B4B1" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2004B4B1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F94AD36" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6F94AD36" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="35C5D253" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="35C5D253" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="01228E9A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="01228E9A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="25C55242" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="25C55242" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="66B988DC" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="66B988DC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="545C0C76" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="545C0C76" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6A56FCA5" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="6A56FCA5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="26272C25" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="26272C25" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="47D557FD" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="47D557FD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9D68DD" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5E9D68DD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="57CCCBF6" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="57CCCBF6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="29A21B59" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="29A21B59" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C460B8" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="76C460B8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66BF7C43" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="66BF7C43" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0EF546" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5B0EF546" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67E45D96" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="67E45D96" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE7378E" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3EE7378E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="474B2A49" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="474B2A49" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="544AAD93" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="544AAD93" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFFDD3A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4AFFDD3A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="54D6E73D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="54D6E73D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="537201F3" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="537201F3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="57C1AB9B" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="57C1AB9B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE13B77" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3BE13B77" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB31C1F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4AB31C1F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="32E28727" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="32E28727" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF1B1D9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="4FF1B1D9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0640BCAF" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0640BCAF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9339CC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="7C9339CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="371D381A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="371D381A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="76FE13FC" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="76FE13FC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0C51A2E3" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0C51A2E3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="4A3E4040" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="4A3E4040" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3767AED9" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="3767AED9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1FAB7FD8" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1FAB7FD8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1154401D" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="1154401D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="682C4650" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="682C4650" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="05926A98" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="05926A98" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D10028A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5D10028A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002611DF" w:rsidRPr="002611DF" w14:paraId="25018603" w14:textId="77777777" w:rsidTr="002611DF">
+      <w:tr w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidTr="002611DF" w14:paraId="25018603" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5133A21A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="5133A21A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="44DEAAE4" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="44DEAAE4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4ED8CD" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="2D4ED8CD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="44E0007F" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="44E0007F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="607FE1AD" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+          <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="607FE1AD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="467EE49A" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="467EE49A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D14B4AD" w14:textId="77777777" w:rsidR="002611DF" w:rsidRPr="002611DF" w:rsidRDefault="002611DF" w:rsidP="002611DF">
+    <w:p w:rsidRPr="002611DF" w:rsidR="002611DF" w:rsidP="002611DF" w:rsidRDefault="002611DF" w14:paraId="0D14B4AD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="002611DF">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="002611DF">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F6D29D5" w14:textId="77777777" w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB">
+    <w:p w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB" w14:paraId="5F6D29D5" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F25C340" w14:textId="77777777" w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB">
+    <w:p w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB" w14:paraId="3F25C340" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3A8BE12A" w14:textId="77777777" w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB">
+    <w:p w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB" w14:paraId="3A8BE12A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10303,162 +10350,162 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -10493,311 +10540,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02E1F0D0" w14:textId="77777777" w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB"/>
+    <w:p w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB" w14:paraId="02E1F0D0" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="212907BA" w14:textId="77777777" w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB">
+    <w:p w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB" w14:paraId="212907BA" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0FDF0BE8" w14:textId="77777777" w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB">
+    <w:p w:rsidR="00F13FCB" w:rsidRDefault="00F13FCB" w14:paraId="0FDF0BE8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="3A4E2277">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="29326AE5">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1029" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -10833,899 +10880,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="F82E903A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="652A73C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11790,879 +11837,879 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A634650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4782C3CA"/>
     <w:lvl w:ilvl="0" w:tplc="B3D0DE24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CCEC308A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12724,486 +12771,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2C867BE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="20443DE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="908A7526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8C3C419C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="70AA8EA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B820258A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8834A508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C302AE58" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="15A0190A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DCDA3EEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1797480125">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="908417425">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="845025125">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="641080980">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="811757263">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2063863834">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="174809308">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="992413669">
@@ -13233,92 +13280,94 @@
   <w:num w:numId="16" w16cid:durableId="781189547">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="334891879">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="96147211">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1572891679">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="394207804">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1738824126">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="268053765">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00000000"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00070546"/>
     <w:rsid w:val="00071A73"/>
     <w:rsid w:val="0008125B"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00092275"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
@@ -13722,190 +13771,192 @@
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F13FCB"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F34EA2"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC7BCC"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="080E73C5"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6C7F3642"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13930,75 +13981,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -14033,57 +14084,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -14141,700 +14192,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -14898,609 +14949,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -15509,94 +15560,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -15605,496 +15656,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -16161,124 +16212,124 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009432E0"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009432E0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009432E0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009432E0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009432E0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="contentpasted1">
+  <w:style w:type="character" w:styleId="contentpasted1" w:customStyle="1">
     <w:name w:val="contentpasted1"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="007275E8"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
@@ -20094,75 +20145,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Hals thorax buk K+ (818800A, 830800, 840800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>43</revision>
+  <revision>44</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>