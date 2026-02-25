--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5ADD9ABD" w14:textId="77777777" w:rsidR="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00F30762" w:rsidSect="00F30762">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="10CD9DEA" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -175,51 +175,51 @@
       <w:r w:rsidRPr="00F30762">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="6742B61E" w14:textId="77777777" w:rsidTr="00717D1E">
+      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="6742B61E" w14:textId="77777777" w:rsidTr="12F80503">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35702362" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -250,217 +250,201 @@
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A0A4696" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tumör, metastaser, lymfom mm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="0E89AFF3" w14:textId="77777777" w:rsidTr="00717D1E">
+      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="0E89AFF3" w14:textId="77777777" w:rsidTr="12F80503">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05517DA3" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="224D7670" w14:textId="70FA486E" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00AA614D" w:rsidP="00F30762">
+          <w:p w14:paraId="224D7670" w14:textId="70FA486E" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00F30762" w:rsidRPr="00F30762">
+              <w:r w:rsidRPr="00F30762">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>Kre</w:t>
+                <w:t>Kreatinin</w:t>
               </w:r>
-              <w:r w:rsidR="00F30762" w:rsidRPr="00F30762">
-[...19 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00F30762" w:rsidRPr="00F30762">
+            <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10C55E36" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
+          <w:p w14:paraId="10C55E36" w14:textId="474DD1D7" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="12F80503">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F30762">
-[...5 lines deleted...]
-              <w:t>PVK, blå räcker. Helst i höger arm.</w:t>
+            <w:r w:rsidRPr="12F80503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PVK, </w:t>
+            </w:r>
+            <w:r w:rsidR="359F0DE9" w:rsidRPr="12F80503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>helst rosa</w:t>
+            </w:r>
+            <w:r w:rsidR="003223CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, gärna i höger arm.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EBC07F1" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Avlägsna eventuell tandprotes, örhängen, halsband </w:t>
+              <w:t>Avlägsna eventuell tandprotes, örhängen, halsband etc.</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="78ABCCB9" w14:textId="77777777" w:rsidTr="00717D1E">
+      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="78ABCCB9" w14:textId="77777777" w:rsidTr="12F80503">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="532FB972" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -485,51 +469,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68EA1EC8" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ingen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="70C70CE1" w14:textId="77777777" w:rsidTr="00717D1E">
+      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="70C70CE1" w14:textId="77777777" w:rsidTr="12F80503">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71D9CEE3" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -554,188 +538,80 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BE2DA11" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bolus 1: </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> 1”.</w:t>
+              <w:t>Bolus 1: Omnipaque 350 mg I/ml enligt OmniJect ”Hals split bolus 1”.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58D4A4E7" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bolus 2: </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> 2”.</w:t>
+              <w:t>Bolus 2: Omnipaque 350 mg I/ml enligt OmniJect ”Hals split bolus 2”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="2382FE82" w14:textId="77777777" w:rsidTr="00717D1E">
+      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="2382FE82" w14:textId="77777777" w:rsidTr="12F80503">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F460136" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -760,116 +636,114 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BA936A1" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Se kapitel 4.2 och 5.2 i </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05A1994E" w14:textId="475D4AC5" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00AA614D" w:rsidP="00F30762">
+          <w:p w14:paraId="05A1994E" w14:textId="475D4AC5" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00F30762" w:rsidRPr="00F30762">
+              <w:r w:rsidRPr="00F30762">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="1F4BB080" w14:textId="77777777" w:rsidTr="00717D1E">
+      <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="1F4BB080" w14:textId="77777777" w:rsidTr="12F80503">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="736A8B67" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5972E7E0" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
@@ -887,69 +761,51 @@
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28366726" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Huvudet mot </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Huvudet mot gantryt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A1FF06D" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Huvudstöd i lägsta läget. Hakan upplyft så att hårda gommen är vinkelrät mot underlaget.</w:t>
             </w:r>
@@ -1077,51 +933,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1956E19E" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09CF86E9" wp14:editId="797753D6">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09CF86E9" wp14:editId="797753D6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>636905</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>218440</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1470025"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="17" name="Upp 17"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1470025"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1170,90 +1026,90 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="09CF86E9" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:50.15pt;margin-top:17.2pt;width:32.3pt;height:115.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHZX1xSwIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3ayriuCOkXQIsOA&#10;oi3QFj0zshwbkESNUmJ3Xz9Kdtqs22mYDzIp0Xzk06MvLgdrxF5T6NBVcnZSSqGdwrpz20o+Pa4/&#10;nUsRIrgaDDpdyRcd5OXy44eL3i/0HFs0tSbBSVxY9L6SbYx+URRBtdpCOEGvHR82SBYiu7QtaoKe&#10;s1tTzMvyrOiRak+odAi8ez0eymXO3zRaxbumCToKU0muLeaV8rpJa7G8gMWWwLedmsqAf6jCQucY&#10;9DXVNUQQO+r+SGU7RRiwiScKbYFN0ymde+BuZuW7bh5a8Dr3wuQE/0pT+H9p1e3+wd8T09D7sAhs&#10;pi6Ghmx6c31iyGS9vJKlhygUb57OyvmMKVV8NDv9WpbzL4nN4u1rTyF+02hFMiq58ysi7DNNsL8J&#10;cYw+RCW8gKar150x2aHt5sqQ2APf3Xpd8jMB/BZmnOi5gjlXwMUAa6gxENm0vq5kcFspwGxZnCpS&#10;xnaYEPLFJ+xrCO2IkdOOirBdZFmazlbyPAEfkI1LleksrKmDN96SFYfNMJG5wfrlngThKLrg1bpj&#10;vBsI8R6IVcb18uTEO14ag9wETpYULdLPv+2neL58PpWiZ9Vygz92QFoK892xLD6fpVpFPHbo2Nkc&#10;O25nr5DJnfGMepVN/piiOZgNoX3mAVslVD4Cpxh7pHJyruI4TTyiSq9WOYyl7SHeuAevUvJEWWL6&#10;cXgG8pMaIuvoFg8Kh8U7RYyxLKdE6sjk5PAgZJVNQ5sm7djPUW+/luUvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAuA/9kd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1SUNo&#10;QpyqQnCrVFE4cHSSJbGI1yF22/D3bE9wHO3TzNtyPbtBHHEK1pOGu4UCgdT41lKn4f3t5XYFIkRD&#10;rRk8oYYfDLCuLi9KU7T+RK943MdOcAmFwmjoYxwLKUPTozNh4Uckvn36yZnIcepkO5kTl7tBJkpl&#10;0hlLvNCbEZ96bL72B8cjzx82r+32W+ar3c3mIWbNNjFaX1/Nm0cQEef4B8NZn9WhYqfaH6gNYuCs&#10;1JJRDcs0BXEGsjQHUWtIsvscZFXK/y9UvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCH&#10;ZX1xSwIAAKIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC4D/2R3wAAAAoBAAAPAAAAAAAAAAAAAAAAAKUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" adj="3014" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:50.15pt;margin-top:17.2pt;width:32.3pt;height:115.75pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHZX1xSwIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3ayriuCOkXQIsOA&#10;oi3QFj0zshwbkESNUmJ3Xz9Kdtqs22mYDzIp0Xzk06MvLgdrxF5T6NBVcnZSSqGdwrpz20o+Pa4/&#10;nUsRIrgaDDpdyRcd5OXy44eL3i/0HFs0tSbBSVxY9L6SbYx+URRBtdpCOEGvHR82SBYiu7QtaoKe&#10;s1tTzMvyrOiRak+odAi8ez0eymXO3zRaxbumCToKU0muLeaV8rpJa7G8gMWWwLedmsqAf6jCQucY&#10;9DXVNUQQO+r+SGU7RRiwiScKbYFN0ymde+BuZuW7bh5a8Dr3wuQE/0pT+H9p1e3+wd8T09D7sAhs&#10;pi6Ghmx6c31iyGS9vJKlhygUb57OyvmMKVV8NDv9WpbzL4nN4u1rTyF+02hFMiq58ysi7DNNsL8J&#10;cYw+RCW8gKar150x2aHt5sqQ2APf3Xpd8jMB/BZmnOi5gjlXwMUAa6gxENm0vq5kcFspwGxZnCpS&#10;xnaYEPLFJ+xrCO2IkdOOirBdZFmazlbyPAEfkI1LleksrKmDN96SFYfNMJG5wfrlngThKLrg1bpj&#10;vBsI8R6IVcb18uTEO14ag9wETpYULdLPv+2neL58PpWiZ9Vygz92QFoK892xLD6fpVpFPHbo2Nkc&#10;O25nr5DJnfGMepVN/piiOZgNoX3mAVslVD4Cpxh7pHJyruI4TTyiSq9WOYyl7SHeuAevUvJEWWL6&#10;cXgG8pMaIuvoFg8Kh8U7RYyxLKdE6sjk5PAgZJVNQ5sm7djPUW+/luUvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAuA/9kd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1SUNo&#10;QpyqQnCrVFE4cHSSJbGI1yF22/D3bE9wHO3TzNtyPbtBHHEK1pOGu4UCgdT41lKn4f3t5XYFIkRD&#10;rRk8oYYfDLCuLi9KU7T+RK943MdOcAmFwmjoYxwLKUPTozNh4Uckvn36yZnIcepkO5kTl7tBJkpl&#10;0hlLvNCbEZ96bL72B8cjzx82r+32W+ar3c3mIWbNNjFaX1/Nm0cQEef4B8NZn9WhYqfaH6gNYuCs&#10;1JJRDcs0BXEGsjQHUWtIsvscZFXK/y9UvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCH&#10;ZX1xSwIAAKIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC4D/2R3wAAAAoBAAAPAAAAAAAAAAAAAAAAAKUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" adj="3014" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="7171C1F5" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="0066567D" w:rsidRDefault="00F30762" w:rsidP="00AA614D">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71D8259C" wp14:editId="0C27CF08">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71D8259C" wp14:editId="0C27CF08">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>127000</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>213995</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1418590" cy="1477645"/>
                       <wp:effectExtent l="19050" t="19050" r="10160" b="27305"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rektangel 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1419149" cy="1477645"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1261,53 +1117,53 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:rect w14:anchorId="3AF42A2E" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:10pt;margin-top:16.85pt;width:111.7pt;height:116.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPEC3zNAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFbussiwgqB6AXt&#10;IrHVngfHIZH81bEh0F/fsROg3fZUlYMZe8bPM2/eZPp00oodJfrGmoLngyFn0ghbNmZf8G+vq09j&#10;znwAU4KyRhb8LD1/mn38MG3dRN7Z2qpSIiMQ4yetK3gdgptkmRe11OAH1klDzsqihkBb3GclQkvo&#10;WmV3w+F91losHVohvafTZefks4RfVVKEl6ryMjBVcMotpBXTuotrNpvCZI/g6kb0acA/ZKGhMfTo&#10;FWoJAdgBmz+gdCPQeluFgbA6s1XVCJlqoGry4btqtjU4mWohcry70uT/H6x4Pm7dBomG1vmJJzNW&#10;capQx3/Kj50SWecrWfIUmKDDfJQ/5qNHzgT58tHDw/3oS6Qzu1136MNXaTWLRsGRupFIguPahy70&#10;EhJfM3bVKJU6ogxrC/55nA+paQJIGJWCQKZ2ZcG92XMGak+KEwETpLeqKeP1CORxv1soZEegrq9W&#10;Q/r1mf0WFt9egq+7uOTq9KCbQKJUjS74OF6+3FYmosskq76CG2vR2tnyvEGGttOZd2LV0CNr8GED&#10;SMKiamhYwgstlbJUou0tzmqLP/52HuOp3+TlrCWhUvnfD4CSM3PQC0sV5jRiTiST8DGoi1mh1W80&#10;H/OIQC4wgnA60vrNInTDQBMm5HyewkiZDsLabJ2I4LHmSNXr6Q3Q9b0MJINnexEoTN61tIslMdxY&#10;6Tek46SRfubioPy6T1G3L8PsJwAAAP//AwBQSwMEFAAGAAgAAAAhAInEFivcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJt7cskBYRcrGmKjRm6jxOksrENopod0F397xpLeZ&#10;/H+++abar86Kk5nD4EnBdpOAMNR6PVCn4P3t4eoaRIhIGq0no+DbBNjX52cVltov9GpOTewEQyiU&#10;qKCPcSqlDG1vHIaNnwxx9uVnh5HXuZN6xoXhzso0SQrpcCC+0ONk7nvTjs3RKXheUjt8dvjy1IzN&#10;x+jzx+3uxil1ebHe3YKIZo1/ZfjVZ3Wo2engj6SDsAqYzk0FWbYDwXmaZzmIAw9FkYOsK/n/g/oH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjxAt8zQCAABhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAicQWK9wAAAAJAQAADwAAAAAAAAAAAAAA&#10;AACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="1CAC4D59">
+                    <v:rect id="Rektangel 3" style="position:absolute;margin-left:10pt;margin-top:16.85pt;width:111.7pt;height:116.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="3AF42A2E" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPEC3zNAIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyFbussiwgqB6AXt&#10;IrHVngfHIZH81bEh0F/fsROg3fZUlYMZe8bPM2/eZPp00oodJfrGmoLngyFn0ghbNmZf8G+vq09j&#10;znwAU4KyRhb8LD1/mn38MG3dRN7Z2qpSIiMQ4yetK3gdgptkmRe11OAH1klDzsqihkBb3GclQkvo&#10;WmV3w+F91losHVohvafTZefks4RfVVKEl6ryMjBVcMotpBXTuotrNpvCZI/g6kb0acA/ZKGhMfTo&#10;FWoJAdgBmz+gdCPQeluFgbA6s1XVCJlqoGry4btqtjU4mWohcry70uT/H6x4Pm7dBomG1vmJJzNW&#10;capQx3/Kj50SWecrWfIUmKDDfJQ/5qNHzgT58tHDw/3oS6Qzu1136MNXaTWLRsGRupFIguPahy70&#10;EhJfM3bVKJU6ogxrC/55nA+paQJIGJWCQKZ2ZcG92XMGak+KEwETpLeqKeP1CORxv1soZEegrq9W&#10;Q/r1mf0WFt9egq+7uOTq9KCbQKJUjS74OF6+3FYmosskq76CG2vR2tnyvEGGttOZd2LV0CNr8GED&#10;SMKiamhYwgstlbJUou0tzmqLP/52HuOp3+TlrCWhUvnfD4CSM3PQC0sV5jRiTiST8DGoi1mh1W80&#10;H/OIQC4wgnA60vrNInTDQBMm5HyewkiZDsLabJ2I4LHmSNXr6Q3Q9b0MJINnexEoTN61tIslMdxY&#10;6Tek46SRfubioPy6T1G3L8PsJwAAAP//AwBQSwMEFAAGAAgAAAAhAInEFivcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJt7cskBYRcrGmKjRm6jxOksrENopod0F397xpLeZ&#10;/H+++abar86Kk5nD4EnBdpOAMNR6PVCn4P3t4eoaRIhIGq0no+DbBNjX52cVltov9GpOTewEQyiU&#10;qKCPcSqlDG1vHIaNnwxx9uVnh5HXuZN6xoXhzso0SQrpcCC+0ONk7nvTjs3RKXheUjt8dvjy1IzN&#10;x+jzx+3uxil1ebHe3YKIZo1/ZfjVZ3Wo2engj6SDsAqYzk0FWbYDwXmaZzmIAw9FkYOsK/n/g/oH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjxAt8zQCAABhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAicQWK9wAAAAJAQAADwAAAAAAAAAAAAAA&#10;AACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E3E1509" wp14:editId="5EB9DDC6">
                   <wp:extent cx="1457325" cy="1880370"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5715"/>
                   <wp:docPr id="1" name="Bildobjekt 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1464,69 +1320,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3BC73E2A" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ovanför ytterörat – </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Ovanför ytterörat – sternum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65A89644" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1565,117 +1403,63 @@
               </w:rPr>
               <w:t>Hals K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="34E002B8" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E1"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>á</w:t>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> underkant.</w:t>
+              <w:t xml:space="preserve"> Arcus aortae – orbitas underkant.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10D52C88" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas lugnt och inte svälja.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1685,56 +1469,54 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="5D1A0F28" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D4F8B63" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00AF28F2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F30762">
         <w:lastRenderedPageBreak/>
         <w:t>Reformatering</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2522"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="58EDBE64" w14:textId="77777777" w:rsidTr="00F30762">
         <w:trPr>
@@ -1818,51 +1600,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05E76D36" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B7DD72A" wp14:editId="45B41EC1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B7DD72A" wp14:editId="45B41EC1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>565150</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>861695</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="657225"/>
                       <wp:effectExtent l="28892" t="28258" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Upp 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="4584776">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="657225"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1897,220 +1679,220 @@
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="1B7DD72A" id="Upp 19" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:44.5pt;margin-top:67.85pt;width:32.3pt;height:51.75pt;rotation:5007798fd;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSWjzmVwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+Nws0gQhliRCIqlKU&#10;RCJRzsbrZS3ZHnds2E2/vmPvktC0p6ocrBl7eG/m8Yab284adlQYNLiSjy9GnCknodJuX/Lnp82X&#10;a85CFK4SBpwq+asK/Hbx+dNN6+dqAg2YSiEjEBfmrS95E6OfF0WQjbIiXIBXjh5rQCsipbgvKhQt&#10;oVtTTEajadECVh5BqhDodt0/8kXGr2sl40NdBxWZKTn1FvOJ+dyls1jciPkehW+0HNoQ/9CFFdoR&#10;6RvUWkTBDqj/gLJaIgSo44UEW0Bda6nyDDTNePRhmm0jvMqzkDjBv8kU/h+svD9u/SOSDK0P80Bh&#10;mqKr0TIEUuvy6vpyNpvm2ahb1mXpXt+kU11kki4vx6PJmASW9DS9mk0mV0naoodKkB5D/KbAshSU&#10;/OCXiNBmXHG8C7GvPlWlbwQwutpoY3KC+93KIDsK+iE3mxF9BoLfyoxjLdlwMqNnJgUZqjYiUmh9&#10;VfLg9pwJsyenyoiZ20FiyC5I3GsRmp4jw/b2sDqSR422Jb9OxCdm41JnKrtsmOBdxBTFbtcxTcTj&#10;BJRudlC9PmIvLXUYvNxoor0TIT4KJOfRJW1TfKCjNkCzwBBx1gD+/Nt9qi95OmlszloyM4364yBQ&#10;cWa+O3LL12nqmsXzBM+T3XniDnYFJPM4N5hD+jJGcwprBPtCe7dMxPQknKTmelGHZBX7JaPNlWq5&#10;zGXkeC/indt6mcBPrnjqXgT6wReRDHUPJ+OL+Qdv9LVkrHcxh4T2I/tt2OW0gOd5rnr/x1n8AgAA&#10;//8DAFBLAwQUAAYACAAAACEAhdCimOEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzVIbBB1GpQ+QpwKIeiCBSppP8CNp0mUeBxiNw1/z3QFy5k5unNutplsJ0YcfONIwXwWgUAq&#10;nWmoUnDYvz+uQPigyejOESr4QQ+b/PYm06lxF/rCsQiV4BDyqVZQh9CnUvqyRqv9zPVIfDu5werA&#10;41BJM+gLh9tOxlG0kFY3xB9q3eNrjWVbnK2CYfddfD6E7fajLKR5a3en1i1Hpe7vppdnEAGn8AfD&#10;VZ/VIWenozuT8aJTsFgnTPI+SWIQV2D5xOWOCuL5egUyz+T/CvkvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhANJaPOZXAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIXQopjhAAAACgEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" adj="6741" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="1B7DD72A" id="Upp 19" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:44.5pt;margin-top:67.85pt;width:32.3pt;height:51.75pt;rotation:5007798fd;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSWjzmVwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+Nws0gQhliRCIqlKU&#10;RCJRzsbrZS3ZHnds2E2/vmPvktC0p6ocrBl7eG/m8Yab284adlQYNLiSjy9GnCknodJuX/Lnp82X&#10;a85CFK4SBpwq+asK/Hbx+dNN6+dqAg2YSiEjEBfmrS95E6OfF0WQjbIiXIBXjh5rQCsipbgvKhQt&#10;oVtTTEajadECVh5BqhDodt0/8kXGr2sl40NdBxWZKTn1FvOJ+dyls1jciPkehW+0HNoQ/9CFFdoR&#10;6RvUWkTBDqj/gLJaIgSo44UEW0Bda6nyDDTNePRhmm0jvMqzkDjBv8kU/h+svD9u/SOSDK0P80Bh&#10;mqKr0TIEUuvy6vpyNpvm2ahb1mXpXt+kU11kki4vx6PJmASW9DS9mk0mV0naoodKkB5D/KbAshSU&#10;/OCXiNBmXHG8C7GvPlWlbwQwutpoY3KC+93KIDsK+iE3mxF9BoLfyoxjLdlwMqNnJgUZqjYiUmh9&#10;VfLg9pwJsyenyoiZ20FiyC5I3GsRmp4jw/b2sDqSR422Jb9OxCdm41JnKrtsmOBdxBTFbtcxTcTj&#10;BJRudlC9PmIvLXUYvNxoor0TIT4KJOfRJW1TfKCjNkCzwBBx1gD+/Nt9qi95OmlszloyM4364yBQ&#10;cWa+O3LL12nqmsXzBM+T3XniDnYFJPM4N5hD+jJGcwprBPtCe7dMxPQknKTmelGHZBX7JaPNlWq5&#10;zGXkeC/indt6mcBPrnjqXgT6wReRDHUPJ+OL+Qdv9LVkrHcxh4T2I/tt2OW0gOd5rnr/x1n8AgAA&#10;//8DAFBLAwQUAAYACAAAACEAhdCimOEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzVIbBB1GpQ+QpwKIeiCBSppP8CNp0mUeBxiNw1/z3QFy5k5unNutplsJ0YcfONIwXwWgUAq&#10;nWmoUnDYvz+uQPigyejOESr4QQ+b/PYm06lxF/rCsQiV4BDyqVZQh9CnUvqyRqv9zPVIfDu5werA&#10;41BJM+gLh9tOxlG0kFY3xB9q3eNrjWVbnK2CYfddfD6E7fajLKR5a3en1i1Hpe7vppdnEAGn8AfD&#10;VZ/VIWenozuT8aJTsFgnTPI+SWIQV2D5xOWOCuL5egUyz+T/CvkvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhANJaPOZXAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIXQopjhAAAACgEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAC/BQAAAAA=&#10;" adj="6741" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="6997A3E0" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="0066567D" w:rsidRDefault="00F30762" w:rsidP="00AA614D">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A0CAA4E" wp14:editId="42EE4428">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A0CAA4E" wp14:editId="42EE4428">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>2540</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>601980</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1388110" cy="292100"/>
                       <wp:effectExtent l="19050" t="19050" r="21590" b="31750"/>
                       <wp:wrapNone/>
                       <wp:docPr id="15" name="Rak 15"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1388491" cy="292100"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:line w14:anchorId="1F3195AE" id="Rak 15" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from=".2pt,47.4pt" to="109.5pt,70.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdGcNGtwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfqZMuQtmo6R62KhcE&#10;KwF7nzp2Yslf8pim/feM3W5Z4IbIwZrxjN/MezPZPJycZUeV0AQ/8HbVcKa8DKPx08C/f9u/6zjD&#10;DH4EG7wa+Fkhf9i+fbNZYq/WYQ52VIkRiMd+iQOfc469EChn5QBXISpPQR2Sg0xumsSYYCF0Z8W6&#10;aT6IJaQxpiAVIt3uLkG+rfhaK5m/aI0qMztw6i3XM9XzUE6x3UA/JYizkdc24B+6cGA8Fb1B7SAD&#10;+5HMX1DOyBQw6LySwYmgtZGqciA2bfMHm68zRFW5kDgYbzLh/4OVn4+P/imRDEvEHuNTKixOOjmm&#10;rYnPNNPKizplpyrb+SabOmUm6bK967r39y1nkmLr+3XbVF3FBafgxYT5owqOFWPg1vhCC3o4fsJM&#10;tSn1JaVc+7A31tbRWM+Wgd91BZNJoA3RFjKZLo4DRz9xBnai1ZM5VUgM1ozleQHCNB0ebWJHoPHv&#10;9w19ZeJU7re0UnsHOF/yauiyGM5k2k5r3MC78vjltfUFXdX9ujL4JV+xDmE8V1VF8Wh2teh1z8py&#10;vPbJfv03bH8CAAD//wMAUEsDBBQABgAIAAAAIQB6KySh3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BTsMwEEX3SNzBGiR21E4UoE3jVCUSCxZIUDiAG0+diHgcYrcNnJ5hBcvRf/r/TbWZ/SBO&#10;OMU+kIZsoUAgtcH25DS8vz3eLEHEZMiaIRBq+MIIm/ryojKlDWd6xdMuOcElFEujoUtpLKWMbYfe&#10;xEUYkTg7hMmbxOfkpJ3Mmcv9IHOl7qQ3PfFCZ0ZsOmw/dkev4Tl8U3N/+9Sq7ad7ybLmIeWu0/r6&#10;at6uQSSc0x8Mv/qsDjU77cORbBSDhoI5DauC/TnNsxV/tmesUEuQdSX/+9c/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAB0Zw0a3AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAHorJKHcAAAABwEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="2297C327">
+                    <v:line id="Rak 15" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from=".2pt,47.4pt" to="109.5pt,70.4pt" w14:anchorId="1F3195AE" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdGcNGtwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfqZMuQtmo6R62KhcE&#10;KwF7nzp2Yslf8pim/feM3W5Z4IbIwZrxjN/MezPZPJycZUeV0AQ/8HbVcKa8DKPx08C/f9u/6zjD&#10;DH4EG7wa+Fkhf9i+fbNZYq/WYQ52VIkRiMd+iQOfc469EChn5QBXISpPQR2Sg0xumsSYYCF0Z8W6&#10;aT6IJaQxpiAVIt3uLkG+rfhaK5m/aI0qMztw6i3XM9XzUE6x3UA/JYizkdc24B+6cGA8Fb1B7SAD&#10;+5HMX1DOyBQw6LySwYmgtZGqciA2bfMHm68zRFW5kDgYbzLh/4OVn4+P/imRDEvEHuNTKixOOjmm&#10;rYnPNNPKizplpyrb+SabOmUm6bK967r39y1nkmLr+3XbVF3FBafgxYT5owqOFWPg1vhCC3o4fsJM&#10;tSn1JaVc+7A31tbRWM+Wgd91BZNJoA3RFjKZLo4DRz9xBnai1ZM5VUgM1ozleQHCNB0ebWJHoPHv&#10;9w19ZeJU7re0UnsHOF/yauiyGM5k2k5r3MC78vjltfUFXdX9ujL4JV+xDmE8V1VF8Wh2teh1z8py&#10;vPbJfv03bH8CAAD//wMAUEsDBBQABgAIAAAAIQB6KySh3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BTsMwEEX3SNzBGiR21E4UoE3jVCUSCxZIUDiAG0+diHgcYrcNnJ5hBcvRf/r/TbWZ/SBO&#10;OMU+kIZsoUAgtcH25DS8vz3eLEHEZMiaIRBq+MIIm/ryojKlDWd6xdMuOcElFEujoUtpLKWMbYfe&#10;xEUYkTg7hMmbxOfkpJ3Mmcv9IHOl7qQ3PfFCZ0ZsOmw/dkev4Tl8U3N/+9Sq7ad7ybLmIeWu0/r6&#10;at6uQSSc0x8Mv/qsDjU77cORbBSDhoI5DauC/TnNsxV/tmesUEuQdSX/+9c/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAB0Zw0a3AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAHorJKHcAAAABwEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49B999DB" wp14:editId="705052E7">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49B999DB" wp14:editId="705052E7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>843915</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>24130</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="358140" cy="1506220"/>
                       <wp:effectExtent l="19050" t="19050" r="22860" b="36830"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="358445" cy="1506804"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:line w14:anchorId="7145C0FA" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="66.45pt,1.9pt" to="94.65pt,120.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5+eHHrwEAAEsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0SWEYcXpokF2G&#10;rcC2H8DIki1AXxC1OPn3o5Q07bbbMB9kSiSfyMenzdPJWXZUCU3wPV8uGs6Ul2Ewfuz5j+/7u5Yz&#10;zOAHsMGrnp8V8qftxw+bOXbqPkzBDioxAvHYzbHnU86xEwLlpBzgIkTlyalDcpBpm0YxJJgJ3Vlx&#10;3zSPYg5piClIhUinu4uTbyu+1krmr1qjysz2nGrLdU11PZRVbDfQjQniZOS1DPiHKhwYT5feoHaQ&#10;gf1M5i8oZ2QKGHReyOBE0NpIVXugbpbNH918myCq2guRg/FGE/4/WPnl+OxfEtEwR+wwvqTSxUkn&#10;V/5UHztVss43stQpM0mHD+t2tVpzJsm1XDePbbMqbIq37Jgwf1LBsWL03BpfmoEOjp8xX0JfQ8qx&#10;D3tjbR2I9WymG9plQzOTQLrQFjKZLg49Rz9yBnYkwcmcKiQGa4aSXoAwjYdnm9gRaOj7fUPftbLf&#10;wsrdO8DpElddFzk4k0mT1rietyX5Ndv6gq6qqq4dvJFWrEMYzpVLUXY0sUrHVV1FEu/3ZL9/A9tf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAf46Q9N0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KjdBFAS4lQIqRJwKi0HuLnxEkfE6yh22/D3bE9wHM1o5k29mv0gjjjFPpCG5UKB&#10;QGqD7anT8L5b3xQgYjJkzRAINfxghFVzeVGbyoYTveFxmzrBJRQro8GlNFZSxtahN3ERRiT2vsLk&#10;TWI5ddJO5sTlfpCZUvfSm554wZkRnxy239uD1/Chdp+0KQtHLT7fvfjXtaLNoPX11fz4ACLhnP7C&#10;cMZndGiYaR8OZKMYWOdZyVENOT84+0WZg9hryG6XCmRTy/8Pml8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAefnhx68BAABLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAf46Q9N0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="6A260C44">
+                    <v:line id="Rak 16" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="66.45pt,1.9pt" to="94.65pt,120.5pt" w14:anchorId="7145C0FA" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5+eHHrwEAAEsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0SWEYcXpokF2G&#10;rcC2H8DIki1AXxC1OPn3o5Q07bbbMB9kSiSfyMenzdPJWXZUCU3wPV8uGs6Ul2Ewfuz5j+/7u5Yz&#10;zOAHsMGrnp8V8qftxw+bOXbqPkzBDioxAvHYzbHnU86xEwLlpBzgIkTlyalDcpBpm0YxJJgJ3Vlx&#10;3zSPYg5piClIhUinu4uTbyu+1krmr1qjysz2nGrLdU11PZRVbDfQjQniZOS1DPiHKhwYT5feoHaQ&#10;gf1M5i8oZ2QKGHReyOBE0NpIVXugbpbNH918myCq2guRg/FGE/4/WPnl+OxfEtEwR+wwvqTSxUkn&#10;V/5UHztVss43stQpM0mHD+t2tVpzJsm1XDePbbMqbIq37Jgwf1LBsWL03BpfmoEOjp8xX0JfQ8qx&#10;D3tjbR2I9WymG9plQzOTQLrQFjKZLg49Rz9yBnYkwcmcKiQGa4aSXoAwjYdnm9gRaOj7fUPftbLf&#10;wsrdO8DpElddFzk4k0mT1rietyX5Ndv6gq6qqq4dvJFWrEMYzpVLUXY0sUrHVV1FEu/3ZL9/A9tf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAf46Q9N0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KjdBFAS4lQIqRJwKi0HuLnxEkfE6yh22/D3bE9wHM1o5k29mv0gjjjFPpCG5UKB&#10;QGqD7anT8L5b3xQgYjJkzRAINfxghFVzeVGbyoYTveFxmzrBJRQro8GlNFZSxtahN3ERRiT2vsLk&#10;TWI5ddJO5sTlfpCZUvfSm554wZkRnxy239uD1/Chdp+0KQtHLT7fvfjXtaLNoPX11fz4ACLhnP7C&#10;cMZndGiYaR8OZKMYWOdZyVENOT84+0WZg9hryG6XCmRTy/8Pml8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAefnhx68BAABLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAf46Q9N0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54895AC8" wp14:editId="346C9608">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54895AC8" wp14:editId="346C9608">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>186690</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>229870</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="0" t="19050" r="28575" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="20932886">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2161,51 +1943,51 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="54895AC8" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" o:spid="_x0000_s1028" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:14.7pt;margin-top:18.1pt;width:32.25pt;height:45.35pt;rotation:-728666fd;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJ8FdmVwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kX2lQpwhSZBhQ&#10;tAHaoWdFlmMBkqhRauzu14+SnTbrdhqWg0BKzHvky2Oub3pr2F5h0OAqPjkpOVNOQq3druLfn9Zf&#10;ZpyFKFwtDDhV8VcV+M3i86frzs/VFFowtUJGIC7MO1/xNkY/L4ogW2VFOAGvHD02gFZESnFX1Cg6&#10;QremmJblRdEB1h5BqhDo9nZ45IuM3zRKxoemCSoyU3HqLeYT87lNZ7G4FvMdCt9qObYh/qELK7Qj&#10;0jeoWxEFe0H9B5TVEiFAE08k2AKaRkuVZ6BpJuWHaR5b4VWehcQJ/k2m8P9g5f3+0W+QZOh8mAcK&#10;0xR9g5YhkFrT8up0Optd5OGoXdZn7V7ftFN9ZJIuz8qr88tzziQ9UXB1dp60LQashOkxxK8KLEtB&#10;xWvo3BIRuows9nchDvWHuvSdAEbXa21MTnC3XRlke0G/5Xpd0mek+K3MONaRE6eX9MykIE81RkQK&#10;ra8rHtyOM2F2ZFYZMXM7SAzZCIn7VoR24Miwg0OsjmRTo23FZ4n4wGxc6kxlo40TvOuYothve6aJ&#10;eJqA0s0W6tcNDupSh8HLtSbaOxHiRiCZjy5poeIDHY0BmgXGiLMW8Off7lN9xdPJWUdmpjl/vAhU&#10;nJlvjtxyepFaZvE4weNke5y4F7sC0niSu8shfRmjOYQNgn2mvVsmVnoSTlJng6JjsorDktHmSrVc&#10;5jJyvBfxzj16mcAPpnjqnwX60RaR/HQPB+OL+QdjDLXkq3clx4T2I9tt3OW0gMd5rnr/x1n8AgAA&#10;//8DAFBLAwQUAAYACAAAACEAemolZd4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF&#10;74L/YRnBm92Y1mBiNkUFReihWFvwuMmOSTQ7G3a3Tfz3jic9Du/xvW/K9WwHcUIfekcKrhcJCKTG&#10;mZ5aBfu3p6tbECFqMnpwhAq+McC6Oj8rdWHcRK942sVWMIRCoRV0MY6FlKHp0OqwcCMSZx/OWx35&#10;9K00Xk8Mt4NMkySTVvfEC50e8bHD5mt3tArSyT+Hl3RTb4z3D4dJvm8/b1ZKXV7M93cgIs7xrwy/&#10;+qwOFTvV7kgmiIEZ+YqbCpZZCoLzfJmDqLmXZjnIqpT/H6h+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMnwV2ZXAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHpqJWXeAAAACAEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Ned 20" o:spid="_x0000_s1028" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:14.7pt;margin-top:18.1pt;width:32.25pt;height:45.35pt;rotation:-728666fd;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJ8FdmVwIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kX2lQpwhSZBhQ&#10;tAHaoWdFlmMBkqhRauzu14+SnTbrdhqWg0BKzHvky2Oub3pr2F5h0OAqPjkpOVNOQq3druLfn9Zf&#10;ZpyFKFwtDDhV8VcV+M3i86frzs/VFFowtUJGIC7MO1/xNkY/L4ogW2VFOAGvHD02gFZESnFX1Cg6&#10;QremmJblRdEB1h5BqhDo9nZ45IuM3zRKxoemCSoyU3HqLeYT87lNZ7G4FvMdCt9qObYh/qELK7Qj&#10;0jeoWxEFe0H9B5TVEiFAE08k2AKaRkuVZ6BpJuWHaR5b4VWehcQJ/k2m8P9g5f3+0W+QZOh8mAcK&#10;0xR9g5YhkFrT8up0Optd5OGoXdZn7V7ftFN9ZJIuz8qr88tzziQ9UXB1dp60LQashOkxxK8KLEtB&#10;xWvo3BIRuows9nchDvWHuvSdAEbXa21MTnC3XRlke0G/5Xpd0mek+K3MONaRE6eX9MykIE81RkQK&#10;ra8rHtyOM2F2ZFYZMXM7SAzZCIn7VoR24Miwg0OsjmRTo23FZ4n4wGxc6kxlo40TvOuYothve6aJ&#10;eJqA0s0W6tcNDupSh8HLtSbaOxHiRiCZjy5poeIDHY0BmgXGiLMW8Off7lN9xdPJWUdmpjl/vAhU&#10;nJlvjtxyepFaZvE4weNke5y4F7sC0niSu8shfRmjOYQNgn2mvVsmVnoSTlJng6JjsorDktHmSrVc&#10;5jJyvBfxzj16mcAPpnjqnwX60RaR/HQPB+OL+QdjDLXkq3clx4T2I9tt3OW0gMd5rnr/x1n8AgAA&#10;//8DAFBLAwQUAAYACAAAACEAemolZd4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF&#10;74L/YRnBm92Y1mBiNkUFReihWFvwuMmOSTQ7G3a3Tfz3jic9Du/xvW/K9WwHcUIfekcKrhcJCKTG&#10;mZ5aBfu3p6tbECFqMnpwhAq+McC6Oj8rdWHcRK942sVWMIRCoRV0MY6FlKHp0OqwcCMSZx/OWx35&#10;9K00Xk8Mt4NMkySTVvfEC50e8bHD5mt3tArSyT+Hl3RTb4z3D4dJvm8/b1ZKXV7M93cgIs7xrwy/&#10;+qwOFTvV7kgmiIEZ+YqbCpZZCoLzfJmDqLmXZjnIqpT/H6h+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMnwV2ZXAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHpqJWXeAAAACAEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="5B365BBE" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="0066564D" w:rsidRDefault="00F30762" w:rsidP="00AA614D">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -2268,51 +2050,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A556418" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="503D5987" wp14:editId="5CA06FBA">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="503D5987" wp14:editId="5CA06FBA">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>231140</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>504190</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="560070"/>
                       <wp:effectExtent l="1270" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="22" name="Upp 22"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="560070"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2347,140 +2129,140 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="503D5987" id="Upp 22" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:18.2pt;margin-top:39.7pt;width:32.3pt;height:44.1pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1vK22VQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2knwjqFEGCDAOK&#10;tkA69KzIcixAEjVKid39+lGy02bdTsNyIEiJeiSfH3N711vDDgqDBlfxyVnJmXISau12Ff/+vP5y&#10;w1mIwtXCgFMVf1WB380/f7rt/ExNoQVTK2QE4sKs8xVvY/SzogiyVVaEM/DK0WUDaEWkEHdFjaIj&#10;dGuKaVleFR1g7RGkCoFOV8Mln2f8plEyPjZNUJGZilNvMVvMdptsMb8Vsx0K32o5tiH+oQsrtKOi&#10;b1ArEQXbo/4DymqJEKCJZxJsAU2jpcoz0DST8sM0m1Z4lWchcoJ/oyn8P1j5cNj4JyQaOh9mgdw0&#10;Rd+gZQjE1uVFmX55NuqW9Zm61zfqVB+ZpMOLSTmdEMGSri6vyvI6U1sMUAnSY4hfFViWnIrv/QIR&#10;uowrDvchUgeUfcxKLwIYXa+1MTnA3XZpkB0Efcj1Ovc0PPktzTjWkQyn19Qyk4IE1RgRybW+rnhw&#10;O86E2ZFSZcRc20GqkFWQaq9EaIcaGXaQh9WRNGq0rfjNwMZQ2bjUmcoqGyd4JzF5sd/2TFPh8wSU&#10;TrZQvz7hQC11GLxcayp7L0J8EkjKo0PapvhIpjFAs8DocdYC/vzbecqveLI0NmcdiZlG/bEXqDgz&#10;3xyp5Zy+CF3F0wBPg+1p4PZ2CUTzJDeYXXqM0RzdBsG+0N4tUmG6Ek5ScwOpY7CMw5LR5kq1WOQ0&#10;UrwX8d5tvEzgR1U89y8C/aiLSIJ6gKPwxeyDNoZckso7mWNA+5EVNO5yWsDTOGe9/+PMfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJqJgBHgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyok4hWbYhTISQ4ICSUwoHe3HhJQuN1sJ0m/D3bE9x2NKPZN8V2tr04oQ+dIwXpIgGBVDvT&#10;UaPg/e3xZg0iRE1G945QwQ8G2JaXF4XOjZuowtMuNoJLKORaQRvjkEsZ6hatDgs3ILH36bzVkaVv&#10;pPF64nLbyyxJVtLqjvhDqwd8aLE+7kar4Pvl67ny++P4WqX76sn4adN/NEpdX833dyAizvEvDGd8&#10;RoeSmQ5uJBNEryC7XXFSwSbNQJz9NOMpBz6WyzXIspD/F5S/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADW8rbZVAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJqJgBHgAAAACQEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="7910" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="503D5987" id="Upp 22" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:18.2pt;margin-top:39.7pt;width:32.3pt;height:44.1pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1vK22VQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2knwjqFEGCDAOK&#10;tkA69KzIcixAEjVKid39+lGy02bdTsNyIEiJeiSfH3N711vDDgqDBlfxyVnJmXISau12Ff/+vP5y&#10;w1mIwtXCgFMVf1WB380/f7rt/ExNoQVTK2QE4sKs8xVvY/SzogiyVVaEM/DK0WUDaEWkEHdFjaIj&#10;dGuKaVleFR1g7RGkCoFOV8Mln2f8plEyPjZNUJGZilNvMVvMdptsMb8Vsx0K32o5tiH+oQsrtKOi&#10;b1ArEQXbo/4DymqJEKCJZxJsAU2jpcoz0DST8sM0m1Z4lWchcoJ/oyn8P1j5cNj4JyQaOh9mgdw0&#10;Rd+gZQjE1uVFmX55NuqW9Zm61zfqVB+ZpMOLSTmdEMGSri6vyvI6U1sMUAnSY4hfFViWnIrv/QIR&#10;uowrDvchUgeUfcxKLwIYXa+1MTnA3XZpkB0Efcj1Ovc0PPktzTjWkQyn19Qyk4IE1RgRybW+rnhw&#10;O86E2ZFSZcRc20GqkFWQaq9EaIcaGXaQh9WRNGq0rfjNwMZQ2bjUmcoqGyd4JzF5sd/2TFPh8wSU&#10;TrZQvz7hQC11GLxcayp7L0J8EkjKo0PapvhIpjFAs8DocdYC/vzbecqveLI0NmcdiZlG/bEXqDgz&#10;3xyp5Zy+CF3F0wBPg+1p4PZ2CUTzJDeYXXqM0RzdBsG+0N4tUmG6Ek5ScwOpY7CMw5LR5kq1WOQ0&#10;UrwX8d5tvEzgR1U89y8C/aiLSIJ6gKPwxeyDNoZckso7mWNA+5EVNO5yWsDTOGe9/+PMfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJqJgBHgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyok4hWbYhTISQ4ICSUwoHe3HhJQuN1sJ0m/D3bE9x2NKPZN8V2tr04oQ+dIwXpIgGBVDvT&#10;UaPg/e3xZg0iRE1G945QwQ8G2JaXF4XOjZuowtMuNoJLKORaQRvjkEsZ6hatDgs3ILH36bzVkaVv&#10;pPF64nLbyyxJVtLqjvhDqwd8aLE+7kar4Pvl67ny++P4WqX76sn4adN/NEpdX833dyAizvEvDGd8&#10;RoeSmQ5uJBNEryC7XXFSwSbNQJz9NOMpBz6WyzXIspD/F5S/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADW8rbZVAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJqJgBHgAAAACQEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" adj="7910" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="3E647687" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="0066567D" w:rsidRDefault="00F30762" w:rsidP="00AA614D">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11EB0AB0" wp14:editId="0105CCCC">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11EB0AB0" wp14:editId="0105CCCC">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>719455</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-5080</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="22225" cy="1536065"/>
                       <wp:effectExtent l="19050" t="19050" r="34925" b="26035"/>
                       <wp:wrapNone/>
                       <wp:docPr id="21" name="Rak 21"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="22440" cy="1536192"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:line w14:anchorId="4CFA9044" id="Rak 21" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="56.65pt,-.4pt" to="58.4pt,120.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAffWOdtgEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC8x3okDVzBcg4x3B6K&#10;NkDTD1hTpESAL3BZy/77LinHTdtbER2IJXc53JkdbR5O1rCjjKi963mzqjmTTvhBu7HnP573N2vO&#10;MIEbwHgne36WyB+2799t5tDJ1k/eDDIyAnHYzaHnU0qhqyoUk7SAKx+ko6Ty0UKibRyrIcJM6NZU&#10;bV3fV7OPQ4heSEQ63S1Jvi34SkmRvimFMjHTc+otlTWW9ZDXaruBbowQJi0ubcB/dGFBO3r0CrWD&#10;BOxn1P9AWS2iR6/SSnhbeaW0kIUDsWnqv9h8nyDIwoXEwXCVCd8OVnw9PrqnSDLMATsMTzGzOKlo&#10;mTI6fKaZFl7UKTsV2c5X2eQpMUGHbXt3R9oKyjQfbu+bj22WtVpgMlyImD5Jb1kOem60y6ygg+MX&#10;TEvpS0k+dn6vjSmTMY7NPb9dN3V+AMggykCi0Iah5+hGzsCM5DyRYoFEb/SQr2cgjOPh0UR2BJr+&#10;fl/Td+nsj7L89g5wWupKavGF1YnMabTt+TpffrltXEaXxV4XBr/Vy9HBD+ciapV3NLoix8Vm2Ruv&#10;9xS//hm2vwAAAP//AwBQSwMEFAAGAAgAAAAhAEBBjIjcAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyo4xTaKsSpSiQOHJCg8AFustgR8TrEbhv4ejYnuO1oRrNvyu3ke3HC&#10;MXaBNKhFBgKpCW1HVsP72+PNBkRMhlrTB0IN3xhhW11elKZow5le8bRPVnAJxcJocCkNhZSxcehN&#10;XIQBib2PMHqTWI5WtqM5c7nvZZ5lK+lNR/zBmQFrh83n/ug1PIcfqtd3T022+7IvStUPKbdO6+ur&#10;aXcPIuGU/sIw4zM6VMx0CEdqo+hZq+WSoxrmBbOvVnwcNOS3SoGsSvl/QfULAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAH31jnbYBAABUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAQEGMiNwAAAAJAQAADwAAAAAAAAAAAAAAAAAQBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <w:pict w14:anchorId="352F7B73">
+                    <v:line id="Rak 21" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="56.65pt,-.4pt" to="58.4pt,120.55pt" w14:anchorId="4CFA9044" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAffWOdtgEAAFQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC8x3okDVzBcg4x3B6K&#10;NkDTD1hTpESAL3BZy/77LinHTdtbER2IJXc53JkdbR5O1rCjjKi963mzqjmTTvhBu7HnP573N2vO&#10;MIEbwHgne36WyB+2799t5tDJ1k/eDDIyAnHYzaHnU0qhqyoUk7SAKx+ko6Ty0UKibRyrIcJM6NZU&#10;bV3fV7OPQ4heSEQ63S1Jvi34SkmRvimFMjHTc+otlTWW9ZDXaruBbowQJi0ubcB/dGFBO3r0CrWD&#10;BOxn1P9AWS2iR6/SSnhbeaW0kIUDsWnqv9h8nyDIwoXEwXCVCd8OVnw9PrqnSDLMATsMTzGzOKlo&#10;mTI6fKaZFl7UKTsV2c5X2eQpMUGHbXt3R9oKyjQfbu+bj22WtVpgMlyImD5Jb1kOem60y6ygg+MX&#10;TEvpS0k+dn6vjSmTMY7NPb9dN3V+AMggykCi0Iah5+hGzsCM5DyRYoFEb/SQr2cgjOPh0UR2BJr+&#10;fl/Td+nsj7L89g5wWupKavGF1YnMabTt+TpffrltXEaXxV4XBr/Vy9HBD+ciapV3NLoix8Vm2Ruv&#10;9xS//hm2vwAAAP//AwBQSwMEFAAGAAgAAAAhAEBBjIjcAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyo4xTaKsSpSiQOHJCg8AFustgR8TrEbhv4ejYnuO1oRrNvyu3ke3HC&#10;MXaBNKhFBgKpCW1HVsP72+PNBkRMhlrTB0IN3xhhW11elKZow5le8bRPVnAJxcJocCkNhZSxcehN&#10;XIQBib2PMHqTWI5WtqM5c7nvZZ5lK+lNR/zBmQFrh83n/ug1PIcfqtd3T022+7IvStUPKbdO6+ur&#10;aXcPIuGU/sIw4zM6VMx0CEdqo+hZq+WSoxrmBbOvVnwcNOS3SoGsSvl/QfULAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAH31jnbYBAABUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAQEGMiNwAAAAJAQAADwAAAAAAAAAAAAAAAAAQBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="568E4CD4" wp14:editId="2C264CFD">
                   <wp:extent cx="1464310" cy="1548130"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="0"/>
                   <wp:docPr id="24" name="Bildobjekt 24"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="40573147" name=""/>
                           <pic:cNvPicPr/>
@@ -3028,61 +2810,59 @@
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0998ED8E" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ADE14A9" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
@@ -3257,69 +3037,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70C5FF0B" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>B45/</w:t>
-[...17 lines deleted...]
-              <w:t>/FC26-08</w:t>
+              <w:t>B45/Detail/FC26-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76D62A1A" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3473,69 +3235,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB8D55F" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>B45/</w:t>
-[...17 lines deleted...]
-              <w:t>/FC26-08</w:t>
+              <w:t>B45/Detail/FC26-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06DE454D" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3692,69 +3436,58 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28226902" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B45/D</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>etail</w:t>
-[...9 lines deleted...]
-              <w:t>/FC26-08</w:t>
+              <w:t>etail/FC26-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B2344E6" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4211,61 +3944,59 @@
       <w:tr w:rsidR="00F30762" w:rsidRPr="00F30762" w14:paraId="278A37EB" w14:textId="77777777" w:rsidTr="00717D1E">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13D61EBE" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18662097" w14:textId="77777777" w:rsidR="00F30762" w:rsidRPr="00F30762" w:rsidRDefault="00F30762" w:rsidP="00F30762">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30762">
               <w:rPr>
@@ -5860,208 +5591,208 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00F30762">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="3B326A04" w14:textId="77777777" w:rsidR="00A413C6" w:rsidRDefault="00A413C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="38A75B9D" w14:textId="77777777" w:rsidR="00A413C6" w:rsidRDefault="00A413C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="4CEFCDE6" w14:textId="77777777" w:rsidR="00A413C6" w:rsidRDefault="00A413C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
-    <w:altName w:val="Geneva"/>
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -6090,51 +5821,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -6168,87 +5899,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="4CA30076" w14:textId="77777777" w:rsidR="00A413C6" w:rsidRDefault="00A413C6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="03D9F1DB" w14:textId="77777777" w:rsidR="00A413C6" w:rsidRDefault="00A413C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="790D2D2E" w14:textId="77777777" w:rsidR="00A413C6" w:rsidRDefault="00A413C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6272,106 +6003,106 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="6C3CD1D6">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1030" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6395,93 +6126,93 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="1BA12744">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1031" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -6522,51 +6253,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9026,68 +8757,67 @@
   <w:num w:numId="17" w16cid:durableId="654265273">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1051005014">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="809789006">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1210459291">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="141775580">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="387191019">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1182822498">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -9122,84 +8852,86 @@
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E6BDF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00313F81"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
+    <w:rsid w:val="003223CB"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="00387145"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
@@ -9344,98 +9076,100 @@
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
+    <w:rsid w:val="00A413C6"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA614D"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF28F2"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C36B16"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
@@ -9456,107 +9190,112 @@
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F30762"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F82983"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF249A"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="12F80503"/>
+    <w:rsid w:val="359F0DE9"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11926,51 +11665,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15104,71 +14843,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>227</Words>
-  <Characters>1976</Characters>
+  <Words>349</Words>
+  <Characters>1854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Hals K+ (818800A)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>6</revision>
+  <revision>9</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>