--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -352,72 +352,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="0003556F">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17ABE0E1" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0003556F" w:rsidRDefault="0003556F" w:rsidP="0003556F">
+          <w:p w14:paraId="17ABE0E1" w14:textId="34F23096" w:rsidR="0003556F" w:rsidRPr="0003556F" w:rsidRDefault="0003556F" w:rsidP="0003556F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PVK, blå räcker.</w:t>
+              <w:t xml:space="preserve">PVK, </w:t>
+            </w:r>
+            <w:r w:rsidR="000E3C0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>helst rosa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0003556F" w:rsidRPr="0003556F" w14:paraId="0D338346" w14:textId="77777777" w:rsidTr="00F43953">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A743FA6" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0003556F" w:rsidRDefault="0003556F" w:rsidP="0003556F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -895,51 +903,51 @@
           <w:p w14:paraId="2B4B2B85" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0003556F" w:rsidRDefault="0003556F" w:rsidP="0003556F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F470CF0" wp14:editId="73C84167">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F470CF0" wp14:editId="73C84167">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>17780</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>183515</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1341120" cy="1448435"/>
                       <wp:effectExtent l="19050" t="19050" r="11430" b="18415"/>
                       <wp:wrapNone/>
                       <wp:docPr id="12" name="Rektangel 12"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1341532" cy="1448435"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -966,51 +974,51 @@
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="61718DB3" id="Rektangel 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.4pt;margin-top:14.45pt;width:105.6pt;height:114.05pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8cHGoMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyHAVggRVghEL2gX&#10;aXe158FxSCR/dWwI9Nd37ARotz1V5WDGnvHzzJs3mT+etWInib6xpuD5YMiZNMKWjTkU/O1182XK&#10;mQ9gSlDWyIJfpOePi8+f5q2byZGtrSolMgIxfta6gtchuFmWeVFLDX5gnTTkrCxqCLTFQ1YitISu&#10;VTYaDr9mrcXSoRXSezpdd06+SPhVJUV4riovA1MFp9xCWjGt+7hmiznMDgiubkSfBvxDFhoaQ4/e&#10;oNYQgB2x+QNKNwKtt1UYCKszW1WNkKkGqiYffqjmpQYnUy1Ejnc3mvz/gxVPpxe3Q6KhdX7myYxV&#10;nCvU8Z/yY+dE1uVGljwHJugwH0/yh/GIM0G+fDKZTsYPkc7sft2hD9+k1SwaBUfqRiIJTlsfutBr&#10;SHzN2E2jVOqIMqwt+HiaD6lpAkgYlYJApnZlwb05cAbqQIoTAROkt6op4/UI5PGwXylkJ6CubzZD&#10;+vWZ/RYW316Dr7u45Or0oJtAolSNLvg0Xr7eViaiyySrvoI7a9Ha2/KyQ4a205l3YtPQI1vwYQdI&#10;wqJqaFjCMy2VslSi7S3Oaos//nYe46nf5OWsJaFS+d+PgJIzc9QrSxXmNGJOJJPwMairWaHV7zQf&#10;y4hALjCCcDrS+s0qdMNAEybkcpnCSJkOwta8OBHBY82RqtfzO6DrexlIBk/2KlCYfWhpF0tiuLPS&#10;b0jHSSP9zMVB+XWfou5fhsVPAAAA//8DAFBLAwQUAAYACAAAACEAnUTdONwAAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjaajBWmk4ICRDcKCCuXmvaqolTNdla/j3eCU62&#10;9Z6ev1fsFmfVkabQezaQrhJQxLVvem4NfLw/Xt2CChG5QeuZDPxQgF15flZg3viZ3+hYxVZJCIcc&#10;DXQxjrnWoe7IYVj5kVi0bz85jHJOrW4mnCXcWZ0lyY122LN86HCkh47qoTo4Ay9zZvuvFl+fq6H6&#10;HPz6Kd1snTGXF8v9HahIS/wzwwlf0KEUpr0/cBOUNZAJeDyNLSiRs3Qt1fayXG8S0GWh/xcofwEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8cHGoMwIAAGEEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCdRN043AAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64821409" wp14:editId="6D4794C7">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64821409" wp14:editId="6D4794C7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>558165</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>183515</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="388620" cy="1442085"/>
                       <wp:effectExtent l="0" t="0" r="0" b="5715"/>
                       <wp:wrapNone/>
                       <wp:docPr id="14" name="Upp 14"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="388620" cy="1442085"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1090,51 +1098,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="64821409" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 14" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:43.95pt;margin-top:14.45pt;width:30.6pt;height:113.55pt;rotation:180;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpRJcQVwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kXRcEdYqgRYYB&#10;RVsgHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BK5CP5/Jir68FodpAYlLMVn52VnEkrXK1sW/HvT5tP&#10;C85CBFuDdlZW/EUGfr36+OGq90s5d53TtURGIDYse1/xLka/LIogOmkgnDkvLT02Dg1EcrEtaoSe&#10;0I0u5mV5WfQOa49OyBDo9nZ85KuM3zRSxIemCTIyXXHqLeYT87lLZ7G6gmWL4DslpjbgH7owoCwV&#10;fYW6hQhsj+oPKKMEuuCaeCacKVzTKCHzDDTNrHw3zbYDL/MsRE7wrzSF/wcr7g9b/4hEQ+/DMpCZ&#10;phgaNAwdsTUrF2X65eGoXTZk7l5euZNDZIIuzxeLyzkxLOhpdnExLxefE7nFCJZAPYb4VTrDklHx&#10;vV8juj4Dw+EuxDH6GJUygtOq3iits4Pt7kYjOwB9ys0mNzWm/BamLeupg/kX6pkJIEk1GiKZxtcV&#10;D7blDHRLWhURc23rUgVCGju8hdCNNTLsKBCjIqlUK1PxiY6xsrYpTWadTRO80ZisOOwGCk3mztUv&#10;jziySq0FLzaKiLiDEB8BSXR0SYsUH+hotKMh3GRx1jn8+bf7FE9aoFfOehIxDfhjDyg5098sqeT8&#10;Mn06Fk8dPHV2p47dmxtH5M5yd9mkZIz6aDbozDPt2zpVpSewgmqPVE7OTRyXizZWyPU6h+09qraj&#10;FAIm1XuId3brRfKPrD8Nz4B+UkYkTd27o/hh+U4dYyxJ643VyaEdyYqb9jkt4amfo97+dVa/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAJK9hEN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW/CMAyF&#10;75P4D5GRdpkgBQZru6Zo2rQLtwFCHENj2orGqZpAy7+fOW0ny35Pz9/L1oNtxA07XztSMJtGIJAK&#10;Z2oqFex335MYhA+ajG4coYI7eljno6dMp8b19IO3bSgFh5BPtYIqhDaV0hcVWu2nrkVi7ew6qwOv&#10;XSlNp3sOt42cR9FKWl0Tf6h0i58VFpft1SrY3F8Orr98lYvifFzs/TLYsEmUeh4PH+8gAg7hzwwP&#10;fEaHnJlO7krGi0ZB/JawU8E85vnQX5MZiBMflqsIZJ7J/w3yXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBpRJcQVwIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAkr2EQ3wAAAAkBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" adj="2910" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 14" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:43.95pt;margin-top:14.45pt;width:30.6pt;height:113.55pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpRJcQVwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kXRcEdYqgRYYB&#10;RVsgHXpmZNkWoK9RSuzu14+SnTbrdhqWg0BK5CP5/Jir68FodpAYlLMVn52VnEkrXK1sW/HvT5tP&#10;C85CBFuDdlZW/EUGfr36+OGq90s5d53TtURGIDYse1/xLka/LIogOmkgnDkvLT02Dg1EcrEtaoSe&#10;0I0u5mV5WfQOa49OyBDo9nZ85KuM3zRSxIemCTIyXXHqLeYT87lLZ7G6gmWL4DslpjbgH7owoCwV&#10;fYW6hQhsj+oPKKMEuuCaeCacKVzTKCHzDDTNrHw3zbYDL/MsRE7wrzSF/wcr7g9b/4hEQ+/DMpCZ&#10;phgaNAwdsTUrF2X65eGoXTZk7l5euZNDZIIuzxeLyzkxLOhpdnExLxefE7nFCJZAPYb4VTrDklHx&#10;vV8juj4Dw+EuxDH6GJUygtOq3iits4Pt7kYjOwB9ys0mNzWm/BamLeupg/kX6pkJIEk1GiKZxtcV&#10;D7blDHRLWhURc23rUgVCGju8hdCNNTLsKBCjIqlUK1PxiY6xsrYpTWadTRO80ZisOOwGCk3mztUv&#10;jziySq0FLzaKiLiDEB8BSXR0SYsUH+hotKMh3GRx1jn8+bf7FE9aoFfOehIxDfhjDyg5098sqeT8&#10;Mn06Fk8dPHV2p47dmxtH5M5yd9mkZIz6aDbozDPt2zpVpSewgmqPVE7OTRyXizZWyPU6h+09qraj&#10;FAIm1XuId3brRfKPrD8Nz4B+UkYkTd27o/hh+U4dYyxJ643VyaEdyYqb9jkt4amfo97+dVa/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAJK9hEN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW/CMAyF&#10;75P4D5GRdpkgBQZru6Zo2rQLtwFCHENj2orGqZpAy7+fOW0ny35Pz9/L1oNtxA07XztSMJtGIJAK&#10;Z2oqFex335MYhA+ajG4coYI7eljno6dMp8b19IO3bSgFh5BPtYIqhDaV0hcVWu2nrkVi7ew6qwOv&#10;XSlNp3sOt42cR9FKWl0Tf6h0i58VFpft1SrY3F8Orr98lYvifFzs/TLYsEmUeh4PH+8gAg7hzwwP&#10;fEaHnJlO7krGi0ZB/JawU8E85vnQX5MZiBMflqsIZJ7J/w3yXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBpRJcQVwIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAkr2EQ3wAAAAkBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" adj="2910" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="4B555EA2" w14:textId="77777777" w:rsidR="0003556F" w:rsidRDefault="0003556F" w:rsidP="00E30222">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="251C56BA" w14:textId="77777777" w:rsidR="0003556F" w:rsidRDefault="0003556F" w:rsidP="0003556F">
                             <w:pPr>
@@ -1620,50 +1628,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58BB6BA0" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="002C6BE5" w:rsidRDefault="0003556F" w:rsidP="0003556F">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C6BE5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Reformatering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
@@ -1746,51 +1755,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20F2A283" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0003556F" w:rsidRDefault="0003556F" w:rsidP="0003556F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63C63F42" wp14:editId="4775AA55">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63C63F42" wp14:editId="4775AA55">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>670560</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-5715</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="0" cy="1407160"/>
                       <wp:effectExtent l="19050" t="0" r="19050" b="21590"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="0" cy="1407226"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1813,51 +1822,51 @@
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="578A402A" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="52.8pt,-.45pt" to="52.8pt,110.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYHqVuqAEAAEYDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0b+SkQxcYcXpokF2G&#10;tkC3H8DIki1AXxC1OPn3peQ07bbbMB9kkiKfyMe3uT85y44qoQm+48tFw5nyMvTGDx3/+WN/s+YM&#10;M/gebPCq42eF/H77+dNmiq1ahTHYXiVGIB7bKXZ8zDm2QqAclQNchKg8XeqQHGRy0yD6BBOhOytW&#10;TXMnppD6mIJUiBTdzZd8W/G1VjI/aY0qM9tx6i3XM9XzUE6x3UA7JIijkZc24B+6cGA8PXqF2kEG&#10;9iuZv6CckSlg0HkhgxNBayNVnYGmWTZ/TPMyQlR1FiIH45Um/H+w8vH44J8T0TBFbDE+pzLFSSdX&#10;/tQfO1Wyzley1CkzOQclRZdfmq+r1V0hUrwXxoT5mwqOFaPj1vgyB7Rw/I55Tn1LKWEf9sbaugvr&#10;2dTx2/WyoXVJIEloC5lMF/uOox84AzuQ1mROFRKDNX0pL0CYhsODTewItO/9vqHv0tlvaeXtHeA4&#10;59WrWQnOZJKjNa7j61L8Vm19QVdVUJcJ3vkq1iH050qjKB4tq9JxEVZRw0ef7I/y374CAAD//wMA&#10;UEsDBBQABgAIAAAAIQApgBPy2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcWptILW3IpkJIlYBTaTnAzY2XOMJeR7Hbhr/H5VKOTzOafVutRu/EkYbYBUa4myoQxE0wHbcI&#10;77v1ZAEiJs1Gu8CE8EMRVvX1VaVLE078RsdtakUe4VhqBJtSX0oZG0tex2noiXP2FQavU8ahlWbQ&#10;pzzunSyUmkuvO84XrO7pyVLzvT14hA+1++TNcmG5oefZi39dK944xNub8fEBRKIxXcpw1s/qUGen&#10;fTiwicJlVrN5riJMliDO+R/vEYpC3YOsK/n/g/oXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA2B6lbqgBAABGAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAKYAT8tsAAAAJAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAAoFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0814532D" wp14:editId="0EC7A617">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0814532D" wp14:editId="0EC7A617">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>208915</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>779780</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="24" name="Upp 24"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1892,91 +1901,91 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0814532D" id="Upp 24" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;margin-left:16.45pt;margin-top:61.4pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBe/zbVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwNAGl&#10;k61rnu+xUEsdBi82ivi4hRDvAUl5dEjbFL+RabWjWdzocdY5/Pm385Rf82RpbM56EjON+mMPKDnT&#10;Xy2p5eMifUMWTwM8Dbangd2ba0c0T3OD2aXHGPXRbdGZJ9q7dSpMV2AFNVdIHYPrWJaMNlfI9Tqn&#10;keI9xFv74EUCP3L+ODwB+lEXkQR1547Ch+UbbZRcEtYrmWNA+5H1Nu5yWsDTOGe9/uOsfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFQjwl7eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m&#10;/ofNNPFmF4jWgiyNMdHU3lr9AQs7BVJ2FtktBX+905Pe3sx7efNNvplsJ0YcfOtIQbyMQCBVzrRU&#10;K/j6fLtfg/BBk9GdI1Qwo4dNcXuT68y4C+1xPIRacAn5TCtoQugzKX3VoNV+6Xok9o5usDrwONTS&#10;DPrC5baTSRStpNUt8YVG9/jaYHU6nK2C9ZRu45/tOM1Pu7n8CN92d6zelbpbTC/PIAJO4S8MV3xG&#10;h4KZSncm40WnIFklnOR9kj6CuAaihxhEySJlIYtc/n+h+AUAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDBe/zbVQIAALkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBUI8Je3gAAAAoBAAAPAAAAAAAAAAAAAAAAAK8EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="0814532D" id="Upp 24" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;margin-left:16.45pt;margin-top:61.4pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBe/zbVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwNAGl&#10;k61rnu+xUEsdBi82ivi4hRDvAUl5dEjbFL+RabWjWdzocdY5/Pm385Rf82RpbM56EjON+mMPKDnT&#10;Xy2p5eMifUMWTwM8Dbangd2ba0c0T3OD2aXHGPXRbdGZJ9q7dSpMV2AFNVdIHYPrWJaMNlfI9Tqn&#10;keI9xFv74EUCP3L+ODwB+lEXkQR1547Ch+UbbZRcEtYrmWNA+5H1Nu5yWsDTOGe9/uOsfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFQjwl7eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m&#10;/ofNNPFmF4jWgiyNMdHU3lr9AQs7BVJ2FtktBX+905Pe3sx7efNNvplsJ0YcfOtIQbyMQCBVzrRU&#10;K/j6fLtfg/BBk9GdI1Qwo4dNcXuT68y4C+1xPIRacAn5TCtoQugzKX3VoNV+6Xok9o5usDrwONTS&#10;DPrC5baTSRStpNUt8YVG9/jaYHU6nK2C9ZRu45/tOM1Pu7n8CN92d6zelbpbTC/PIAJO4S8MV3xG&#10;h4KZSncm40WnIFklnOR9kj6CuAaihxhEySJlIYtc/n+h+AUAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDBe/zbVQIAALkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBUI8Je3gAAAAoBAAAPAAAAAAAAAAAAAAAAAK8EAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="78A2F072" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0066567D" w:rsidRDefault="0003556F" w:rsidP="00E32B50">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C3B7170" wp14:editId="2F7B8831">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C3B7170" wp14:editId="2F7B8831">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>836930</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>588010</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="544195"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="8255"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="544195"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2027,91 +2036,91 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="1C3B7170" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" o:spid="_x0000_s1028" type="#_x0000_t67" style="position:absolute;margin-left:65.9pt;margin-top:46.3pt;width:32.25pt;height:42.85pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSUpaqUAIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kTT+COkWQIMOA&#10;og3QDj0rshwLkESNUmN3v36U7DRpt9OwHBhSovnI50ff3HbWsL3CoMGVfHw24kw5CZV2u5L/eFp/&#10;ueIsROEqYcCpkr+qwG/nnz/dtH6mJtCAqRQyKuLCrPUlb2L0s6IIslFWhDPwytFlDWhFpBB3RYWi&#10;perWFJPR6KJoASuPIFUIdLrqL/k8169rJeNDXQcVmSk59RazxWy3yRbzGzHbofCNlkMb4h+6sEI7&#10;An0rtRJRsBfUf5SyWiIEqOOZBFtAXWup8gw0zXj0YZrHRniVZyFygn+jKfy/svJ+/+g3SDS0PswC&#10;uWmKrkab/qk/1mWyXt/IUl1kkg7PR9fTyylnkq6m5+fj62kiszg+7DHEbwosS07JK2jdAhHazJPY&#10;34XY5x/yEmAAo6u1NiYHuNsuDbK9oJe3Xo/oN0C8SzOOtSS9ySVdMylIRLURkVzrq5IHt+NMmB2p&#10;U0bM2A4SQn7zCXslQtNj5LK9JKyOpEujbcmvEvAB2bjUmcrKGiY4Epe82G07pgl4kgqlky1Urxtk&#10;CL34gpdrTbB3IsSNQFIbtU0bFB/I1AZoFhg8zhrAX387T/klT5azltRLc/58Eag4M98dyePrRWqZ&#10;xdMAT4PtaeBe7BKI4zHtqpfZpYcxmoNbI9hnWrRFQqUr4SR11jM6BMvYbxWtqlSLRU4jiXsR79yj&#10;l6l4Yi4R/tQ9C/SDLCLp6R4OShezD8Loc0lXRyaHgBYiy21Y3rRxp3HOOn5i5r8BAAD//wMAUEsD&#10;BBQABgAIAAAAIQAE+STL3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8&#10;GLcsJLiLlI0x4QeImngsdASydErasuC/d/akt/fyXt58U542O4kL+jA6UrDfJSCQOmdG6hV8vNeP&#10;BxAhajJ6coQKfjDAqbq9KXVh3EpveGliL3iEQqEVDDHOhZShG9DqsHMzEmffzlsd2fpeGq9XHreT&#10;TJMkl1aPxBcGPePrgN25WayC9uuhbjM72iX3zUZpWq9n+lTq/m57eQYRcYt/ZbjiMzpUzNS6hUwQ&#10;E/tsz+hRwTHNQVwLxzwD0bJ4OmQgq1L+f6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ANJSlqpQAgAAqgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAT5JMvcAAAACgEAAA8AAAAAAAAAAAAAAAAAqgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" adj="13472" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Ned 20" o:spid="_x0000_s1028" type="#_x0000_t67" style="position:absolute;margin-left:65.9pt;margin-top:46.3pt;width:32.25pt;height:42.85pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSUpaqUAIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kTT+COkWQIMOA&#10;og3QDj0rshwLkESNUmN3v36U7DRpt9OwHBhSovnI50ff3HbWsL3CoMGVfHw24kw5CZV2u5L/eFp/&#10;ueIsROEqYcCpkr+qwG/nnz/dtH6mJtCAqRQyKuLCrPUlb2L0s6IIslFWhDPwytFlDWhFpBB3RYWi&#10;perWFJPR6KJoASuPIFUIdLrqL/k8169rJeNDXQcVmSk59RazxWy3yRbzGzHbofCNlkMb4h+6sEI7&#10;An0rtRJRsBfUf5SyWiIEqOOZBFtAXWup8gw0zXj0YZrHRniVZyFygn+jKfy/svJ+/+g3SDS0PswC&#10;uWmKrkab/qk/1mWyXt/IUl1kkg7PR9fTyylnkq6m5+fj62kiszg+7DHEbwosS07JK2jdAhHazJPY&#10;34XY5x/yEmAAo6u1NiYHuNsuDbK9oJe3Xo/oN0C8SzOOtSS9ySVdMylIRLURkVzrq5IHt+NMmB2p&#10;U0bM2A4SQn7zCXslQtNj5LK9JKyOpEujbcmvEvAB2bjUmcrKGiY4Epe82G07pgl4kgqlky1Urxtk&#10;CL34gpdrTbB3IsSNQFIbtU0bFB/I1AZoFhg8zhrAX387T/klT5azltRLc/58Eag4M98dyePrRWqZ&#10;xdMAT4PtaeBe7BKI4zHtqpfZpYcxmoNbI9hnWrRFQqUr4SR11jM6BMvYbxWtqlSLRU4jiXsR79yj&#10;l6l4Yi4R/tQ9C/SDLCLp6R4OShezD8Loc0lXRyaHgBYiy21Y3rRxp3HOOn5i5r8BAAD//wMAUEsD&#10;BBQABgAIAAAAIQAE+STL3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8&#10;GLcsJLiLlI0x4QeImngsdASydErasuC/d/akt/fyXt58U542O4kL+jA6UrDfJSCQOmdG6hV8vNeP&#10;BxAhajJ6coQKfjDAqbq9KXVh3EpveGliL3iEQqEVDDHOhZShG9DqsHMzEmffzlsd2fpeGq9XHreT&#10;TJMkl1aPxBcGPePrgN25WayC9uuhbjM72iX3zUZpWq9n+lTq/m57eQYRcYt/ZbjiMzpUzNS6hUwQ&#10;E/tsz+hRwTHNQVwLxzwD0bJ4OmQgq1L+f6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ANJSlqpQAgAAqgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAT5JMvcAAAACgEAAA8AAAAAAAAAAAAAAAAAqgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" adj="13472" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="7F3D50EB" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0066564D" w:rsidRDefault="0003556F" w:rsidP="00E32B50">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3124839D" wp14:editId="60D9E045">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3124839D" wp14:editId="60D9E045">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-17780</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>593090</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1294130" cy="11430"/>
                       <wp:effectExtent l="19050" t="19050" r="1270" b="26670"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1275050996" name="Rak 13"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1294410" cy="11875"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2199,51 +2208,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="175139B5" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0003556F" w:rsidRDefault="0003556F" w:rsidP="0003556F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42CF631B" wp14:editId="2919CB6A">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42CF631B" wp14:editId="2919CB6A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>312420</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>610235</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="22" name="Upp 22"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2278,93 +2287,93 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="42CF631B" id="Upp 22" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:24.6pt;margin-top:48.05pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwUCcTVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwuE0BSxRIiIqlKU&#10;IJEqZ+P1spb81bFhl/76ju0l0LSnqhxGM/b4zczbN8zvO63IUYCX1pR0NBhSIgy3lTT7kn5/WX+6&#10;o8QHZiqmrBElPQlP7xcfP8xbNxNj21hVCSAIYvysdSVtQnCzovC8EZr5gXXC4GVtQbOAIeyLCliL&#10;6FoV4+FwWrQWKgeWC+/x9CFf0kXCr2vBw3NdexGIKin2FpKFZHfRFos5m+2BuUbyvg32D11oJg0W&#10;fYN6YIGRA8g/oLTkYL2tw4BbXdi6llykGXCa0fDdNNuGOZFmQXK8e6PJ/z9Y/nTcug0gDa3zM49u&#10;nKKrQROwyNbtZBh/aTbslnSJutMbdaILhOPhZDQcj5BgjleTL5Pp9DZSW2SoCOnAh6/CahKdkh7c&#10;EsC2CZcdH33I2ees+MJbJau1VCoFsN+tFJAjww+5Xqee8pPf0pQhLcpw/BlbJpyhoGrFArraVSX1&#10;Zk8JU3tUKg+QahsbKyBS7vCB+SbXSLBZHloG1KiSuqR3mY1cWZn4TCSV9RNcSIxe6HYdkVj4JgLF&#10;k52tThvI1GKH3vG1RD4emQ8bBqg8PMRtCs9oamVxFtt7lDQWfv7tPOaXNFocm5IWxYyj/jgwEJSo&#10;bwbVcjON35CE6wCug911YA56ZZHmUWowufgYgjq7NVj9inu3jIXxihmOzWVS+2AV8pLh5nKxXKY0&#10;VLxj4dFsHY/gZ85fulcGrtdFQEE92bPw2eydNnIuCutCZh/gfiS99bscF/A6TlmXf5zFLwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHpFm6nfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo0yi0JcSpEBKo9EbhA5x4m0TE6xC7qcPXsz3BbXdnNPum2EbbiwlH3zlSsFwkIJBqZzpq&#10;FHx+vNxtQPigyejeESqY0cO2vL4qdG7cmd5xOoRGcAj5XCtoQxhyKX3dotV+4QYk1o5utDrwOjbS&#10;jPrM4baXaZKspNUd8YdWD/jcYv11OFkFm/iwW/7spjiv93P1Fr7t/li/KnV7E58eQQSM4c8MF3xG&#10;h5KZKnci40WvIEvv2cn3JOUKF0OaZCAqHlbrDGRZyP8Vyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAMFAnE1UCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAekWbqd8AAAAKAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="42CF631B" id="Upp 22" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:24.6pt;margin-top:48.05pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwUCcTVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwuE0BSxRIiIqlKU&#10;IJEqZ+P1spb81bFhl/76ju0l0LSnqhxGM/b4zczbN8zvO63IUYCX1pR0NBhSIgy3lTT7kn5/WX+6&#10;o8QHZiqmrBElPQlP7xcfP8xbNxNj21hVCSAIYvysdSVtQnCzovC8EZr5gXXC4GVtQbOAIeyLCliL&#10;6FoV4+FwWrQWKgeWC+/x9CFf0kXCr2vBw3NdexGIKin2FpKFZHfRFos5m+2BuUbyvg32D11oJg0W&#10;fYN6YIGRA8g/oLTkYL2tw4BbXdi6llykGXCa0fDdNNuGOZFmQXK8e6PJ/z9Y/nTcug0gDa3zM49u&#10;nKKrQROwyNbtZBh/aTbslnSJutMbdaILhOPhZDQcj5BgjleTL5Pp9DZSW2SoCOnAh6/CahKdkh7c&#10;EsC2CZcdH33I2ees+MJbJau1VCoFsN+tFJAjww+5Xqee8pPf0pQhLcpw/BlbJpyhoGrFArraVSX1&#10;Zk8JU3tUKg+QahsbKyBS7vCB+SbXSLBZHloG1KiSuqR3mY1cWZn4TCSV9RNcSIxe6HYdkVj4JgLF&#10;k52tThvI1GKH3vG1RD4emQ8bBqg8PMRtCs9oamVxFtt7lDQWfv7tPOaXNFocm5IWxYyj/jgwEJSo&#10;bwbVcjON35CE6wCug911YA56ZZHmUWowufgYgjq7NVj9inu3jIXxihmOzWVS+2AV8pLh5nKxXKY0&#10;VLxj4dFsHY/gZ85fulcGrtdFQEE92bPw2eydNnIuCutCZh/gfiS99bscF/A6TlmXf5zFLwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHpFm6nfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo0yi0JcSpEBKo9EbhA5x4m0TE6xC7qcPXsz3BbXdnNPum2EbbiwlH3zlSsFwkIJBqZzpq&#10;FHx+vNxtQPigyejeESqY0cO2vL4qdG7cmd5xOoRGcAj5XCtoQxhyKX3dotV+4QYk1o5utDrwOjbS&#10;jPrM4baXaZKspNUd8YdWD/jcYv11OFkFm/iwW/7spjiv93P1Fr7t/li/KnV7E58eQQSM4c8MF3xG&#10;h5KZKnci40WvIEvv2cn3JOUKF0OaZCAqHlbrDGRZyP8Vyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAMFAnE1UCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAekWbqd8AAAAKAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="7DF3905B" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0066567D" w:rsidRDefault="0003556F" w:rsidP="00E32B50">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D9D7BB8" wp14:editId="7DA0365B">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D9D7BB8" wp14:editId="7DA0365B">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1015365</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>526415</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="552450"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="26" name="Upp 26"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="552450"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2399,90 +2408,90 @@
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="5D9D7BB8" id="Upp 26" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:79.95pt;margin-top:41.45pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4fJxLVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aytiuCOkXQIsOA&#10;oC2QDj0rshwLkESNUmJnXz9Kdpqs22lYDgQpUY/k82Nu73pr2F5h0OAqPrkoOVNOQq3dtuLfX5af&#10;bjgLUbhaGHCq4gcV+N3844fbzs/UFFowtUJGIC7MOl/xNkY/K4ogW2VFuACvHF02gFZECnFb1Cg6&#10;QremmJblddEB1h5BqhDo9GG45POM3zRKxqemCSoyU3HqLWaL2W6SLea3YrZF4VstxzbEP3RhhXZU&#10;9A3qQUTBdqj/gLJaIgRo4oUEW0DTaKnyDDTNpHw3zboVXuVZiJzg32gK/w9WPu7X/hmJhs6HWSA3&#10;TdE3aBkCsTUpb8r0y8NRu6zP3B3euFN9ZJIOLyfldEIMS7q6uppeXmVuiwErYXoM8asCy5JT8Z1f&#10;IEKXccV+FSK1QNnHrPQigNH1UhuTA9xu7g2yvaAvuVzmnoYnv6UZxzrqevqFWmZSkKIaIyK51tcV&#10;D27LmTBbkqqMmGs7SBWyDFLtBxHaoUaGHfRhdSSRGm0rPrIxVDYudaayzMYJTiwmL/abnmkqfJmA&#10;0skG6sMzDtxSh8HLpaayKxHis0CSHh3SOsUnMo0BmgVGj7MW8OffzlN+xZOlsTnrSM006o+dQMWZ&#10;+eZILp+v0zdk8TzA82BzHridvQeieZIbzC49xmiOboNgX2nxFqkwXQknqbmB1DG4j8OW0epKtVjk&#10;NJK8F3Hl1l4m8KMqXvpXgX7URSRBPcJR+WL2ThtDLknlROYY0IJkBY3LnDbwPM5Zp7+c+S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCcdgrV3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUi9USdRW7UhTlVRNVdEywc48RJHxOsQO2369ywnOK1GM5p9U+xn14srjqHzpCBdJiCQGm86&#10;ahV8XE7PWxAhajK694QK7hhgXz4+FDo3/kbveD3HVnAJhVwrsDEOuZShseh0WPoBib1PPzodWY6t&#10;NKO+cbnrZZYkG+l0R/zB6gFfLTZf58kpOKaxqr6ls29T6O51tTqFg0uVWjzNhxcQEef4F4ZffEaH&#10;kplqP5EJome93u04qmCb8eVAlq3WIGp2NuzIspD/J5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHh8nEtWAgAAugQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJx2CtXcAAAACgEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="5D9D7BB8" id="Upp 26" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:79.95pt;margin-top:41.45pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4fJxLVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aytiuCOkXQIsOA&#10;oC2QDj0rshwLkESNUmJnXz9Kdpqs22lYDgQpUY/k82Nu73pr2F5h0OAqPrkoOVNOQq3dtuLfX5af&#10;bjgLUbhaGHCq4gcV+N3844fbzs/UFFowtUJGIC7MOl/xNkY/K4ogW2VFuACvHF02gFZECnFb1Cg6&#10;QremmJblddEB1h5BqhDo9GG45POM3zRKxqemCSoyU3HqLWaL2W6SLea3YrZF4VstxzbEP3RhhXZU&#10;9A3qQUTBdqj/gLJaIgRo4oUEW0DTaKnyDDTNpHw3zboVXuVZiJzg32gK/w9WPu7X/hmJhs6HWSA3&#10;TdE3aBkCsTUpb8r0y8NRu6zP3B3euFN9ZJIOLyfldEIMS7q6uppeXmVuiwErYXoM8asCy5JT8Z1f&#10;IEKXccV+FSK1QNnHrPQigNH1UhuTA9xu7g2yvaAvuVzmnoYnv6UZxzrqevqFWmZSkKIaIyK51tcV&#10;D27LmTBbkqqMmGs7SBWyDFLtBxHaoUaGHfRhdSSRGm0rPrIxVDYudaayzMYJTiwmL/abnmkqfJmA&#10;0skG6sMzDtxSh8HLpaayKxHis0CSHh3SOsUnMo0BmgVGj7MW8OffzlN+xZOlsTnrSM006o+dQMWZ&#10;+eZILp+v0zdk8TzA82BzHridvQeieZIbzC49xmiOboNgX2nxFqkwXQknqbmB1DG4j8OW0epKtVjk&#10;NJK8F3Hl1l4m8KMqXvpXgX7URSRBPcJR+WL2ThtDLknlROYY0IJkBY3LnDbwPM5Zp7+c+S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCcdgrV3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUi9USdRW7UhTlVRNVdEywc48RJHxOsQO2369ywnOK1GM5p9U+xn14srjqHzpCBdJiCQGm86&#10;ahV8XE7PWxAhajK694QK7hhgXz4+FDo3/kbveD3HVnAJhVwrsDEOuZShseh0WPoBib1PPzodWY6t&#10;NKO+cbnrZZYkG+l0R/zB6gFfLTZf58kpOKaxqr6ls29T6O51tTqFg0uVWjzNhxcQEef4F4ZffEaH&#10;kplqP5EJome93u04qmCb8eVAlq3WIGp2NuzIspD/J5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHh8nEtWAgAAugQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJx2CtXcAAAACgEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="0EA19628" w14:textId="77777777" w:rsidR="0003556F" w:rsidRPr="0066567D" w:rsidRDefault="0003556F" w:rsidP="00E32B50">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06522C36" wp14:editId="1976BD81">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06522C36" wp14:editId="1976BD81">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-46355</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>514985</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1619250" cy="6350"/>
                       <wp:effectExtent l="19050" t="19050" r="19050" b="31750"/>
                       <wp:wrapNone/>
                       <wp:docPr id="28" name="Rak 28"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1619250" cy="6350"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2503,51 +2512,51 @@
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="12E256B0" id="Rak 28" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-3.65pt,40.55pt" to="123.85pt,41.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/mXLatAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5Ic1HAFyznEcHoI&#10;2gBtPmBNkRIBvsBlLPvvu6QcN2lvRXUgltzlcGd2tLk/WcOOMqL2ruPNouZMOuF77YaOv/zc3645&#10;wwSuB+Od7PhZIr/f3nzaTKGVSz9608vICMRhO4WOjymFtqpQjNICLnyQjpLKRwuJtnGo+ggToVtT&#10;Let6VU0+9iF6IRHpdDcn+bbgKyVF+q4UysRMx6m3VNZY1kNeq+0G2iFCGLW4tAH/0IUF7ejRK9QO&#10;ErDXqP+CslpEj16lhfC28kppIQsHYtPUf7D5MUKQhQuJg+EqE/4/WPHt+OCeI8kwBWwxPMfM4qSi&#10;Zcro8JVmWnhRp+xUZDtfZZOnxAQdNqvmy/IzqSsot7qjiOCqGSWjhYjpUXrLctBxo10mBS0cnzDN&#10;pW8l+dj5vTamDMY4NnX8bt3UGR3IH8pAotCGvuPoBs7ADGQ8kWKBRG90n69nIIzD4cFEdgQa/n5f&#10;03fp7ENZfnsHOM51JTXbwupE3jTadnydL7/dNi6jy+KuC4Pf4uXo4Ptz0bTKO5pckePismyN93uK&#10;3/8L218AAAD//wMAUEsDBBQABgAIAAAAIQBSn0Hy3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsMwEITvSLyDtUjcWsfhJ1UapyqROHBAgsIDuPE2jojXIXbbwNOznOA4O6OZb6vN7Adxwin2&#10;gTSoZQYCqQ22p07D+9vjYgUiJkPWDIFQwxdG2NSXF5UpbTjTK552qRNcQrE0GlxKYyllbB16E5dh&#10;RGLvECZvEsupk3YyZy73g8yz7F560xMvODNi47D92B29hufwTU1x99Rm28/uRanmIeWd0/r6at6u&#10;QSSc018YfvEZHWpm2ocj2SgGDYvihpMaVkqBYD+/LQoQez7kCmRdyf8P1D8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEA/5ly2rQBAABTAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAUp9B8t4AAAAIAQAADwAAAAAAAAAAAAAAAAAOBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0003556F">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B50C5F1" wp14:editId="64C6A4B6">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B50C5F1" wp14:editId="64C6A4B6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>763905</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>4445</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="4445" cy="1264920"/>
                       <wp:effectExtent l="19050" t="19050" r="33655" b="30480"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Rak 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="4763" cy="1265238"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -7310,65 +7319,65 @@
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00C17EC6">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1410" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25E3F636" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
+    <w:p w14:paraId="228EBE36" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EEA08ED" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
+    <w:p w14:paraId="4E8C5238" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D057335" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
+    <w:p w14:paraId="09EF992F" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7618,85 +7627,85 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="073BE786" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A"/>
+    <w:p w14:paraId="5098F8C9" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16FC37A7" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
+    <w:p w14:paraId="17EF6F11" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="59BD6CDB" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
+    <w:p w14:paraId="12F26E3E" w14:textId="77777777" w:rsidR="0055149A" w:rsidRDefault="0055149A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7775,51 +7784,51 @@
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7885,51 +7894,51 @@
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -10475,51 +10484,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1193109043">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1085347427">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="531773874">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="463157644">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1571160468">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1283683416">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -10542,92 +10551,94 @@
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="0003556F"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00051C6A"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00083819"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000E3C0D"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002C6BE5"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
@@ -10771,102 +10782,105 @@
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00932BE2"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C5CB7"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00B032A6"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B40A2B"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C17EC6"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
@@ -10889,50 +10903,51 @@
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE4F8E"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E30222"/>
     <w:rsid w:val="00E32B50"/>
+    <w:rsid w:val="00E33629"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
@@ -16806,31 +16821,31 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2658</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Esofagusperforation utan+med PO (830911)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>11</revision>
+  <revision>13</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>