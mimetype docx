--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,168 +11,150 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1F8B9148" w14:textId="77777777" w:rsidR="00986703" w:rsidRDefault="00986703" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00986703" w:rsidSect="00986703">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="7FAE736A" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="628EB64C" w14:textId="5ED1F3EE" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00DC1AD4" w:rsidP="00DC1AD4">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986703">
-        <w:t xml:space="preserve">DT </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> buk K+ (840800B)</w:t>
+        <w:t>DT Elektiv buk K+ (840800B)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BAEBC79" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79817A25" w14:textId="6E337CAC" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00DC1AD4" w:rsidP="00DC1AD4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
       <w:r w:rsidR="00986703" w:rsidRPr="00986703">
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7737D7F2" w14:textId="231FC0F0" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00467EEF" w:rsidP="00986703">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Reviderat, justerat </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C4245B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>kernel</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Siemens X-cite.</w:t>
+        <w:t>kernel Siemens X-cite.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34645E85" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="098AD4AF" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00DC1AD4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00986703">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0DF22D" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -334,118 +316,116 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE31851" w14:textId="43FAF487" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00E33BCE" w:rsidP="00986703">
+          <w:p w14:paraId="6FE31851" w14:textId="43FAF487" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00986703" w:rsidRPr="00986703">
+              <w:r w:rsidRPr="00986703">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00986703" w:rsidRPr="00986703">
+            <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7628CC91" w14:textId="3EF9271D" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
+          <w:p w14:paraId="7628CC91" w14:textId="42657B80" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00467EEF">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="00DA3D51">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst rosa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00986703" w:rsidRPr="00986703" w14:paraId="25435545" w14:textId="77777777" w:rsidTr="00E33BCE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32EA7714" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -533,85 +513,57 @@
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="430AC91B" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Omnipaque</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> ”Buk venös”.</w:t>
+              <w:t>Omnipaque 350 mg I/ml enligt OmniJect ”Buk venös”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00986703" w:rsidRPr="00986703" w14:paraId="25AC8514" w14:textId="77777777" w:rsidTr="00E33BCE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01496952" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -680,116 +632,114 @@
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="333ACF63" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7232E5F3" w14:textId="3B1B798B" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00E33BCE" w:rsidP="00986703">
+          <w:p w14:paraId="7232E5F3" w14:textId="3B1B798B" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00986703" w:rsidRPr="00986703">
+              <w:r w:rsidRPr="00986703">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00986703" w:rsidRPr="00986703" w14:paraId="5982F4CB" w14:textId="77777777" w:rsidTr="00E33BCE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="667A1606" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74ABC223" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
@@ -807,69 +757,51 @@
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C43B05F" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fötterna mot </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BD22FDC" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
@@ -1362,85 +1294,57 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5F476A51" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mamiller</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> minor.</w:t>
+              <w:t>Mamiller – trochanter minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51C67F7D" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1491,69 +1395,51 @@
           </w:tcPr>
           <w:p w14:paraId="216BC88A" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Diafragma – </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> minor.</w:t>
+              <w:t xml:space="preserve"> Diafragma – trochanter minor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EF91752" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1563,56 +1449,54 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="75007FAD" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73D514BE" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00DC1AD4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986703">
         <w:lastRenderedPageBreak/>
         <w:t>Reformatering</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
       <w:tr w:rsidR="00986703" w:rsidRPr="00986703" w14:paraId="40BD3C29" w14:textId="77777777" w:rsidTr="00986703">
         <w:trPr>
@@ -3083,61 +2967,59 @@
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56C740A0" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="350719CF" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
@@ -4061,61 +3943,59 @@
       <w:tr w:rsidR="00986703" w:rsidRPr="00986703" w14:paraId="4B93E054" w14:textId="77777777" w:rsidTr="00E33BCE">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0630B8BB" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="162B9AEE" w14:textId="77777777" w:rsidR="00986703" w:rsidRPr="00986703" w:rsidRDefault="00986703" w:rsidP="00986703">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986703">
               <w:rPr>
@@ -5707,118 +5587,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00986703">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61309275" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="421DE702" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14AA05F6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="3A72C3C0" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="51952EF3" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="42362D4B" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -5826,89 +5706,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -5937,51 +5817,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -6015,73 +5895,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50704519" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="6EAA1D72" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FC9F2C7" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="09666DF1" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="406F21BF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="106EE0CB" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -6159,51 +6039,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -6369,51 +6249,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8873,68 +8753,67 @@
   <w:num w:numId="17" w16cid:durableId="638461864">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2134710684">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1922985803">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1513446788">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1350989089">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="962810710">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1400517161">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -9155,50 +9034,51 @@
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A636A"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="0081391B"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
+    <w:rsid w:val="008A4F8C"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00986703"/>
@@ -9267,155 +9147,160 @@
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C4245B"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB51D7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE1568"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D37FDF"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D75EE1"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D94BCC"/>
     <w:rsid w:val="00DA299D"/>
+    <w:rsid w:val="00DA3D51"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC1AD4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E33BCE"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FB6AB2"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{8A805CC5-BD80-432E-891A-16583F310C98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11785,51 +11670,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13023,52 +12908,52 @@
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId23" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{4784DBD1-3CBE-41A8-A2C7-CF088F838C79}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="549" y="188875"/>
-          <a:ext cx="960920" cy="431874"/>
+          <a:off x="549" y="188857"/>
+          <a:ext cx="961002" cy="431910"/>
         </a:xfrm>
         <a:prstGeom prst="homePlate">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF">
             <a:lumMod val="85000"/>
           </a:sysClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -13094,63 +12979,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Scout</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="549" y="188875"/>
-        <a:ext cx="852952" cy="431874"/>
+        <a:off x="549" y="188857"/>
+        <a:ext cx="853025" cy="431910"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{E13D0391-DAD9-4B61-AB66-3FA48A4F7006}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="769045" y="188875"/>
-          <a:ext cx="960920" cy="431874"/>
+          <a:off x="769110" y="188857"/>
+          <a:ext cx="961002" cy="431910"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF">
             <a:lumMod val="85000"/>
           </a:sysClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -13176,63 +13061,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>IV kontrast</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="984982" y="188875"/>
-        <a:ext cx="529046" cy="431874"/>
+        <a:off x="985065" y="188857"/>
+        <a:ext cx="529092" cy="431910"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{AD4E5296-B06F-4F82-9CB5-F741BF6BFCC1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1537541" y="188875"/>
-          <a:ext cx="960920" cy="431874"/>
+          <a:off x="1537671" y="188857"/>
+          <a:ext cx="961002" cy="431910"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FF0000"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -13281,63 +13166,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>80 s</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1753478" y="188875"/>
-        <a:ext cx="529046" cy="431874"/>
+        <a:off x="1753626" y="188857"/>
+        <a:ext cx="529092" cy="431910"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{6CE68A43-9C69-4212-AF24-9AFEE7CA1715}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2306037" y="188831"/>
-          <a:ext cx="961122" cy="431962"/>
+          <a:off x="2306232" y="188812"/>
+          <a:ext cx="961204" cy="431999"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -13361,52 +13246,52 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Serie 1  2 min från start</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2522018" y="188831"/>
-        <a:ext cx="529160" cy="431962"/>
+        <a:off x="2522232" y="188812"/>
+        <a:ext cx="529205" cy="431999"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/hChevron3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="process" pri="10000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1"/>
@@ -15000,76 +14885,76 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>208</Words>
-  <Characters>1885</Characters>
+  <Words>332</Words>
+  <Characters>1760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2089</CharactersWithSpaces>
+  <CharactersWithSpaces>2088</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2228285</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-19/SURROGATE/Str%c3%a5lskydd vid unders%c3%b6kningar och behandlingar med r%c3%b6ntgenstr%c3%a5lning.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8126525</vt:i4>
       </vt:variant>
@@ -15080,31 +14965,31 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10095-1819752655-350/SURROGATE/Intraven%c3%b6s jodkontrast %e2%80%93 Rutiner inf%c3%b6r och efter unders%c3%b6kning.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Elektiv buk K+ (840800B)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>13</revision>
+  <revision>15</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>