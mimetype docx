--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -16,942 +16,952 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="17FEB29C" w14:textId="77777777" w:rsidR="00102966" w:rsidRDefault="00102966" w:rsidP="00F35B05">
+    <w:p w:rsidR="00102966" w:rsidP="00F35B05" w:rsidRDefault="00102966" w14:paraId="17FEB29C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00102966" w:rsidSect="00102966">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="5D18943F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5D18943F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A2C9C4C" w14:textId="3C74CF00" w:rsidR="005904A1" w:rsidRDefault="005904A1" w:rsidP="005904A1">
+    <w:p w:rsidR="005904A1" w:rsidP="005904A1" w:rsidRDefault="005904A1" w14:paraId="1A2C9C4C" w14:textId="3C74CF00">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00102966">
         <w:t>DT Colon med thorax (848900 &amp; 830800)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762649A4" w14:textId="681F7732" w:rsidR="004B5F3A" w:rsidRPr="00102966" w:rsidRDefault="004B5F3A" w:rsidP="005904A1">
+    <w:p w:rsidRPr="00102966" w:rsidR="004B5F3A" w:rsidP="005904A1" w:rsidRDefault="004B5F3A" w14:paraId="762649A4" w14:textId="681F7732">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00102966">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E3FCE8" w14:textId="77777777" w:rsidR="004B5F3A" w:rsidRPr="00102966" w:rsidRDefault="004B5F3A" w:rsidP="004B5F3A">
+    <w:p w:rsidRPr="00102966" w:rsidR="004B5F3A" w:rsidP="004B5F3A" w:rsidRDefault="004B5F3A" w14:paraId="35E3FCE8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00102966">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FC182B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="12FC182B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C37F6F2" w14:textId="0798496C" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="004B5F3A" w:rsidP="005904A1">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="005904A1" w:rsidRDefault="004B5F3A" w14:paraId="6C37F6F2" w14:textId="0798496C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
-      <w:r w:rsidR="00102966" w:rsidRPr="00102966">
+      <w:r w:rsidRPr="00102966" w:rsidR="00102966">
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A098D23" w14:textId="05B033FC" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="3A098D23" w14:textId="05B033FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Reviderat kernel Siemens X-cite.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488C7C26" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="488C7C26" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50839C37" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="005904A1" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="005904A1" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="50839C37" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005904A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="2139D0EA" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="2139D0EA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="640CBEB9" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="640CBEB9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikationer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57FDA9C1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="57FDA9C1" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SVF Tjock- och ändtarmscancer, när koloskopi varit ofullständig. Undersökningen utförs helst samma dag som koloskopin.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39663631" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="39663631" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rektum ska vara undersökt oavsett blödningsanamnes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="1FC251E4" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="1FC251E4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4210760D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4210760D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kontraindikationer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C8DB0C9" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0C8DB0C9" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Djup biopsi, mukosektomi eller polypektomi i samband med koloskopi senaste 3 veckorna. Ytlig biopsi är ingen kontraindikation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32C3BD40" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="32C3BD40" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aktiv eller recidiverande inflammatorisk tarmsjukdom.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A401CDD" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1A401CDD" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Akuta buksmärtor eller ileus.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28A0113E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="28A0113E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Avancerad njursvikt (GFR &lt; 30 ml/min).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="7D3B0A34" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="7D3B0A34" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="7CCC4D8C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7CCC4D8C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="44C7FD21" w14:textId="5C8C24F5" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="44C7FD21" w14:textId="5C8C24F5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00102966" w:rsidRPr="00102966">
+            <w:hyperlink w:history="1" r:id="rId17">
+              <w:r w:rsidRPr="00102966" w:rsidR="00102966">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00102966" w:rsidRPr="00102966">
+            <w:r w:rsidRPr="00102966" w:rsidR="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4746ABD6" w14:textId="60564E5F" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="51155CD0" w:rsidRDefault="00102966" w14:paraId="4746ABD6" w14:textId="7248DE59">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
-              <w:contextualSpacing/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00102966">
+              <w:contextualSpacing w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="51155CD0" w:rsidR="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00E33366">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde).</w:t>
+            <w:r w:rsidRPr="51155CD0" w:rsidR="606A2C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst rosa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="0CED275F" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="0CED275F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="5D036872" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5D036872" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="66CACB7B" w14:textId="6660455B" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="66CACB7B" w14:textId="6660455B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Endoskopimottagningen ombesörjer att patienten får peroral kontrast 2 timmar före undersökningen, enligt </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId18">
               <w:r w:rsidRPr="00102966">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PM</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="50A3F462" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="50A3F462" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="010C1A64" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="010C1A64" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="485D2E9E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="485D2E9E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bolus 1: Omnipaque 350 mg I/ml enligt OmniJect ”Thorax/buk split bolus 1”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39D23765" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="39D23765" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bolus 2: Omnipaque 350 mg I/ml enligt OmniJect ”Thorax/buk split bolus 2”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="5D5628BD" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="5D5628BD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="3CE33383" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3CE33383" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Läkemedel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="733BEF3F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="733BEF3F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1 ml Buscopan 20 mg/ml ges intravenöst för att relaxera tarmen. Om </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId19">
               <w:r w:rsidRPr="00102966">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>kontraindikation</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> föreligger anpassas istället gasens påfyllnadshastighet så att patienten inte upplever obehag.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="69C201D2" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="69C201D2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="4D65C761" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4D65C761" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-insufflation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="549EC395" w14:textId="0249CDBA" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="549EC395" w14:textId="0249CDBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Via rektalpip tillförs CO</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
@@ -961,518 +971,519 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> med hjälp av en </w:t>
             </w:r>
             <w:r w:rsidRPr="005E5F7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">insufflator. </w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mängden gas som krävs beror på patientens kroppsstorlek och reaktion. Om det är svårt att fylla på gas kan man prova att justera rektalpipen, alternativt lägga patienten på andra sidan eller på rygg med uppdragna ben. Vid högt tryck och svårigheter att fylla på gas kan man ge ytterligare 1 ml Buscopan. Insufflatorn ska vara påslagen under hela undersökningen för att upprätthålla trycket. Först när serie 2 är avslutad stängs insufflatorn av.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="3969B487" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="3969B487" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="52CCB532" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="52CCB532" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="12502C30" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="12502C30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kvinnor mellan 15-50 år ska tillfrågas om eventuell graviditet.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28BBEBEE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="28BBEBEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C56CFAB" w14:textId="1A6AEC8E" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
-[...10 lines deleted...]
-              <w:r w:rsidR="00102966" w:rsidRPr="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="4C56CFAB" w14:textId="1A6AEC8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:history="1" r:id="rId20">
+              <w:r w:rsidRPr="00102966" w:rsidR="00102966">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="34C2224C" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="51155CD0" w14:paraId="34C2224C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="273F7DFB" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="273F7DFB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49D0BEFB" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="49D0BEFB" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sidoläge, bukläge och ryggläge (enligt nedan).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="683B70E2" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="683B70E2" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B6675CD" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4B6675CD" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A2A80D2" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2A2A80D2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B9CC4B7" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="005904A1" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="005904A1" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3B9CC4B7" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005904A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="4141"/>
         <w:gridCol w:w="2947"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="733E09F2" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="733E09F2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9038" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="083384D0" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="083384D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="558FDDBB" wp14:editId="0B3A35F7">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="18" name="Diagram 18"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId21" r:lo="rId22" r:qs="rId23" r:cs="rId24"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B7ADB5B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3B7ADB5B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5334EED7" wp14:editId="30BB8B18">
                   <wp:extent cx="5583600" cy="540000"/>
                   <wp:effectExtent l="0" t="0" r="36195" b="0"/>
                   <wp:docPr id="2" name="Diagram 2"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId26" r:lo="rId27" r:qs="rId28" r:cs="rId29"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="002FAFE2" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="002FAFE2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E108B97" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2E108B97" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC7F14D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4BC7F14D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="508101D2" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="508101D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25D3DB28" wp14:editId="4B8B534A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>396875</wp:posOffset>
                       </wp:positionH>
@@ -1486,113 +1497,113 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1144270"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="03B9E4C1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00B40C75" w:rsidRDefault="00102966" w:rsidP="004C2A15">
+                                <w:p w:rsidRPr="00B40C75" w:rsidR="00102966" w:rsidP="004C2A15" w:rsidRDefault="00102966" w14:paraId="03B9E4C1" w14:textId="77777777">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00B40C75">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shapetype w14:anchorId="25D3DB28" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
+                  <w:pict w14:anchorId="76D3ADD2">
+                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="25D3DB28">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
+                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:31.25pt;margin-top:69.35pt;width:32.3pt;height:90.1pt;rotation:180;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCb06zLVgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azoiuCOkXQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdpqs22lYDgIpUo/k82Ourkdr2F5h0OBqXp2VnCknodGuq/n3582n&#10;S85CFK4RBpyq+asK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIFXjoItoBWRXOyKBsVA&#10;6NYUi7K8KAbAxiNIFQLd3k5Bvsr4batkfGjboCIzNafeYj4xn9t0FqsrsexQ+F7LuQ3xD11YoR0V&#10;fYO6FVGwHeo/oKyWCAHaeCbBFtC2Wqo8A01Tle+meeqFV3kWIif4N5rC/4OV9/sn/4hEw+DDMpCZ&#10;phhbtAyB2KrKyzL98nDULhszd69v3KkxMkmX51W5qIhhSaGqOj9ffMnkFhNYAvUY4lcFliWj5ju/&#10;RoQhA4v9XYjUA2UfstKLAEY3G21MdrDb3hhke0GfcrPJTU1Pfkszjg3UAZVPzQiSVGtEJNP6pubB&#10;dZwJ05FWZcRc20GqkHWQat+K0E81MuwkEKsjqdRoW/OZjqmycakzlXU2T3CkMVlx3I6UmswtNK+P&#10;OLFKrQUvN5rq3YkQHwWS6OiSFik+0NEaoCFgtjjrAX/+7T7lkxYoytlAIqYBf+wEKs7MN0cq+XyR&#10;Ph2Lpw6eOttTx+3sDRC5Ve4um/QYozmYLYJ9oX1bp6oUEk5S7YnK2bmJ03LRxkq1Xue0nUfd9fSE&#10;gEn1XsQ79+Rl8g+6eB5fBPpZGZE0dQ8H8YvlO3VMuSSWI6uzQzuSNTTvc1rCUz9nHf91Vr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA31JDI4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLG0HaylNpwqJC4dJGwiJW9Z4bVniVEm2dm9PdoKj7U+/v79az0azMzo/WBKQLhJgSK1V&#10;A3UCPj/eHgpgPkhSUltCARf0sK5vbypZKjvRFs+70LEYQr6UAvoQxpJz3/ZopF/YESneDtYZGeLo&#10;Oq6cnGK40TxLkhU3cqD4oZcjvvbYHncnI+BYXJSe37V7/Bm/86aZzKHdfAlxfzc3L8ACzuEPhqt+&#10;VIc6Ou3tiZRnWsAqe4pk3C+LHNgVyPIU2F7AMi2egdcV/1+h/gUAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCb06zLVgIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQA31JDI4AAAAAoBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" adj="3872" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 17" style="position:absolute;left:0;text-align:left;margin-left:31.25pt;margin-top:69.35pt;width:32.3pt;height:90.1pt;rotation:180;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="3872" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCb06zLVgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azoiuCOkXQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdpqs22lYDgIpUo/k82Ourkdr2F5h0OBqXp2VnCknodGuq/n3582n&#10;S85CFK4RBpyq+asK/Hr18cPV4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIFXjoItoBWRXOyKBsVA&#10;6NYUi7K8KAbAxiNIFQLd3k5Bvsr4batkfGjboCIzNafeYj4xn9t0FqsrsexQ+F7LuQ3xD11YoR0V&#10;fYO6FVGwHeo/oKyWCAHaeCbBFtC2Wqo8A01Tle+meeqFV3kWIif4N5rC/4OV9/sn/4hEw+DDMpCZ&#10;phhbtAyB2KrKyzL98nDULhszd69v3KkxMkmX51W5qIhhSaGqOj9ffMnkFhNYAvUY4lcFliWj5ju/&#10;RoQhA4v9XYjUA2UfstKLAEY3G21MdrDb3hhke0GfcrPJTU1Pfkszjg3UAZVPzQiSVGtEJNP6pubB&#10;dZwJ05FWZcRc20GqkHWQat+K0E81MuwkEKsjqdRoW/OZjqmycakzlXU2T3CkMVlx3I6UmswtNK+P&#10;OLFKrQUvN5rq3YkQHwWS6OiSFik+0NEaoCFgtjjrAX/+7T7lkxYoytlAIqYBf+wEKs7MN0cq+XyR&#10;Ph2Lpw6eOttTx+3sDRC5Ve4um/QYozmYLYJ9oX1bp6oUEk5S7YnK2bmJ03LRxkq1Xue0nUfd9fSE&#10;gEn1XsQ79+Rl8g+6eB5fBPpZGZE0dQ8H8YvlO3VMuSSWI6uzQzuSNTTvc1rCUz9nHf91Vr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA31JDI4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLG0HaylNpwqJC4dJGwiJW9Z4bVniVEm2dm9PdoKj7U+/v79az0azMzo/WBKQLhJgSK1V&#10;A3UCPj/eHgpgPkhSUltCARf0sK5vbypZKjvRFs+70LEYQr6UAvoQxpJz3/ZopF/YESneDtYZGeLo&#10;Oq6cnGK40TxLkhU3cqD4oZcjvvbYHncnI+BYXJSe37V7/Bm/86aZzKHdfAlxfzc3L8ACzuEPhqt+&#10;VIc6Ou3tiZRnWsAqe4pk3C+LHNgVyPIU2F7AMi2egdcV/1+h/gUAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCb06zLVgIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQA31JDI4AAAAAoBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="03B9E4C1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00B40C75" w:rsidRDefault="00102966" w:rsidP="004C2A15">
+                          <w:p w:rsidRPr="00B40C75" w:rsidR="00102966" w:rsidP="004C2A15" w:rsidRDefault="00102966" w14:paraId="649841BE" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B40C75">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
@@ -1640,149 +1651,149 @@
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-                  <w:pict>
-                    <v:rect w14:anchorId="06EFDAD9" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:16.85pt;margin-top:69.35pt;width:103.85pt;height:91.4pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGRb/ENQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L0l21S1FhBUC0Qva&#10;RWJXex4ch0TyV8eGQH99x06AdttTVQ5m7Bm/8bx5k+njSSt2lOhba0pejHLOpBG2as2+5K8vq09j&#10;znwAU4GyRpb8LD1/nH38MO3cRN7ZxqpKIiMQ4yedK3kTgptkmReN1OBH1klDztqihkBb3GcVQkfo&#10;WmV3ef6QdRYrh1ZI7+l02Tv5LOHXtRThua69DEyVnN4W0opp3cU1m01hskdwTSuGZ8A/vEJDayjp&#10;FWoJAdgB2z+gdCvQeluHkbA6s3XdCplqoGqK/F012wacTLUQOd5dafL/D1Y8Hbdug0RD5/zEkxmr&#10;ONWo4z+9j50SWecrWfIUmKDD4r4Yj79+5kyQryge8i/jRGd2u+7Qh2/SahaNkiN1I5EEx7UPlJJC&#10;LyExm7GrVqnUEWVYV/L7cZFT0wSQMGoFgUztqpJ7s+cM1J4UJwImSG9VW8XrEcjjfrdQyI5AXV+t&#10;cvrFRlO638Ji7iX4po9Lrl4Pug0kStXqko/j5cttZSK6TLIaKrixFq2drc4bZGh7nXknVi0lWYMP&#10;G0ASFlVDwxKeaamVpRLtYHHWWPzxt/MYT/0mL2cdCZXK/34AlJyZg15YqrCgEXMimYSPQV3MGq1+&#10;o/mYRwRygRGE05M2bBahHwaaMCHn8xRGynQQ1mbrRASPNUeqXk5vgG7oZSAZPNmLQGHyrqV9LFF+&#10;Y2XYkI5TJ4aZi4Py6z5F3b4Ms58AAAD//wMAUEsDBBQABgAIAAAAIQDMbTXD3gAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqPMHLSFOhZAA0RuBqlc3XpIo8TqK3Sa8PcsJ&#10;brs7o9lviu1iB3HGyXeOFMSrCARS7UxHjYLPj+ebDQgfNBk9OEIF3+hhW15eFDo3bqZ3PFehERxC&#10;PtcK2hDGXEpft2i1X7kRibUvN1kdeJ0aaSY9c7gdZBJFd9LqjvhDq0d8arHuq5NV8DYnQ3do9O61&#10;6qt977KXeH1vlbq+Wh4fQARcwp8ZfvEZHUpmOroTGS8GBWm6Ziff0w0PbEiyOANxZCWJb0GWhfxf&#10;ofwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxkW/xDUCAABhBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzG01w94AAAAKAQAADwAAAAAAAAAA&#10;AAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="1D5F103C">
+                    <v:rect id="Rektangel 3" style="position:absolute;margin-left:16.85pt;margin-top:69.35pt;width:103.85pt;height:91.4pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="06EFDAD9" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGRb/ENQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L0l21S1FhBUC0Qva&#10;RWJXex4ch0TyV8eGQH99x06AdttTVQ5m7Bm/8bx5k+njSSt2lOhba0pejHLOpBG2as2+5K8vq09j&#10;znwAU4GyRpb8LD1/nH38MO3cRN7ZxqpKIiMQ4yedK3kTgptkmReN1OBH1klDztqihkBb3GcVQkfo&#10;WmV3ef6QdRYrh1ZI7+l02Tv5LOHXtRThua69DEyVnN4W0opp3cU1m01hskdwTSuGZ8A/vEJDayjp&#10;FWoJAdgB2z+gdCvQeluHkbA6s3XdCplqoGqK/F012wacTLUQOd5dafL/D1Y8Hbdug0RD5/zEkxmr&#10;ONWo4z+9j50SWecrWfIUmKDD4r4Yj79+5kyQryge8i/jRGd2u+7Qh2/SahaNkiN1I5EEx7UPlJJC&#10;LyExm7GrVqnUEWVYV/L7cZFT0wSQMGoFgUztqpJ7s+cM1J4UJwImSG9VW8XrEcjjfrdQyI5AXV+t&#10;cvrFRlO638Ji7iX4po9Lrl4Pug0kStXqko/j5cttZSK6TLIaKrixFq2drc4bZGh7nXknVi0lWYMP&#10;G0ASFlVDwxKeaamVpRLtYHHWWPzxt/MYT/0mL2cdCZXK/34AlJyZg15YqrCgEXMimYSPQV3MGq1+&#10;o/mYRwRygRGE05M2bBahHwaaMCHn8xRGynQQ1mbrRASPNUeqXk5vgG7oZSAZPNmLQGHyrqV9LFF+&#10;Y2XYkI5TJ4aZi4Py6z5F3b4Ms58AAAD//wMAUEsDBBQABgAIAAAAIQDMbTXD3gAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqPMHLSFOhZAA0RuBqlc3XpIo8TqK3Sa8PcsJ&#10;brs7o9lviu1iB3HGyXeOFMSrCARS7UxHjYLPj+ebDQgfNBk9OEIF3+hhW15eFDo3bqZ3PFehERxC&#10;PtcK2hDGXEpft2i1X7kRibUvN1kdeJ0aaSY9c7gdZBJFd9LqjvhDq0d8arHuq5NV8DYnQ3do9O61&#10;6qt977KXeH1vlbq+Wh4fQARcwp8ZfvEZHUpmOroTGS8GBWm6Ziff0w0PbEiyOANxZCWJb0GWhfxf&#10;ofwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxkW/xDUCAABhBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzG01w94AAAAKAQAADwAAAAAAAAAA&#10;AAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C11821D" wp14:editId="76B9755D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>941705</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>114935</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="2023745"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="7" name="Upp 7"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="2023745"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="6A279BED" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="0066567D" w:rsidRDefault="00102966" w:rsidP="00B40C75">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00102966" w:rsidP="00B40C75" w:rsidRDefault="00102966" w14:paraId="6A279BED" w14:textId="77777777">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>2</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="6C11821D" id="Upp 7" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:74.15pt;margin-top:9.05pt;width:32.3pt;height:159.35pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2HcIJWgIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nXVsEdYogQYYB&#10;RVsgLXpWZNkWoK9RSuzu14+SnDbrdhqWg0BK5CP5/Jib21ErchDgpTU1rc5KSoThtpGmq+nz0+bL&#10;NSU+MNMwZY2o6avw9Hbx+dPN4OZiZnurGgEEQYyfD66mfQhuXhSe90Izf2adMPjYWtAsoAtd0QAb&#10;EF2rYlaWl8VgoXFgufAeb9f5kS4SftsKHh7a1otAVE2xt5BOSOcunsXihs07YK6XfGqD/UMXmkmD&#10;Rd+g1iwwsgf5B5SWHKy3bTjjVhe2bSUXaQacpio/TLPtmRNpFiTHuzea/P+D5feHrXsEpGFwfu7R&#10;jFOMLWgCFtmqyusy/tJw2C4ZE3evb9yJMRCOlxdVOauQYY5Ps3J2fnXxNZJbZLAI6sCHb8JqEo2a&#10;7t0SwA4JmB3ufMjRx6iY4a2SzUYqlRzodisF5MDwU65yUznltzBlyIBtz66wZ8IZSqpVLKCpXVNT&#10;bzpKmOpQqzxAqm1srIBIucM1832ukWCzQLQMqFIldU0nOnJlZWKaSDqbJninMVph3I1EYuEqAsWb&#10;nW1eHyGTix16xzcS+bhjPjwyQO3hJe5TeMCjVRZnsZNFSW/h59/uYzxKAl8pGVDLOOePPQNBifpu&#10;UCznl/ELknDqwKmzO3XMXq8sclyl7pKJyRDU0WzB6hdcu2Wsik/McKydGZ2cVcg7hovLxXKZwvYO&#10;ZNdjCgKj+B0Ld2brePSP5D+NLwzcJJCA0rq3xx1g8w8iybGosHdWJwdXJQlvWuu4i6d+inr/81n8&#10;AgAA//8DAFBLAwQUAAYACAAAACEAWS5u5uAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07D&#10;MBBF90j8gzVI7KjzQFWaxqlQECxYIFpAVXdOPCQRsR3ZTpP+PcMKdnM1V2fOFLtFD+yMzvfWCIhX&#10;ETA0jVW9aQV8vD/dZcB8kEbJwRoUcEEPu/L6qpC5srPZ4/kQWkYQ43MpoAthzDn3TYda+pUd0dDu&#10;yzotA0XXcuXkTHA98CSK1lzL3tCFTo5Yddh8HyYtIJ2r/vXts3l8Pp7cSx0u03FToRC3N8vDFljA&#10;JfyV4Vef1KEkp9pORnk2UL7PUqrSkMXAqJDEyQZYTfR0nQEvC/7/hfIHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAdh3CCVoCAADEBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAWS5u5uAAAAAKAQAADwAAAAAAAAAAAAAAAAC0BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMEFAAAAAA==&#10;" adj="2189" fillcolor="#c00000" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="0CF8CB81">
+                    <v:shape id="Upp 7" style="position:absolute;left:0;text-align:left;margin-left:74.15pt;margin-top:9.05pt;width:32.3pt;height:159.35pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="#c00000" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="2189" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2HcIJWgIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X22nXVsEdYogQYYB&#10;RVsgLXpWZNkWoK9RSuzu14+SnDbrdhqWg0BK5CP5/Jib21ErchDgpTU1rc5KSoThtpGmq+nz0+bL&#10;NSU+MNMwZY2o6avw9Hbx+dPN4OZiZnurGgEEQYyfD66mfQhuXhSe90Izf2adMPjYWtAsoAtd0QAb&#10;EF2rYlaWl8VgoXFgufAeb9f5kS4SftsKHh7a1otAVE2xt5BOSOcunsXihs07YK6XfGqD/UMXmkmD&#10;Rd+g1iwwsgf5B5SWHKy3bTjjVhe2bSUXaQacpio/TLPtmRNpFiTHuzea/P+D5feHrXsEpGFwfu7R&#10;jFOMLWgCFtmqyusy/tJw2C4ZE3evb9yJMRCOlxdVOauQYY5Ps3J2fnXxNZJbZLAI6sCHb8JqEo2a&#10;7t0SwA4JmB3ufMjRx6iY4a2SzUYqlRzodisF5MDwU65yUznltzBlyIBtz66wZ8IZSqpVLKCpXVNT&#10;bzpKmOpQqzxAqm1srIBIucM1832ukWCzQLQMqFIldU0nOnJlZWKaSDqbJninMVph3I1EYuEqAsWb&#10;nW1eHyGTix16xzcS+bhjPjwyQO3hJe5TeMCjVRZnsZNFSW/h59/uYzxKAl8pGVDLOOePPQNBifpu&#10;UCznl/ELknDqwKmzO3XMXq8sclyl7pKJyRDU0WzB6hdcu2Wsik/McKydGZ2cVcg7hovLxXKZwvYO&#10;ZNdjCgKj+B0Ld2brePSP5D+NLwzcJJCA0rq3xx1g8w8iybGosHdWJwdXJQlvWuu4i6d+inr/81n8&#10;AgAA//8DAFBLAwQUAAYACAAAACEAWS5u5uAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07D&#10;MBBF90j8gzVI7KjzQFWaxqlQECxYIFpAVXdOPCQRsR3ZTpP+PcMKdnM1V2fOFLtFD+yMzvfWCIhX&#10;ETA0jVW9aQV8vD/dZcB8kEbJwRoUcEEPu/L6qpC5srPZ4/kQWkYQ43MpoAthzDn3TYda+pUd0dDu&#10;yzotA0XXcuXkTHA98CSK1lzL3tCFTo5Yddh8HyYtIJ2r/vXts3l8Pp7cSx0u03FToRC3N8vDFljA&#10;JfyV4Vef1KEkp9pORnk2UL7PUqrSkMXAqJDEyQZYTfR0nQEvC/7/hfIHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAdh3CCVoCAADEBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAWS5u5uAAAAAKAQAADwAAAAAAAAAAAAAAAAC0BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMEFAAAAAA==&#10;" w14:anchorId="6C11821D">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="6A279BED" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="0066567D" w:rsidRDefault="00102966" w:rsidP="00B40C75">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00102966" w:rsidP="00B40C75" w:rsidRDefault="00102966" w14:paraId="18F999B5" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
@@ -1828,8107 +1839,8132 @@
                                   <a:srgbClr val="C00000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-                  <w:pict>
-                    <v:rect w14:anchorId="3EAF3220" id="Rektangel 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:16.8pt;margin-top:8.65pt;width:103.85pt;height:160.2pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbQEFVMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwmwW1FEWCEQvaBd&#10;pN3VngfHIZH81bEh0F/fsRNgu+2pKgcz9ozfeN68yezhpBU7SvSNNQUfDnLOpBG2bMy+4K8v6y8T&#10;znwAU4KyRhb8LD1/mH/+NGvdVI5sbVUpkRGI8dPWFbwOwU2zzItaavAD66QhZ2VRQ6At7rMSoSV0&#10;rbJRnn/NWoulQyuk93S66px8nvCrSorwVFVeBqYKTm8LacW07uKazWcw3SO4uhH9M+AfXqGhMZT0&#10;CrWCAOyAzR9QuhFova3CQFid2apqhEw1UDXD/EM1zzU4mWohcry70uT/H6x4PD67LRINrfNTT2as&#10;4lShjv/0PnZKZJ2vZMlTYIIOh+PhZPLtnjNBvlE+vru/S3Rmt+sOffgurWbRKDhSNxJJcNz4QCkp&#10;9BISsxm7bpRKHVGGtQUfT4Y5NU0ACaNSEMjUriy4N3vOQO1JcSJggvRWNWW8HoE87ndLhewI1PVl&#10;Hn+x0ZTut7CYewW+7uKSq9ODbgKJUjW64JP3t5WJ6DLJqq/gxlq0drY8b5Gh7XTmnVg3lGQDPmwB&#10;SVhUDQ1LeKKlUpZKtL3FWW3x59/OYzz1m7yctSRUKv/HAVByZg56aanCIY2YE8kkfAzqYlZo9RvN&#10;xyIikAuMIJyOtH6zDN0w0IQJuVikMFKmg7Axz05E8FhzpOrl9Abo+l4GksGjvQgUph9a2sUS5TdW&#10;+g3pOHWin7k4KO/3Ker2ZZj/AgAA//8DAFBLAwQUAAYACAAAACEA9fg1MN4AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyP0UrDQBBF34X+wzIF39pNE2kkZlOCRhCEimk/YJsdk2B2NmS3bfx7p0/6&#10;NjP3cufcfDfbQVxw8r0jBZt1BAKpcaanVsHx8Lp6BOGDJqMHR6jgBz3sisVdrjPjrvSJlzq0gkPI&#10;Z1pBF8KYSembDq32azcisfblJqsDr1MrzaSvHG4HGUfRVlrdE3/o9IjPHTbf9dkqOFShqcrj/BJX&#10;7/ItYLmXHzUqdb+cyycQAefwZ4YbPqNDwUwndybjxaAgSbbs5HuagGA9ftjwcLoJaQqyyOX/BsUv&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFtAQVUzAgAAYQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPX4NTDeAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" filled="f" strokecolor="#c00000" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="335AC4BA">
+                    <v:rect id="Rektangel 4" style="position:absolute;margin-left:16.8pt;margin-top:8.65pt;width:103.85pt;height:160.2pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#c00000" strokeweight="3pt" w14:anchorId="3EAF3220" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbQEFVMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwmwW1FEWCEQvaBd&#10;pN3VngfHIZH81bEh0F/fsRNgu+2pKgcz9ozfeN68yezhpBU7SvSNNQUfDnLOpBG2bMy+4K8v6y8T&#10;znwAU4KyRhb8LD1/mH/+NGvdVI5sbVUpkRGI8dPWFbwOwU2zzItaavAD66QhZ2VRQ6At7rMSoSV0&#10;rbJRnn/NWoulQyuk93S66px8nvCrSorwVFVeBqYKTm8LacW07uKazWcw3SO4uhH9M+AfXqGhMZT0&#10;CrWCAOyAzR9QuhFova3CQFid2apqhEw1UDXD/EM1zzU4mWohcry70uT/H6x4PD67LRINrfNTT2as&#10;4lShjv/0PnZKZJ2vZMlTYIIOh+PhZPLtnjNBvlE+vru/S3Rmt+sOffgurWbRKDhSNxJJcNz4QCkp&#10;9BISsxm7bpRKHVGGtQUfT4Y5NU0ACaNSEMjUriy4N3vOQO1JcSJggvRWNWW8HoE87ndLhewI1PVl&#10;Hn+x0ZTut7CYewW+7uKSq9ODbgKJUjW64JP3t5WJ6DLJqq/gxlq0drY8b5Gh7XTmnVg3lGQDPmwB&#10;SVhUDQ1LeKKlUpZKtL3FWW3x59/OYzz1m7yctSRUKv/HAVByZg56aanCIY2YE8kkfAzqYlZo9RvN&#10;xyIikAuMIJyOtH6zDN0w0IQJuVikMFKmg7Axz05E8FhzpOrl9Abo+l4GksGjvQgUph9a2sUS5TdW&#10;+g3pOHWin7k4KO/3Ker2ZZj/AgAA//8DAFBLAwQUAAYACAAAACEA9fg1MN4AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyP0UrDQBBF34X+wzIF39pNE2kkZlOCRhCEimk/YJsdk2B2NmS3bfx7p0/6&#10;NjP3cufcfDfbQVxw8r0jBZt1BAKpcaanVsHx8Lp6BOGDJqMHR6jgBz3sisVdrjPjrvSJlzq0gkPI&#10;Z1pBF8KYSembDq32azcisfblJqsDr1MrzaSvHG4HGUfRVlrdE3/o9IjPHTbf9dkqOFShqcrj/BJX&#10;7/ItYLmXHzUqdb+cyycQAefwZ4YbPqNDwUwndybjxaAgSbbs5HuagGA9ftjwcLoJaQqyyOX/BsUv&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFtAQVUzAgAAYQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPX4NTDeAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51A63B91" wp14:editId="71481771">
                   <wp:extent cx="1352373" cy="2228850"/>
                   <wp:effectExtent l="0" t="0" r="635" b="0"/>
                   <wp:docPr id="11" name="Bildobjekt 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2128520294" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId31"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1352373" cy="2228850"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="00595AA2" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="00595AA2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="407B155E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="407B155E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout bukläge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEF8DB1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4CEF8DB1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mamiller – trochanter minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D1B9FA9" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1D1B9FA9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kontrollera att hela colon är gasfylld innan serien körs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47C8E080" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="47C8E080" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="4E9908AD" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="4E9908AD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF69AF1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7EF69AF1" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K- bukläge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="55A30231" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="55A30231" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hela colon.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6997F694" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6997F694" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="05DB715F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="05DB715F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="4A0EBCA2" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="4A0EBCA2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEEB368" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5FEEB368" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout ryggläge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="63657F76" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="63657F76" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jugulum – trochanter minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47D7B42C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="47D7B42C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kontrollera att hela colon är gasfylld innan serien körs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3927E1D0" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3927E1D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="46097290" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="46097290" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3267650D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3267650D" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax/buk K+ ryggläge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="439C612A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="439C612A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jugulum – trochanter minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61485FFF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="61485FFF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3097AE60" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3097AE60" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="6853C83B" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="6853C83B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6091" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="737CE868" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
-[...10 lines deleted...]
-          <w:p w14:paraId="19ECE5C7" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="737CE868" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="19ECE5C7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Efter scanning segmenteras serie 2 i thorax och buk och reformateras som vanligt. Thorax läggs på ett kort och alla bukserier på ett annat.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3037D0D8" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3037D0D8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7135707F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7135707F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A29BC03" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="005904A1" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="005904A1" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2A29BC03" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005904A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="27C21EA6" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="27C21EA6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1E8CF1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1E1E8CF1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1511C8D4" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1511C8D4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6652273C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6652273C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78B807CE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="78B807CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00102966">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47104FF7" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="47104FF7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D88062" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="57D88062" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="3B2E95E1" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="3B2E95E1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D1E811F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5D1E811F" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="764C72A7" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="764C72A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD75C30" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6DD75C30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F89073" w14:textId="2E8A08F5" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="79F89073" w14:textId="2E8A08F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="005404BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FCA8516" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4FCA8516" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C-250 W1400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="276079D5" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="276079D5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="7F8A204A" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="7F8A204A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0538A6BE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0538A6BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69617DDE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="69617DDE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C26AC5A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5C26AC5A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52AED874" w14:textId="35A823FD" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="52AED874" w14:textId="35A823FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="005404BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18B2B93A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="18B2B93A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C-250 W1400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B78ACCE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1B78ACCE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="58CD84B2" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="58CD84B2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7105C5B2" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7105C5B2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="057E1F99" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="057E1F99" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="528EF3A4" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="528EF3A4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5125CA38" w14:textId="7F94B180" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5125CA38" w14:textId="7F94B180">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="005404BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31CBB8E9" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="31CBB8E9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-250 W1400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F819211" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6F819211" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="1656C8AB" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="1656C8AB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F687781" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5F687781" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45BD7DB5" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="45BD7DB5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="118C6D89" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="118C6D89" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5352E002" w14:textId="55B02488" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5352E002" w14:textId="55B02488">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="005404BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D689241" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2D689241" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-250 W1400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FBFA62D" w14:textId="382A9EF0" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00FE65F0" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00FE65F0" w14:paraId="1FBFA62D" w14:textId="382A9EF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00102966" w:rsidRPr="00102966">
+            <w:r w:rsidRPr="00102966" w:rsidR="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="48981BCA" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="48981BCA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5D0411" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1A5D0411" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax/buk K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D71BFA3" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7D71BFA3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD1CAA7" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0FD1CAA7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5814A6" w14:textId="595FF42F" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7E5814A6" w14:textId="595FF42F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="005404BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="141D160D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="141D160D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE39A02" w14:textId="0512F9B5" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00FE65F0" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00FE65F0" w14:paraId="3AE39A02" w14:textId="0512F9B5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00102966" w:rsidRPr="00102966">
+            <w:r w:rsidRPr="00102966" w:rsidR="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="5B20FBFE" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="5B20FBFE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6EDECA" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0E6EDECA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Mediastinum K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E65AD05" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4E65AD05" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DAB7727" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2DAB7727" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2606E0F2" w14:textId="7EE7F2B2" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2606E0F2" w14:textId="7EE7F2B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="005404BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70F06C38" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="70F06C38" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C50 W4</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5274850C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5274850C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="08586CAC" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="08586CAC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B7028ED" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1B7028ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Lungor K</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38DEC3EC" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="38DEC3EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="550EF493" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="550EF493" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39C97BF3" w14:textId="23A3DCF7" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00290574" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00290574" w14:paraId="39C97BF3" w14:textId="23A3DCF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Bl</w:t>
             </w:r>
             <w:r w:rsidR="0006470C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
-            <w:r w:rsidR="00102966" w:rsidRPr="00102966">
+            <w:r w:rsidRPr="00102966" w:rsidR="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/Lung/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01A4FD3C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="01A4FD3C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3193A61D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3193A61D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="15567A88" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="15567A88" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="434DC210" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="434DC210" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191AAB28" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="191AAB28" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F24D654" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2F24D654" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="333F2238" w14:textId="38393707" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="333F2238" w14:textId="38393707">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00290574">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18107FAF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="18107FAF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BFF1F09" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4BFF1F09" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="072CA571" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="072CA571" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31A77A37" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="31A77A37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01085C69" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="01085C69" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38CDE61C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="38CDE61C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E01A254" w14:textId="4AB45A9F" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4E01A254" w14:textId="4AB45A9F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00290574">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l64</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FBD53DF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2FBD53DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D47664F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0D47664F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001560BC" w:rsidRPr="00102966" w14:paraId="1B4DE1F0" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="001560BC" w:rsidTr="001327DE" w14:paraId="1B4DE1F0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5617B7" w14:textId="77777777" w:rsidR="001560BC" w:rsidRPr="00102966" w:rsidRDefault="001560BC" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="001560BC" w:rsidP="00102966" w:rsidRDefault="001560BC" w14:paraId="6B5617B7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60D8C270" w14:textId="3172335F" w:rsidR="001560BC" w:rsidRPr="00102966" w:rsidRDefault="006F73CA" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="001560BC" w:rsidP="00102966" w:rsidRDefault="006F73CA" w14:paraId="60D8C270" w14:textId="3172335F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76A81F5F" w14:textId="035BC9AB" w:rsidR="001560BC" w:rsidRPr="00102966" w:rsidRDefault="006F73CA" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="001560BC" w:rsidP="00102966" w:rsidRDefault="006F73CA" w14:paraId="76A81F5F" w14:textId="035BC9AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC873CD" w14:textId="3D85D06A" w:rsidR="001560BC" w:rsidRPr="00102966" w:rsidRDefault="006F73CA" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="001560BC" w:rsidP="00102966" w:rsidRDefault="006F73CA" w14:paraId="2AC873CD" w14:textId="3D85D06A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bl64</w:t>
             </w:r>
-            <w:r w:rsidR="00290574" w:rsidRPr="00102966">
+            <w:r w:rsidRPr="00102966" w:rsidR="00290574">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Standard/FC52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="670F55B7" w14:textId="3659A1BE" w:rsidR="001560BC" w:rsidRPr="00102966" w:rsidRDefault="00290574" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="001560BC" w:rsidP="00102966" w:rsidRDefault="00290574" w14:paraId="670F55B7" w14:textId="3659A1BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C-400 W1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="525829F1" w14:textId="616F7D96" w:rsidR="001560BC" w:rsidRPr="00102966" w:rsidRDefault="00290574" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="001560BC" w:rsidP="00102966" w:rsidRDefault="00290574" w14:paraId="525829F1" w14:textId="616F7D96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="64E51B7C" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="64E51B7C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56D39121" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="56D39121" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings 3" w:char="F039"/>
+                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Buk</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7377DB" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0D7377DB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21C9D05F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="21C9D05F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="564B8EBF" w14:textId="1A78F7D7" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="564B8EBF" w14:textId="1A78F7D7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00400B6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BB0251B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2BB0251B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="dashed" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8C4FFB" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1F8C4FFB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="6FD37A47" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="6FD37A47" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="445C52F1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="445C52F1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E6BACC" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="24E6BACC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4298F661" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4298F661" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0130D204" w14:textId="27285AC2" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0130D204" w14:textId="27285AC2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00400B6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48F590B6" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="48F590B6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBD64DF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0FBD64DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="1947EA7A" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="1947EA7A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F06E9A2" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1F06E9A2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="673DBECC" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="673DBECC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46CD74DF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="46CD74DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="530963E8" w14:textId="6BD200F0" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="530963E8" w14:textId="6BD200F0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00400B6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4A8D68" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2A4A8D68" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="091F8542" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="091F8542" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00646DB3" w:rsidRPr="00102966" w14:paraId="5545A7E5" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00646DB3" w:rsidTr="001327DE" w14:paraId="5545A7E5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1282301C" w14:textId="77777777" w:rsidR="00646DB3" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00646DB3" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="1282301C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="277C70A0" w14:textId="733D71B5" w:rsidR="00646DB3" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00646DB3" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="277C70A0" w14:textId="733D71B5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF9646B" w14:textId="3B4565EF" w:rsidR="00646DB3" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00646DB3" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="6BF9646B" w14:textId="3B4565EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="598E42D9" w14:textId="15C63CF0" w:rsidR="00646DB3" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00646DB3" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="598E42D9" w14:textId="15C63CF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r40</w:t>
             </w:r>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41A760EA" w14:textId="67A8815A" w:rsidR="00646DB3" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00646DB3" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="41A760EA" w14:textId="67A8815A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C50 W450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3DC1EE" w14:textId="77D49065" w:rsidR="00646DB3" w:rsidRPr="00102966" w:rsidRDefault="00646DB3" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00646DB3" w:rsidP="00102966" w:rsidRDefault="00646DB3" w14:paraId="4D3DC1EE" w14:textId="77D49065">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="563947D8" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="563947D8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76FB1851" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="76FB1851" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scouter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19E0DF01" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="19E0DF01" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62D7DB57" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="62D7DB57" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E06785E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0E06785E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="294466DF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="294466DF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="402B3FBF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="402B3FBF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="4D13C073" w14:textId="77777777" w:rsidTr="001327DE">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="001327DE" w14:paraId="4D13C073" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8611EB" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6E8611EB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="286A4627" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="286A4627" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="101221A9" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="101221A9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22A1FB8E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="22A1FB8E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3C420A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3B3C420A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11BE501A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="11BE501A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="09CACECD" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="09CACECD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09A647E2" w14:textId="21473D4E" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="09A647E2" w14:textId="21473D4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00102966">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B20553C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="005904A1" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="005904A1" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4B20553C" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005904A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hängning </w:t>
       </w:r>
       <w:r w:rsidRPr="005904A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="14B39759" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="14B39759" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3272B81D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3272B81D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="760DF7CA" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="760DF7CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="10E7F69F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="10E7F69F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2DECFD84" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2DECFD84" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="77C67CED" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="77C67CED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="7D203676" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="7D203676" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48C1DF90" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="48C1DF90" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thorax K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50AA73EC" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="50AA73EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mediastinum K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="362E120E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="362E120E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20777D74" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="20777D74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="231480DE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="231480DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="64A08130" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="64A08130" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8905A5" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7C8905A5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FAA8AC5" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2FAA8AC5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9A7CE9" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3C9A7CE9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DB6CC37" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0DB6CC37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="38C51E17" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="38C51E17" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="32CA7080" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="32CA7080" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D65277" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="57D65277" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="542673F9" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="542673F9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="623C0201" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="623C0201" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3325C571" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3325C571" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4B145B2A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4B145B2A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="66FA2F4D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="66FA2F4D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="26F57D08" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="26F57D08" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="19B823B3" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="19B823B3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4ABB1D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1B4ABB1D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF90E7F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1CF90E7F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="19ADD224" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="19ADD224" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6364CD" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3C6364CD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1EEF61" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4C1EEF61" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="59D22D16" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="59D22D16" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F187E74" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6F187E74" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="100E693B" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="100E693B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="483E51BC" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="483E51BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="19D26C9F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="19D26C9F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="389DC2A4" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="389DC2A4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1740CDDF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1740CDDF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2691A5" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2C2691A5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAE322B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5EAE322B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC7838C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5BC7838C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="2C3CE8AC" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="2C3CE8AC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E7A7F8" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="13E7A7F8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39239D07" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="39239D07" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="264BD768" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="264BD768" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="46937DA8" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="46937DA8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23487DCF" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="23487DCF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0F37A1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2F0F37A1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="75D5F5A0" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="75D5F5A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="2B0C61CF" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="2B0C61CF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37B6D78A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="37B6D78A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7C77A6CA" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7C77A6CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="15469589" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="15469589" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE36FE0" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4FE36FE0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6347CCAC" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6347CCAC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5483DCB1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5483DCB1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61B655F4" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="61B655F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="5F5C8488" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="5F5C8488" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="151118D2" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="151118D2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF1E2DE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4BF1E2DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1999296E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1999296E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="23D71F14" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="23D71F14" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED00C00" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0ED00C00" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5E690549" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5E690549" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7DFC9E94" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7DFC9E94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="2DA3D60A" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="2DA3D60A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B553D7A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7B553D7A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="10247CFD" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="10247CFD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="62DBBF90" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="62DBBF90" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2350E65C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2350E65C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="71A2123D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="71A2123D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="71A29E8D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="71A29E8D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="06A972C0" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="06A972C0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="08A563B8" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="08A563B8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01571082" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="01571082" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0420FAA9" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0420FAA9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="003CD80D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="003CD80D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3939219B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3939219B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5FCAF853" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5FCAF853" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BEF3BF8" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4BEF3BF8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="0427227A" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="0427227A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33DC86CA" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="33DC86CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2BCA3A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2E2BCA3A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="60F9DA8D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="60F9DA8D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6C423800" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6C423800" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="436B3D9A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="436B3D9A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="4FB9B31C" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="4FB9B31C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C625A84" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6C625A84" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K-/K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14375CA3" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="14375CA3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AE9953C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2AE9953C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E0EE53A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5E0EE53A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C7CD861" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7C7CD861" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5C85FA2C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5C85FA2C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ADB4A6B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1ADB4A6B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69C2BBF1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="69C2BBF1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB0FAEB" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6EB0FAEB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1696F891" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1696F891" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="38CA9B6F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="38CA9B6F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="006CD4BD" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="006CD4BD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22192572" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="22192572" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="39BE4BF3" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="39BE4BF3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="54747255" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="54747255" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1253048B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1253048B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="15E1FDEC" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="15E1FDEC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="19D70DC5" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="19D70DC5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6A37F988" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6A37F988" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="6BDBC824" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="6BDBC824" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2A1393" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6A2A1393" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6B3DE217" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6B3DE217" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4017830B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4017830B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="610B0C0B" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="610B0C0B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7FD9F409" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7FD9F409" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6773E8A4" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6773E8A4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="64B0C0A8" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="64B0C0A8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="70D60189" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="70D60189" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="699A087C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="699A087C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="55445D2E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="55445D2E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB78946" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3AB78946" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1A1AEC" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2E1A1AEC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="3A879711" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3A879711" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBB3E04" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7EBB3E04" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="70470D4C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="70470D4C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="2C87900F" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="2C87900F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D05D862" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5D05D862" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="444B0BEE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="444B0BEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E158B9F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0E158B9F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Buk K-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B9A0449" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6B9A0449" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA36733" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0EA36733" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBABA9D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2DBABA9D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F95DD84" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6F95DD84" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buk K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="636011E7" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="636011E7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="779BBBFB" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="779BBBFB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="42F092C8" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="42F092C8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67AE5D4C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="67AE5D4C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="273E2240" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="273E2240" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="15B4AB79" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="15B4AB79" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F22F99A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4F22F99A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0BCE6F13" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0BCE6F13" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0987F57C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="0987F57C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE157C2" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3FE157C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="69CB64F3" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="69CB64F3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="223BCC50" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="223BCC50" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6B19E1BE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="6B19E1BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF61734" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5AF61734" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE5165C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2DE5165C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4897938C" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4897938C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0450AD" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="7A0450AD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1297EF7E" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="1297EF7E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="6535D591" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="6535D591" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AECB69D" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3AECB69D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="262673F0" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="262673F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3A7BEE" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="2C3A7BEE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB126B6" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5AB126B6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5926F85F" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5926F85F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="47132FB3" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="47132FB3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4619C20A" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="4619C20A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00102966" w:rsidRPr="00102966" w14:paraId="0A090364" w14:textId="77777777" w:rsidTr="00102966">
+      <w:tr w:rsidRPr="00102966" w:rsidR="00102966" w:rsidTr="00102966" w14:paraId="0A090364" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4F1702" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="5D4F1702" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3280D1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3E3280D1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3284AAA4" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="3284AAA4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="269331D1" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="269331D1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="77EAE967" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+          <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="77EAE967" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16D3C742" w14:textId="77777777" w:rsidR="00102966" w:rsidRPr="00102966" w:rsidRDefault="00102966" w:rsidP="00102966">
+    <w:p w:rsidRPr="00102966" w:rsidR="00102966" w:rsidP="00102966" w:rsidRDefault="00102966" w14:paraId="16D3C742" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00102966">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00102966">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E70040B" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="2E70040B" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A3AF589" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="3A3AF589" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="76233D57" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="76233D57" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9995,162 +10031,162 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -10185,311 +10221,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="477C7191" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="477C7191" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6568B20A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="6568B20A" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4D8A1831" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="4D8A1831" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="19DD3B34">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="687E79AA">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1029" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -10525,899 +10561,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="23F82FC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="728033B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11482,992 +11518,992 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB018CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBA80B4"/>
     <w:lvl w:ilvl="0" w:tplc="824C361A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="11E865EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2DBE3B20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AADAE704" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="3BC42348" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D8388958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="6B6CA3AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7C10E440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="105CD966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A634650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4782C3CA"/>
     <w:lvl w:ilvl="0" w:tplc="20C207A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="27289500" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12529,486 +12565,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4B98980C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="F4BC5922">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CEDA2576" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7AD60522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="30E65752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6152039E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="117071B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0DEA3EE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0B62EA06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="914699EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1765346411">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1944218605">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="763039955">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="164243830">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1363705187">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2035498858">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="832795978">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="693578013">
@@ -13041,69 +13077,70 @@
   <w:num w:numId="17" w16cid:durableId="1200699541">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="611283992">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1286503711">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="339360541">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1649700817">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1793283788">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1273320375">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -13508,190 +13545,192 @@
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD5F61"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE65F0"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="51155CD0"/>
+    <w:rsid w:val="606A2C18"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{615C38A5-782F-4FA2-A7D0-CF5C5E78DFDB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13716,75 +13755,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -13819,57 +13858,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -13927,700 +13966,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -14684,609 +14723,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -15295,94 +15334,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -15391,496 +15430,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -15947,51 +15986,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23086,75 +23125,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Colon med thorax (848900, 830800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>23</revision>
+  <revision>24</revision>
   <lastPrinted>2016-03-31T01:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>