--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="699E1055" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00DF65FB" w:rsidSect="00DF65FB">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="7ADB25EA" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
@@ -136,83 +136,67 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6A548A4F" w14:textId="4DE0E01E" w:rsidR="003C1660" w:rsidRPr="00DF65FB" w:rsidRDefault="003C1660" w:rsidP="003C1660">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484AF78D" w14:textId="75F1232A" w:rsidR="003C1660" w:rsidRPr="00DF65FB" w:rsidRDefault="008C2998" w:rsidP="003C1660">
+    <w:p w14:paraId="484AF78D" w14:textId="01FE7E33" w:rsidR="003C1660" w:rsidRPr="00DF65FB" w:rsidRDefault="00563760" w:rsidP="003C1660">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Revid</w:t>
-[...15 lines deleted...]
-        <w:t>kernel Siemens X-cite.</w:t>
+        <w:t xml:space="preserve">PVK specificerad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="750C0CD0" w14:textId="77777777" w:rsidR="003C1660" w:rsidRPr="00DF65FB" w:rsidRDefault="003C1660" w:rsidP="00DF65FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7302B5D7" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A06EB39" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
@@ -307,52 +291,80 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C9BBB54" w14:textId="0AE7BE04" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Kompletterande utredning av adrenala incidentalom</w:t>
+              <w:t xml:space="preserve">Kompletterande utredning av </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>adrenala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>incidentalom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00EC0D12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w14:paraId="3D83C47F" w14:textId="77777777" w:rsidTr="00C523D8">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -368,124 +380,126 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63207C19" w14:textId="37B113B4" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00000000" w:rsidP="00DF65FB">
+          <w:p w14:paraId="63207C19" w14:textId="37B113B4" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00DF65FB" w:rsidRPr="00DF65FB">
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00DF65FB">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
+              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00DF65FB" w:rsidRPr="00DF65FB">
+            <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7045B6D4" w14:textId="5B0AEC34" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
+          <w:p w14:paraId="7045B6D4" w14:textId="1B84DC27" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
             <w:r w:rsidR="001E7F7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (e</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007A7650">
-[...5 lines deleted...]
-              <w:t>fter flöde)</w:t>
+            <w:r w:rsidR="002F2937">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w14:paraId="207A6274" w14:textId="77777777" w:rsidTr="00C523D8">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0316221E" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -573,57 +587,85 @@
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69AE69DE" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Omnipaque 350 mg I/ml enligt OmniJect ”Buk arteriell”.</w:t>
+              <w:t>Omnipaque</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 350 mg I/ml enligt </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OmniJect</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ”Buk arteriell”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w14:paraId="788A2FAA" w14:textId="77777777" w:rsidTr="00C523D8">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="687C1C10" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -688,114 +730,116 @@
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="430AA19D" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09E6DBC8" w14:textId="4833A163" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00000000" w:rsidP="00DF65FB">
+          <w:p w14:paraId="09E6DBC8" w14:textId="4833A163" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00DF65FB" w:rsidRPr="00DF65FB">
+              <w:r w:rsidRPr="00DF65FB">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w14:paraId="0A0BFF01" w14:textId="77777777" w:rsidTr="00C523D8">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68538CCF" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="684DCB5F" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
@@ -813,51 +857,69 @@
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B7FE41D" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Fötterna mot gantryt.</w:t>
+              <w:t xml:space="preserve">Fötterna mot </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>gantryt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="445EF5E4" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
@@ -989,51 +1051,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F61DC76" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="606666F8" wp14:editId="53891980">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="606666F8" wp14:editId="53891980">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>17780</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>368935</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1359535" cy="490855"/>
                       <wp:effectExtent l="19050" t="19050" r="12065" b="23495"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Rektangel 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1359725" cy="490855"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1057,51 +1119,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="71991047" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.4pt;margin-top:29.05pt;width:107.05pt;height:38.65pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBREr6tMwIAAGAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwlsaVlEWCEQvaDd&#10;ldhqz4PjkEj+6tgQ6K/v2Amw3fZUlYMZe8bPM2/eZPZw0oodJfrGmoIPBzln0ghbNmZf8O8v608T&#10;znwAU4KyRhb8LD1/mH/8MGvdVI5sbVUpkRGI8dPWFbwOwU2zzItaavAD66QhZ2VRQ6At7rMSoSV0&#10;rbJRnn/JWoulQyuk93S66px8nvCrSorwVFVeBqYKTrmFtGJad3HN5jOY7hFc3Yg+DfiHLDQ0hh69&#10;Qq0gADtg8weUbgRab6swEFZntqoaIVMNVM0wf1fNtgYnUy1EjndXmvz/gxWPx617RqKhdX7qyYxV&#10;nCrU8Z/yY6dE1vlKljwFJuhweDe+/zoacybI9/k+n4zHkc3sdtuhD9+k1SwaBUdqRuIIjhsfutBL&#10;SHzM2HWjVGqIMqwt+N1kmFPPBJAuKgWBTO3Kgnuz5wzUngQnAiZIb1VTxusRyON+t1TIjkBNX69z&#10;+vWZ/RYW316Br7u45OrkoJtAmlSNLvgkXr7cViaiy6SqvoIbadHa2fL8jAxtJzPvxLqhRzbgwzMg&#10;6YqqoVkJT7RUylKJtrc4qy3+/Nt5jKd2k5ezlnRK5f84AErOzEEvLVU4pAlzIpmEj0FdzAqtfqXx&#10;WEQEcoERhNOR1m+WoZsFGjAhF4sURsJ0EDZm60QEjzVHql5Or4Cu72UgFTzaiz5h+q6lXSyJ4cZK&#10;vyEZJ430Ixfn5O0+Rd0+DPNfAAAA//8DAFBLAwQUAAYACAAAACEAqKlD8N0AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT0JY2xKkQEiC4Eah6deMliWKvo9htwt+znOA4&#10;mtHMm2I3OyvOOIbOk4J0kYBAqr3pqFHw+fF0swERoiajrSdU8I0BduXlRaFz4yd6x3MVG8ElFHKt&#10;oI1xyKUMdYtOh4UfkNj78qPTkeXYSDPqicudlVmSrKXTHfFCqwd8bLHuq5NT8Dpltjs0+u2l6qt9&#10;75fP6d3WKXV9NT/cg4g4x78w/OIzOpTMdPQnMkFYBRmDRwWrTQqC7Sxdb0EcOXe7WoIsC/n/QPkD&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAURK+rTMCAABgBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqKlD8N0AAAAIAQAADwAAAAAAAAAAAAAA&#10;AACNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DA4226F" wp14:editId="2CC9DB7C">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DA4226F" wp14:editId="2CC9DB7C">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>512445</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>366395</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="483235"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="12" name="Upp 12"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="483235"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1191,51 +1253,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="4DA4226F" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 12" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:40.35pt;margin-top:28.85pt;width:32.3pt;height:38.05pt;rotation:180;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfaiciVgIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aSriuCOkWQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpkY/k82Ourgdr2EFh0OAqPjsrOVNOQq1dW/HvT9tP&#10;l5yFKFwtDDhV8RcV+PXq44er3i/VHDowtUJGIC4se1/xLka/LIogO2VFOAOvHD02gFZEcrEtahQ9&#10;oVtTzMvyougBa48gVQh0ezM+8lXGbxol433TBBWZqTj1FvOJ+dyls1hdiWWLwndaTm2If+jCCu2o&#10;6CvUjYiC7VH/AWW1RAjQxDMJtoCm0VLlGWiaWflumsdOeJVnIXKCf6Up/D9YeXd49A9INPQ+LAOZ&#10;aYqhQcsQiK1ZeVmmXx6O2mVD5u7llTs1RCbp8nxWzmfEsKSn88vFfPE5cVuMWAnTY4hfFViWjIrv&#10;/RoR+owrDrchjtHHqJQRwOh6q43JDra7jUF2EPQlt9vc05jyW5hxrKeu51+oZSYFKaoxIpJpfV3x&#10;4FrOhGlJqjJiru0gVSCkscMbEbqxRoYd9WF1JJEabSs+sTFWNi6lqSyzaYI3FpMVh91AocncQf3y&#10;gCOp1FrwcquJiFsR4oNA0hxd0h7FezoaAzQETBZnHeDPv92neJICvXLWk4ZpwB97gYoz882RSBYX&#10;6cuxeOrgqbM7ddzeboDIneXusknJGM3RbBDsM63bOlWlJ+Ek1R6pnJxNHHeLFlaq9TqH7T3qtqMU&#10;AibRexFv3aOXyT+y/jQ8C/STMiJJ6g6O2hfLd+oYY0lab6xODq1IVty0zmkHT/0c9fans/oFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAPlwXp3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWDJKWVeaThMCIXGjYxLHtDFttcapmmwr/x7vBCfbek/P3ys2sxvECafQe9KwXCgQSI23&#10;PbUaPnevdxmIEA1ZM3hCDT8YYFNeXxUmt/5MH3iqYis4hEJuNHQxjrmUoenQmbDwIxJr335yJvI5&#10;tdJO5szhbpD3Sj1KZ3riD50Z8bnD5lAdnYbqsFdym62x3q+rd5fuvl6Wb17r25t5+wQi4hz/zHDB&#10;Z3Qoman2R7JBDBoytWKnhnTF86I/pAmImpckyUCWhfzfoPwFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA32onIlYCAAC8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAD5cF6d4AAAAJAQAADwAAAAAAAAAAAAAAAACwBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="9168" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 12" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:40.35pt;margin-top:28.85pt;width:32.3pt;height:38.05pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfaiciVgIAALwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aSriuCOkWQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpkY/k82Ourgdr2EFh0OAqPjsrOVNOQq1dW/HvT9tP&#10;l5yFKFwtDDhV8RcV+PXq44er3i/VHDowtUJGIC4se1/xLka/LIogO2VFOAOvHD02gFZEcrEtahQ9&#10;oVtTzMvyougBa48gVQh0ezM+8lXGbxol433TBBWZqTj1FvOJ+dyls1hdiWWLwndaTm2If+jCCu2o&#10;6CvUjYiC7VH/AWW1RAjQxDMJtoCm0VLlGWiaWflumsdOeJVnIXKCf6Up/D9YeXd49A9INPQ+LAOZ&#10;aYqhQcsQiK1ZeVmmXx6O2mVD5u7llTs1RCbp8nxWzmfEsKSn88vFfPE5cVuMWAnTY4hfFViWjIrv&#10;/RoR+owrDrchjtHHqJQRwOh6q43JDra7jUF2EPQlt9vc05jyW5hxrKeu51+oZSYFKaoxIpJpfV3x&#10;4FrOhGlJqjJiru0gVSCkscMbEbqxRoYd9WF1JJEabSs+sTFWNi6lqSyzaYI3FpMVh91AocncQf3y&#10;gCOp1FrwcquJiFsR4oNA0hxd0h7FezoaAzQETBZnHeDPv92neJICvXLWk4ZpwB97gYoz882RSBYX&#10;6cuxeOrgqbM7ddzeboDIneXusknJGM3RbBDsM63bOlWlJ+Ek1R6pnJxNHHeLFlaq9TqH7T3qtqMU&#10;AibRexFv3aOXyT+y/jQ8C/STMiJJ6g6O2hfLd+oYY0lab6xODq1IVty0zmkHT/0c9fans/oFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAPlwXp3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWDJKWVeaThMCIXGjYxLHtDFttcapmmwr/x7vBCfbek/P3ys2sxvECafQe9KwXCgQSI23&#10;PbUaPnevdxmIEA1ZM3hCDT8YYFNeXxUmt/5MH3iqYis4hEJuNHQxjrmUoenQmbDwIxJr335yJvI5&#10;tdJO5szhbpD3Sj1KZ3riD50Z8bnD5lAdnYbqsFdym62x3q+rd5fuvl6Wb17r25t5+wQi4hz/zHDB&#10;Z3Qoman2R7JBDBoytWKnhnTF86I/pAmImpckyUCWhfzfoPwFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA32onIlYCAAC8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAD5cF6d4AAAAJAQAADwAAAAAAAAAAAAAAAACwBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="9168" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="4F9107C8" w14:textId="02A0CA1C" w:rsidR="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="0062301C">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                             <w:r w:rsidR="00473C5B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1455,57 +1517,67 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="1FB6E40C" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mamiller – höftleder.</w:t>
+              <w:t>Mamiller</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – höftleder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46575E06" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1556,51 +1628,87 @@
           </w:tcPr>
           <w:p w14:paraId="514DAA5B" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Nedanför diafragma – crista iliaca.</w:t>
+              <w:t xml:space="preserve"> Nedanför diafragma – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>crista</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>iliaca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B8D4498" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1733,94 +1841,132 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Binjurar K+</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="727B9BB4" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kapillärfas</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4708" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="0B114F1E" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Nedanför diafragma – crista iliaca.</w:t>
+              <w:t xml:space="preserve"> Nedanför diafragma – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>crista</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>iliaca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF65FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3214D5CA" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1889,59 +2035,61 @@
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="343F4E7F" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF65FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Reformatering</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="2522"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w14:paraId="32307220" w14:textId="77777777" w:rsidTr="00DF65FB">
         <w:trPr>
@@ -2023,51 +2171,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B0D31BE" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C3778D1" wp14:editId="0722C830">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C3778D1" wp14:editId="0722C830">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>791845</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-104775</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="20320" cy="951230"/>
                       <wp:effectExtent l="19050" t="19050" r="36830" b="20320"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="20320" cy="951399"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2089,51 +2237,51 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="3A9AA59D" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="62.35pt,-8.25pt" to="63.95pt,66.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIK5pptAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJWoDaqu4etCgcE&#10;K8H+gKljJ5b8JY9p2n/P2OmWBW6IHKyxZ/w8783L7uHiLDurhCZ4wZeLljPlZeiNHwR//n58t+EM&#10;M/gebPBK8KtC/rB/+2Y3xU6twhhsrxIjEI/dFAUfc45d06AclQNchKg8JXVIDjJt09D0CSZCd7ZZ&#10;te2HZgqpjylIhUinhznJ9xVfayXzV61RZWYFp95yXVNdT2Vt9jvohgRxNPLWBvxDFw6Mp0fvUAfI&#10;wH4k8xeUMzIFDDovZHBN0NpIVTkQm2X7B5tvI0RVuZA4GO8y4f+DlV/Oj/4pkQxTxA7jUyosLjo5&#10;pq2Jn2imlRd1yi5VtutdNnXJTNLhql2vSFtJme375Xq7Lao2M0pBiwnzRxUcK4Hg1vhCCjo4f8Y8&#10;l76UlGMfjsbaOhjr2ST4erNsCz6QP7SFTKGLveDoB87ADmQ8mVOFxGBNX64XIEzD6dEmdgYa/vHY&#10;0nfr7Ley8vYBcJzramq2hTOZvGmNE3xTLr/ctr6gq+quG4Nf4pXoFPpr1bQpO5pclePmsmKN13uK&#10;X/8L+58AAAD//wMAUEsDBBQABgAIAAAAIQBssxO54AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/LTsMwEEX3SPyDNUjsWudBGwhxqhKJBQskKHyAGw9xRDwOsdsGvp7pCnZzNUd3zlSb2Q3iiFPo&#10;PSlIlwkIpNabnjoF72+Pi1sQIWoyevCECr4xwKa+vKh0afyJXvG4i53gEgqlVmBjHEspQ2vR6bD0&#10;IxLvPvzkdOQ4ddJM+sTlbpBZkqyl0z3xBatHbCy2n7uDU/Dsf6gpVk9tsv3qXtK0eYhZZ5W6vpq3&#10;9yAizvEPhrM+q0PNTnt/IBPEwDm7KRhVsEjXKxBnIivuQOx5yPMcZF3J/z/UvwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAIK5pptAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBssxO54AAAAAsBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C66A03E" wp14:editId="681E5D50">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C66A03E" wp14:editId="681E5D50">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>1132840</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>105410</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2184,93 +2332,93 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="5C66A03E" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:89.2pt;margin-top:8.3pt;width:32.25pt;height:45.35pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk6khCTgIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5x0TT+COkXQIsOA&#10;oA3QDj0rshwLkESNUmNnv36U7DRpt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7bcl/PC+/&#10;XHEWonCVMOBUyfcq8Nv55083rZ+pM2jAVAoZFXFh1vqSNzH6WVEE2Sgrwgi8cnRZA1oRKcRtUaFo&#10;qbo1xdl4fFG0gJVHkCoEOr3vL/k8169rJeNjXQcVmSk59RazxWw3yRbzGzHbovCNlkMb4h+6sEI7&#10;An0rdS+iYK+o/yhltUQIUMeRBFtAXWup8gw0zWT8YZqnRniVZyFygn+jKfy/svJh9+TXSDS0PswC&#10;uWmKrkab/qk/1mWy9m9kqS4ySYfn4+vp5ZQzSVfkXJ9PE5nF8WGPIX5TYFlySl5B6xaI0GaexG4V&#10;Yp9/yEuAAYyultqYHOB2c2eQ7QS9vOVyTL8B4l2acawl6Z1d0jWTgkRUGxHJtb4qeXBbzoTZkjpl&#10;xIztICHkN5+w70VoeoxctpeE1ZF0abQt+VUCPiAblzpTWVnDBEfikhe7Tcc0AU9SoXSygWq/RobQ&#10;iy94udQEuxIhrgWS2qht2qD4SKY2QLPA4HHWAP7623nKL3mynLWkXprz56tAxZn57kgeXy9Syyye&#10;BngabE4D92rvgDie0K56mV16GKM5uDWCfaFFWyRUuhJOUmc9o0NwF/utolWVarHIaSRxL+LKPXmZ&#10;iifmEuHP3YtAP8gikp4e4KB0MfsgjD6XdHVkcghoIbLchuVNG3ca56zjJ2b+GwAA//8DAFBLAwQU&#10;AAYACAAAACEAy2D1+eAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FhC&#10;N3WjNJ0AiQsc0ApC2s1tvbaiSUqSbuXfY07j5mc/PX8v385mEEfyoXdWw+1CgSBbu6a3rYaP9+eb&#10;DYgQ0TY4OEsafijAtri8yDFr3Mnu6FjGVnCIDRlq6GIcMylD3ZHBsHAjWb4dnDcYWfpWNh5PHG4G&#10;mSiVSoO95Q8djvTUUf1VTkbD/jO+vVa7+mVSXj0e9svvsp9R6+ur+eEeRKQ5ns3wh8/oUDBT5Sbb&#10;BDGwXm9WbOUhTUGwIVkldyAqXqj1EmSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA5OpIQk4CAACqBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAy2D1+eAAAAAKAQAADwAAAAAAAAAAAAAAAACoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Ned 20" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:89.2pt;margin-top:8.3pt;width:32.25pt;height:45.35pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk6khCTgIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5x0TT+COkXQIsOA&#10;oA3QDj0rshwLkESNUmNnv36U7DRpt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7bcl/PC+/&#10;XHEWonCVMOBUyfcq8Nv55083rZ+pM2jAVAoZFXFh1vqSNzH6WVEE2Sgrwgi8cnRZA1oRKcRtUaFo&#10;qbo1xdl4fFG0gJVHkCoEOr3vL/k8169rJeNjXQcVmSk59RazxWw3yRbzGzHbovCNlkMb4h+6sEI7&#10;An0rdS+iYK+o/yhltUQIUMeRBFtAXWup8gw0zWT8YZqnRniVZyFygn+jKfy/svJh9+TXSDS0PswC&#10;uWmKrkab/qk/1mWy9m9kqS4ySYfn4+vp5ZQzSVfkXJ9PE5nF8WGPIX5TYFlySl5B6xaI0GaexG4V&#10;Yp9/yEuAAYyultqYHOB2c2eQ7QS9vOVyTL8B4l2acawl6Z1d0jWTgkRUGxHJtb4qeXBbzoTZkjpl&#10;xIztICHkN5+w70VoeoxctpeE1ZF0abQt+VUCPiAblzpTWVnDBEfikhe7Tcc0AU9SoXSygWq/RobQ&#10;iy94udQEuxIhrgWS2qht2qD4SKY2QLPA4HHWAP7623nKL3mynLWkXprz56tAxZn57kgeXy9Syyye&#10;BngabE4D92rvgDie0K56mV16GKM5uDWCfaFFWyRUuhJOUmc9o0NwF/utolWVarHIaSRxL+LKPXmZ&#10;iifmEuHP3YtAP8gikp4e4KB0MfsgjD6XdHVkcghoIbLchuVNG3ca56zjJ2b+GwAA//8DAFBLAwQU&#10;AAYACAAAACEAy2D1+eAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FhC&#10;N3WjNJ0AiQsc0ApC2s1tvbaiSUqSbuXfY07j5mc/PX8v385mEEfyoXdWw+1CgSBbu6a3rYaP9+eb&#10;DYgQ0TY4OEsafijAtri8yDFr3Mnu6FjGVnCIDRlq6GIcMylD3ZHBsHAjWb4dnDcYWfpWNh5PHG4G&#10;mSiVSoO95Q8djvTUUf1VTkbD/jO+vVa7+mVSXj0e9svvsp9R6+ur+eEeRKQ5ns3wh8/oUDBT5Sbb&#10;BDGwXm9WbOUhTUGwIVkldyAqXqj1EmSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA5OpIQk4CAACqBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAy2D1+eAAAAAKAQAADwAAAAAAAAAAAAAAAACoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="71AF2EC8" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="0066564D" w:rsidRDefault="00DF65FB" w:rsidP="00BE3ADB">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FEEAA64" wp14:editId="320BA07C">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FEEAA64" wp14:editId="320BA07C">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>335280</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>81915</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="24" name="Upp 24"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2305,90 +2453,90 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="6FEEAA64" id="Upp 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:26.4pt;margin-top:6.45pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhABlrouLdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m&#10;/ofNmHizC4RgiyyNMdHU3qz+gIWdApGdRXZLwV/v9GSP897LN+8V29n2YsLRd44UxKsIBFLtTEeN&#10;gq/P14c1CB80Gd07QgULetiWtzeFzo070wdOh9AIhpDPtYI2hCGX0tctWu1XbkBi7+hGqwOfYyPN&#10;qM8Mt71MoiiTVnfEH1o94EuL9ffhZBWs580u/t1N8/K4X6r38GP3x/pNqfu7+fkJRMA5/IfhUp+r&#10;Q8mdKnci40WvIM1iTrK+yUBc/CTlbRXD0wRkWcjrAeUfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAOhG8ppVAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABlrouLdAAAACAEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="6FEEAA64" id="Upp 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:26.4pt;margin-top:6.45pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhABlrouLdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m&#10;/ofNmHizC4RgiyyNMdHU3qz+gIWdApGdRXZLwV/v9GSP897LN+8V29n2YsLRd44UxKsIBFLtTEeN&#10;gq/P14c1CB80Gd07QgULetiWtzeFzo070wdOh9AIhpDPtYI2hCGX0tctWu1XbkBi7+hGqwOfYyPN&#10;qM8Mt71MoiiTVnfEH1o94EuL9ffhZBWs580u/t1N8/K4X6r38GP3x/pNqfu7+fkJRMA5/IfhUp+r&#10;Q8mdKnci40WvIM1iTrK+yUBc/CTlbRXD0wRkWcjrAeUfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAOhG8ppVAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABlrouLdAAAACAEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="44EFB619" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="0066567D" w:rsidRDefault="00DF65FB" w:rsidP="00BE3ADB">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03188D17" wp14:editId="5FE96F3D">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03188D17" wp14:editId="5FE96F3D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-3175</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>692150</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1621155" cy="17780"/>
                       <wp:effectExtent l="19050" t="19050" r="17145" b="20320"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rak 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1621237" cy="17780"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2484,51 +2632,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="343A0DCE" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="031C9278" wp14:editId="7A2BA7D5">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="031C9278" wp14:editId="7A2BA7D5">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>720725</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-17780</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="0" cy="1210945"/>
                       <wp:effectExtent l="19050" t="0" r="19050" b="27305"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Rak 9"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="0" cy="1211159"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2552,51 +2700,51 @@
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="2ECFF815" id="Rak 9" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="56.75pt,-1.4pt" to="56.75pt,93.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMirt1sAEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzft0m6ApWo7h62KhwQ&#10;rAT7A6aOnVjylzymaf89Y6dbFrghcrDG4/HzvDcv24ezs+ykEprgBe9WLWfKyzAYPwr+/P1wt+EM&#10;M/gBbPBK8ItC/rB7+2Y7x16twxTsoBIjEI/9HAWfco5906CclANchag8HeqQHGTaprEZEsyE7myz&#10;btv3zRzSEFOQCpGy++WQ7yq+1krmr1qjyswKTr3luqa6Hsva7LbQjwniZOS1DfiHLhwYT4/eoPaQ&#10;gf1I5i8oZ2QKGHReyeCaoLWRqnIgNl37B5tvE0RVuZA4GG8y4f+DlV9Oj/4pkQxzxB7jUyoszjo5&#10;pq2Jn2imlRd1ys5VtstNNnXOTC5JSdlu3XXduw9F0maBKFAxYf6ogmMlENwaXxhBD6fPmJfSl5KS&#10;9uFgrK1TsZ7Ngt9vupYGJ4HMoS1kCl0cBEc/cgZ2JNfJnCokBmuGcr0AYRqPjzaxE9DkD4eWvmtn&#10;v5WVt/eA01JXjxZPOJPJmNY4wTfl8stt6wu6qta6MvilXImOYbhUQZuyo7FVOa4WK754vaf49Y+w&#10;+wkAAP//AwBQSwMEFAAGAAgAAAAhAPriLfHdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNxaJ0GlJcSpSiQOHJBo4QPceLEj4nWI3Tbw9Wy5wG1ndzT7plpPvhdHHGMXSEE+&#10;z0AgtcF0ZBW8vT7OViBi0mR0HwgVfGGEdX15UenShBNt8bhLVnAIxVIrcCkNpZSxdeh1nIcBiW/v&#10;YfQ6sRytNKM+cbjvZZFlt9LrjviD0wM2DtuP3cEreA7f1CwXT222+bQved48pMI6pa6vps09iIRT&#10;+jPDGZ/RoWamfTiQiaJnnd8s2KpgVnCFs+F3sedhtbwDWVfyf4X6BwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEyKu3WwAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPriLfHdAAAACgEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77D296F5" wp14:editId="64F61A3B">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77D296F5" wp14:editId="64F61A3B">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1035685</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>622300</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="552450"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Upp 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="552450"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2631,91 +2779,91 @@
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="77D296F5" id="Upp 19" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:81.55pt;margin-top:49pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyEFVAVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kHyuCOkWQIMOA&#10;oi2QFj0rshwLkESNUmJ3v36U7LRZt9OwHAhSoh7J58fc3PbWsIPCoMFVfHJWcqachFq7XcWfn9Zf&#10;rjkLUbhaGHCq4q8q8Nv55083nZ+pKbRgaoWMQFyYdb7ibYx+VhRBtsqKcAZeObpsAK2IFOKuqFF0&#10;hG5NMS3Lq6IDrD2CVCHQ6Wq45POM3zRKxoemCSoyU3HqLWaL2W6TLeY3YrZD4VstxzbEP3RhhXZU&#10;9A1qJaJge9R/QFktEQI08UyCLaBptFR5BppmUn6YZtMKr/IsRE7wbzSF/wcr7w8b/4hEQ+fDLJCb&#10;pugbtAyB2JqU12X65eGoXdZn7l7fuFN9ZJIOLybldEIMS7q6vJxeXGZuiwErYXoM8ZsCy5JT8b1f&#10;IEKXccXhLkRqgbKPWelFAKPrtTYmB7jbLg2yg6AvuV7nnoYnv6UZxzrqevqVWmZSkKIaIyK51tcV&#10;D27HmTA7kqqMmGs7SBWyDFLtlQjtUCPDDvqwOpJIjbYVH9kYKhuXOlNZZuME7ywmL/bbnmkqfJ6A&#10;0skW6tdHHLilDoOXa01l70SIjwJJenRI6xQfyDQGaBYYPc5awJ9/O0/5FU+WxuasIzXTqD/2AhVn&#10;5rsjuZxfpW/I4mmAp8H2NHB7uwSieZIbzC49xmiOboNgX2jxFqkwXQknqbmB1DFYxmHLaHWlWixy&#10;Gknei3jnNl4m8KMqnvoXgX7URSRB3cNR+WL2QRtDLknlncwxoAXJChqXOW3gaZyz3v9y5r8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCjVl3Y3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJMAbQhxqgrUXBGFD3DiJY6I1yF22vTvWU70OJrRzJtyu7hBHHEKvScF6SoBgdR601On&#10;4PNjf5eDCFGT0YMnVHDGANvq+qrUhfEnesfjIXaCSygUWoGNcSykDK1Fp8PKj0jsffnJ6chy6qSZ&#10;9InL3SCzJFlLp3viBatHfLHYfh9mp+A1jXX9I519m0N/buqHfdi5VKnbm2X3DCLiEv/D8IfP6FAx&#10;U+NnMkEMrNf3KUcVPOX8iQNZttmAaNjJHxOQVSkvL1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPIQVUBWAgAAugQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAKNWXdjcAAAACgEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="77D296F5" id="Upp 19" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:81.55pt;margin-top:49pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyEFVAVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kHyuCOkWQIMOA&#10;oi2QFj0rshwLkESNUmJ3v36U7LRZt9OwHAhSoh7J58fc3PbWsIPCoMFVfHJWcqachFq7XcWfn9Zf&#10;rjkLUbhaGHCq4q8q8Nv55083nZ+pKbRgaoWMQFyYdb7ibYx+VhRBtsqKcAZeObpsAK2IFOKuqFF0&#10;hG5NMS3Lq6IDrD2CVCHQ6Wq45POM3zRKxoemCSoyU3HqLWaL2W6TLeY3YrZD4VstxzbEP3RhhXZU&#10;9A1qJaJge9R/QFktEQI08UyCLaBptFR5BppmUn6YZtMKr/IsRE7wbzSF/wcr7w8b/4hEQ+fDLJCb&#10;pugbtAyB2JqU12X65eGoXdZn7l7fuFN9ZJIOLybldEIMS7q6vJxeXGZuiwErYXoM8ZsCy5JT8b1f&#10;IEKXccXhLkRqgbKPWelFAKPrtTYmB7jbLg2yg6AvuV7nnoYnv6UZxzrqevqVWmZSkKIaIyK51tcV&#10;D27HmTA7kqqMmGs7SBWyDFLtlQjtUCPDDvqwOpJIjbYVH9kYKhuXOlNZZuME7ywmL/bbnmkqfJ6A&#10;0skW6tdHHLilDoOXa01l70SIjwJJenRI6xQfyDQGaBYYPc5awJ9/O0/5FU+WxuasIzXTqD/2AhVn&#10;5rsjuZxfpW/I4mmAp8H2NHB7uwSieZIbzC49xmiOboNgX2jxFqkwXQknqbmB1DFYxmHLaHWlWixy&#10;Gknei3jnNl4m8KMqnvoXgX7URSRB3cNR+WL2QRtDLknlncwxoAXJChqXOW3gaZyz3v9y5r8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCjVl3Y3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJMAbQhxqgrUXBGFD3DiJY6I1yF22vTvWU70OJrRzJtyu7hBHHEKvScF6SoBgdR601On&#10;4PNjf5eDCFGT0YMnVHDGANvq+qrUhfEnesfjIXaCSygUWoGNcSykDK1Fp8PKj0jsffnJ6chy6qSZ&#10;9InL3SCzJFlLp3viBatHfLHYfh9mp+A1jXX9I519m0N/buqHfdi5VKnbm2X3DCLiEv/D8IfP6FAx&#10;U+NnMkEMrNf3KUcVPOX8iQNZttmAaNjJHxOQVSkvL1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPIQVUBWAgAAugQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAKNWXdjcAAAACgEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="4BA01ECB" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="0066567D" w:rsidRDefault="00DF65FB" w:rsidP="00BE3ADB">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5059328F" wp14:editId="08F56BB9">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5059328F" wp14:editId="08F56BB9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>261620</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>83820</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="22" name="Upp 22"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2750,90 +2898,90 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="5059328F" id="Upp 22" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:20.6pt;margin-top:6.6pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6PO4YVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwPAGl&#10;k61rnu+xUEsdBi82ivi4hRDvAUl5dEjbFL+RabWjWdzocdY5/Pm385Rf82RpbM56EjON+mMPKDnT&#10;Xy2p5eMifUMWTwM8Dbangd2ba0c0T3OD2aXHGPXRbdGZJ9q7dSpMV2AFNVdIHYPrWJaMNlfI9Tqn&#10;keI9xFv74EUCP3L+ODwB+lEXkQR1547Ch+UbbZRcEtYrmWNA+5H1Nu5yWsDTOGe9/uOsfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJsPidXcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG4s7RiwlqYTQgKN3Rg8QNp4bUXjlCbrUp4e7wRH+//1+XOxibYXE46+c6QgXSQgkGpnOmoU&#10;fH683KxB+KDJ6N4RKpjRw6a8vCh0btyJ3nHah0YwhHyuFbQhDLmUvm7Rar9wAxJnBzdaHXgcG2lG&#10;fWK47eUySe6l1R3xhVYP+Nxi/bU/WgXrmG3Tn+0U54fdXL2Fb7s71K9KXV/Fp0cQAWP4K8NZn9Wh&#10;ZKfKHcl40Su4Xd1xk/dZBuKcp8sViIrhHMiykP8fKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAujzuGFUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmw+J1dwAAAAIAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="5059328F" id="Upp 22" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:20.6pt;margin-top:6.6pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6PO4YVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwPAGl&#10;k61rnu+xUEsdBi82ivi4hRDvAUl5dEjbFL+RabWjWdzocdY5/Pm385Rf82RpbM56EjON+mMPKDnT&#10;Xy2p5eMifUMWTwM8Dbangd2ba0c0T3OD2aXHGPXRbdGZJ9q7dSpMV2AFNVdIHYPrWJaMNlfI9Tqn&#10;keI9xFv74EUCP3L+ODwB+lEXkQR1547Ch+UbbZRcEtYrmWNA+5H1Nu5yWsDTOGe9/uOsfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJsPidXcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG4s7RiwlqYTQgKN3Rg8QNp4bUXjlCbrUp4e7wRH+//1+XOxibYXE46+c6QgXSQgkGpnOmoU&#10;fH683KxB+KDJ6N4RKpjRw6a8vCh0btyJ3nHah0YwhHyuFbQhDLmUvm7Rar9wAxJnBzdaHXgcG2lG&#10;fWK47eUySe6l1R3xhVYP+Nxi/bU/WgXrmG3Tn+0U54fdXL2Fb7s71K9KXV/Fp0cQAWP4K8NZn9Wh&#10;ZKfKHcl40Su4Xd1xk/dZBuKcp8sViIrhHMiykP8fKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAujzuGFUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmw+J1dwAAAAIAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="5E19951F" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="0066567D" w:rsidRDefault="00DF65FB" w:rsidP="00BE3ADB">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A324E88" wp14:editId="06FB8556">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A324E88" wp14:editId="06FB8556">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-8890</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>615950</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1548765" cy="16510"/>
                       <wp:effectExtent l="19050" t="19050" r="13335" b="21590"/>
                       <wp:wrapNone/>
                       <wp:docPr id="23" name="Rak 23"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1548765" cy="16510"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -3427,59 +3575,61 @@
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A90E3C" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="5493EE9C" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5202,59 +5352,61 @@
       <w:tr w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w14:paraId="59FBECA0" w14:textId="77777777" w:rsidTr="00C523D8">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60B52642" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2089921D" w14:textId="77777777" w:rsidR="00DF65FB" w:rsidRPr="00DF65FB" w:rsidRDefault="00DF65FB" w:rsidP="00DF65FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF65FB">
               <w:rPr>
@@ -7169,118 +7321,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00DF65FB">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C75AB00" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
+    <w:p w14:paraId="02B6B116" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F54D3F5" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
+    <w:p w14:paraId="5FD275AE" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0C068121" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
+    <w:p w14:paraId="2C2CDEC7" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -7288,89 +7440,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -7399,51 +7551,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -7477,87 +7629,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07A1DC22" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339"/>
+    <w:p w14:paraId="57338E81" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3897370C" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
+    <w:p w14:paraId="37C8EA5F" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3690FC83" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
+    <w:p w14:paraId="2F97934D" w14:textId="77777777" w:rsidR="00165339" w:rsidRDefault="00165339">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7621,66 +7773,66 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7746,51 +7898,51 @@
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -7831,51 +7983,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10335,53 +10487,54 @@
   <w:num w:numId="17" w16cid:durableId="1289119533">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1620409227">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1724673082">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="506797869">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="983462459">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="204173723">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="620109869">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -10462,148 +10615,152 @@
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="002935F7"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B58DB"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
+    <w:rsid w:val="002F2937"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C1660"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="0041557D"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00473C5B"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="00563760"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="0062301C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00625D29"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="006358BF"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
@@ -10630,100 +10787,102 @@
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="008329D8"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C2998"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F241C"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD477B"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
@@ -10732,76 +10891,78 @@
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE3ADB"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB4DA8"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF65FB"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E6113D"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC0D12"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
@@ -10834,51 +10995,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13248,51 +13409,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16633,71 +16794,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>376</Words>
-  <Characters>1997</Characters>
+  <Words>236</Words>
+  <Characters>2111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2369</CharactersWithSpaces>
+  <CharactersWithSpaces>2343</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Binjurar K- K+ (853900)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>18</revision>
+  <revision>21</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>