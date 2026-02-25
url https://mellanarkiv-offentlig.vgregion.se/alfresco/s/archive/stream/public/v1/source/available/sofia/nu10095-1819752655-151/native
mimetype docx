--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,1014 +11,1013 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1F3121FC" w14:textId="77777777" w:rsidR="00D45611" w:rsidRDefault="00D45611" w:rsidP="00F35B05">
+    <w:p w:rsidR="00D45611" w:rsidP="00F35B05" w:rsidRDefault="00D45611" w14:paraId="1F3121FC" w14:textId="76EF0E0C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00D45611" w:rsidSect="00D45611">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="6131874A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6131874A" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E4B3328" w14:textId="5312CD54" w:rsidR="00D45611" w:rsidRPr="00C71EE0" w:rsidRDefault="00C71EE0" w:rsidP="00C71EE0">
+    <w:p w:rsidRPr="00C71EE0" w:rsidR="00D45611" w:rsidP="00C71EE0" w:rsidRDefault="00C71EE0" w14:paraId="2E4B3328" w14:textId="5312CD54">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C71EE0">
         <w:t>DT Aorta hela K+ (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C71EE0">
         <w:t>839800</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C71EE0">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F64932" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="15F64932" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2462B777" w14:textId="3153B994" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00C71EE0" w:rsidP="00C71EE0">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00C71EE0" w:rsidRDefault="00C71EE0" w14:paraId="2462B777" w14:textId="3153B994">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar</w:t>
       </w:r>
-      <w:r w:rsidR="00D45611" w:rsidRPr="00D45611">
+      <w:r w:rsidRPr="00D45611" w:rsidR="00D45611">
         <w:t xml:space="preserve"> i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2521D3" w14:textId="67895756" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7A2521D3" w14:textId="67895756">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D45611">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Inga förändringar</w:t>
       </w:r>
       <w:r w:rsidR="00C71EE0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8F946F" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7D8F946F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="083E5F0A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00C71EE0">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00C71EE0" w:rsidRDefault="00D45611" w14:paraId="083E5F0A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D45611">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD0A7B9" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="5BD0A7B9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D45611">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBF3AAC" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6EBF3AAC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="393AC9DA" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00C71EE0">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00C71EE0" w:rsidRDefault="00D45611" w14:paraId="393AC9DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D45611">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...3 lines deleted...]
-          <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:insideV w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="27ED58C8" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="27ED58C8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1F5E834B" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="1F5E834B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikationer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07DF9896" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="07DF9896" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kontroll av </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aneurysm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, dissektion mm, där K- inte krävs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="2997453A" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="2997453A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5773C387" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="5773C387" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F20E7D7" w14:textId="63545512" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="005117C2" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="005117C2" w14:paraId="0F20E7D7" w14:textId="63545512">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId17">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00D45611" w:rsidRPr="00D45611">
+              <w:r w:rsidRPr="00D45611" w:rsidR="00D45611">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00D45611" w:rsidRPr="00D45611">
+            <w:r w:rsidRPr="00D45611" w:rsidR="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C6AD5C1" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7C6AD5C1" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="6A609A2C" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="6A609A2C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B477C24" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2B477C24" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70724226" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="70724226" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ingen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="2B6C0146" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="2B6C0146" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17077941" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="17077941" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14C38257" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="14C38257" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Omnipaque</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 350 mg I/ml enligt </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OmniJect</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ”Aorta”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="155CAACD" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="155CAACD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6979A0B6" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6979A0B6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A174E7D" w14:textId="6B3E7FDD" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7A174E7D" w14:textId="6B3E7FDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor </w:t>
             </w:r>
-            <w:r w:rsidR="00333EBF" w:rsidRPr="00D45611">
+            <w:r w:rsidRPr="00D45611" w:rsidR="00333EBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15–50</w:t>
             </w:r>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om graviditet. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B2B1296" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6B2B1296" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E74E406" w14:textId="02F36068" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="005117C2" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="005117C2" w14:paraId="6E74E406" w14:textId="02F36068">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00D45611" w:rsidRPr="00D45611">
+            <w:hyperlink w:history="1" r:id="rId18">
+              <w:r w:rsidRPr="00D45611" w:rsidR="00D45611">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="013DD46F" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="013DD46F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1F112E40" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="1F112E40" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7128146E" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7128146E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29A4AF3B" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="29A4AF3B" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fötterna mot </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>gantryt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DE33A3C" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2DE33A3C" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C0B687D" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="3C0B687D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11CAFE86" w14:textId="77777777" w:rsidR="00C71EE0" w:rsidRDefault="00C71EE0">
+    <w:p w:rsidR="00C71EE0" w:rsidRDefault="00C71EE0" w14:paraId="11CAFE86" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB445CD" w14:textId="30D5B69A" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00C71EE0">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00C71EE0" w:rsidRDefault="00D45611" w14:paraId="1CB445CD" w14:textId="30D5B69A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D45611">
-        <w:lastRenderedPageBreak/>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="4708"/>
         <w:gridCol w:w="2380"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="0A1447A9" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="0A1447A9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE685DD" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4AE685DD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62FEA15D" wp14:editId="5D815EC0">
                   <wp:extent cx="4037991" cy="809625"/>
                   <wp:effectExtent l="0" t="0" r="38735" b="0"/>
                   <wp:docPr id="1" name="Diagram 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08AA5890" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="08AA5890" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="471CD027" wp14:editId="376A514B">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>22225</wp:posOffset>
                       </wp:positionH>
@@ -1048,162 +1047,162 @@
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:rect w14:anchorId="70632519" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.75pt;margin-top:8.25pt;width:103.65pt;height:161.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkDFlOMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2w3SFcEdYogQXYJ&#10;2gJt0TMrS7EBfY1S4mS/fpTsNFu307AcFEqknsjHR9/eHY1mB4mhc7bm1aTkTFrhms7uav7yvPly&#10;w1mIYBvQzsqan2Tgd4vPn257P5dXrnW6kcgIxIZ572vexujnRRFEKw2EifPSklM5NBBpi7uiQegJ&#10;3ejiqiyvi95h49EJGQKdrgcnX2R8paSID0oFGZmuOeUW84p5fUtrsbiF+Q7Bt50Y04B/yMJAZ+nR&#10;d6g1RGB77P6AMp1AF5yKE+FM4ZTqhMw1UDVV+aGapxa8zLUQOcG/0xT+H6y4Pzz5RyQaeh/mgcxU&#10;xVGhSf+UHztmsk7vZMljZIIOq2l1PZ3NOBPkuypns9nXKtFZXK57DPGbdIYlo+ZI3cgkwWEb4hB6&#10;DkmvWbfptM4d0Zb1NZ/eVCU1TQAJQ2mIZBrf1DzYHWegd6Q4ETFDBqe7Jl1PQAF3byuN7ADU9c2m&#10;pN+Y2W9h6e01hHaIy65BD6aLJErdmZrfpMvn29omdJllNVZwYS1Zb645PSJDN+gseLHp6JEthPgI&#10;SMKiamhY4gMtSjsq0Y0WZ63DH387T/HUb/Jy1pNQqfzve0DJmd2blaMKKxoxL7JJ+Bj12VTozCvN&#10;xzIhkAusIJyBtHGzisMw0IQJuVzmMFKmh7i1T14k8FRzour5+Arox15GksG9OwsU5h9aOsSSGC6s&#10;jBvScdbIOHNpUH7d56jLl2HxEwAA//8DAFBLAwQUAAYACAAAACEAcd2zEdsAAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxo3ZCKRDiVAgJEL0RQFzdeEmi2Osodpvw9ywnOK3m&#10;odmZcrt4J444xT6QhmylQCA1wfbUanh/e7y4ARGTIWtcINTwjRG21elJaQobZnrFY51awSEUC6Oh&#10;S2kspIxNh97EVRiRWPsKkzeJ4dRKO5mZw72TuVIb6U1P/KEzIz502Az1wWt4mXPXf7Zm91wP9ccQ&#10;1k/Z9a3X+vxsub8DkXBJf2b4rc/VoeJO+3AgG4XTcHnFRqY3fFnOM8VL9syvVQ6yKuX/AdUPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQMWU4zAgAAYQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHHdsxHbAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;jQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                  <w:pict w14:anchorId="13AA65DC">
+                    <v:rect id="Rektangel 3" style="position:absolute;margin-left:1.75pt;margin-top:8.25pt;width:103.65pt;height:161.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="red" strokeweight="3pt" w14:anchorId="70632519" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkDFlOMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2w3SFcEdYogQXYJ&#10;2gJt0TMrS7EBfY1S4mS/fpTsNFu307AcFEqknsjHR9/eHY1mB4mhc7bm1aTkTFrhms7uav7yvPly&#10;w1mIYBvQzsqan2Tgd4vPn257P5dXrnW6kcgIxIZ572vexujnRRFEKw2EifPSklM5NBBpi7uiQegJ&#10;3ejiqiyvi95h49EJGQKdrgcnX2R8paSID0oFGZmuOeUW84p5fUtrsbiF+Q7Bt50Y04B/yMJAZ+nR&#10;d6g1RGB77P6AMp1AF5yKE+FM4ZTqhMw1UDVV+aGapxa8zLUQOcG/0xT+H6y4Pzz5RyQaeh/mgcxU&#10;xVGhSf+UHztmsk7vZMljZIIOq2l1PZ3NOBPkuypns9nXKtFZXK57DPGbdIYlo+ZI3cgkwWEb4hB6&#10;DkmvWbfptM4d0Zb1NZ/eVCU1TQAJQ2mIZBrf1DzYHWegd6Q4ETFDBqe7Jl1PQAF3byuN7ADU9c2m&#10;pN+Y2W9h6e01hHaIy65BD6aLJErdmZrfpMvn29omdJllNVZwYS1Zb645PSJDN+gseLHp6JEthPgI&#10;SMKiamhY4gMtSjsq0Y0WZ63DH387T/HUb/Jy1pNQqfzve0DJmd2blaMKKxoxL7JJ+Bj12VTozCvN&#10;xzIhkAusIJyBtHGzisMw0IQJuVzmMFKmh7i1T14k8FRzour5+Arox15GksG9OwsU5h9aOsSSGC6s&#10;jBvScdbIOHNpUH7d56jLl2HxEwAA//8DAFBLAwQUAAYACAAAACEAcd2zEdsAAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxo3ZCKRDiVAgJEL0RQFzdeEmi2Osodpvw9ywnOK3m&#10;odmZcrt4J444xT6QhmylQCA1wfbUanh/e7y4ARGTIWtcINTwjRG21elJaQobZnrFY51awSEUC6Oh&#10;S2kspIxNh97EVRiRWPsKkzeJ4dRKO5mZw72TuVIb6U1P/KEzIz502Az1wWt4mXPXf7Zm91wP9ccQ&#10;1k/Z9a3X+vxsub8DkXBJf2b4rc/VoeJO+3AgG4XTcHnFRqY3fFnOM8VL9syvVQ6yKuX/AdUPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQMWU4zAgAAYQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHHdsxHbAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;jQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04BD7E05" wp14:editId="74983C23">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>468630</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>113665</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="2047240"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="17" name="Pil: uppåt 17"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="2047240"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="5E5E406F" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066567D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="5E5E406F" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shapetype w14:anchorId="04BD7E05" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
+                  <w:pict w14:anchorId="7ECFEA8C">
+                    <v:shapetype id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe" w14:anchorId="04BD7E05">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
+                      <v:path textboxrect="@1,@4,@2,21600" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Pil: uppåt 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:36.9pt;margin-top:8.95pt;width:32.3pt;height:161.2pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBigps5VwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+1kRVsEdYogQYYB&#10;RVugLXpmZNkWoK9RSuzu14+SnTbrdhqWg0CK1CP5/Jjrm8FodpAYlLMVn52VnEkrXK1sW/Hnp+2X&#10;K85CBFuDdlZW/FUGfrP8/Om69ws5d53TtURGIDYsel/xLka/KIogOmkgnDkvLQUbhwYiudgWNUJP&#10;6EYX87K8KHqHtUcnZAh0uxmDfJnxm0aKeN80QUamK069xXxiPnfpLJbXsGgRfKfE1Ab8QxcGlKWi&#10;b1AbiMD2qP6AMkqgC66JZ8KZwjWNEjLPQNPMyg/TPHbgZZ6FyAn+jabw/2DF3eHRPyDR0PuwCGSm&#10;KYYGDUNHbM3KqzL98nDULhsyd69v3MkhMkGX57NyPiOGBYXm5fnl/DyTW4xgCdRjiN+kMywZFd/7&#10;FaLrMzAcbkOkHij7mJVeBKdVvVVaZwfb3VojOwB9yu02NzU++S1NW9ZT2/NL6pkJIEk1GiKZxtcV&#10;D7blDHRLWhURc23rUoWsg1R7A6Eba2TYUSBGRVKpVqbiEx1jZW1TZzLrbJrgncZkxWE3UGoyd65+&#10;fcCRVWoteLFVVO8WQnwAJNHRJS1SvKej0Y6GcJPFWefw59/uUz5pgaKc9SRiGvDHHlBypr9bUsnX&#10;i/TpWDx18NTZnTp2b9aOyJ3l7rJJjzHqo9mgMy+0b6tUlUJgBdUeqZycdRyXizZWyNUqp+09qraj&#10;JwRMqvcQb+2jF8k/6uJpeAH0kzIiaerOHcUPiw/qGHNJLO+sTg7tSNbQtM9pCU/9nPX+r7P8BQAA&#10;//8DAFBLAwQUAAYACAAAACEAZblyy9sAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE&#10;75X4B2uReit2CWpIGgehVv2AUgRXE29jN/E6ig2Ev685tcedGc28rTaT69kFx2A9SXheCGBIjdeW&#10;Wgn7r4+nNbAQFWnVe0IJNwywqWcPlSq1v9InXnaxZamEQqkkmBiHkvPQGHQqLPyAlLxvPzoV0zm2&#10;XI/qmspdz5dCvHCnLKUFowZ8M9h0u7OTcDCH4oYWPf7k73Qsur0WtpPycT5tX4FFnOJfGO74CR3q&#10;xHTyZ9KB9RLyLJHHpOcFsLufrVfAThKylciA1xX//0H9CwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGKCmzlXAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGW5csvbAAAACQEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="2164" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Pil: uppåt 17" style="position:absolute;left:0;text-align:left;margin-left:36.9pt;margin-top:8.95pt;width:32.3pt;height:161.2pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="2164" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBigps5VwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+1kRVsEdYogQYYB&#10;RVugLXpmZNkWoK9RSuzu14+SnTbrdhqWg0CK1CP5/Jjrm8FodpAYlLMVn52VnEkrXK1sW/Hnp+2X&#10;K85CBFuDdlZW/FUGfrP8/Om69ws5d53TtURGIDYsel/xLka/KIogOmkgnDkvLQUbhwYiudgWNUJP&#10;6EYX87K8KHqHtUcnZAh0uxmDfJnxm0aKeN80QUamK069xXxiPnfpLJbXsGgRfKfE1Ab8QxcGlKWi&#10;b1AbiMD2qP6AMkqgC66JZ8KZwjWNEjLPQNPMyg/TPHbgZZ6FyAn+jabw/2DF3eHRPyDR0PuwCGSm&#10;KYYGDUNHbM3KqzL98nDULhsyd69v3MkhMkGX57NyPiOGBYXm5fnl/DyTW4xgCdRjiN+kMywZFd/7&#10;FaLrMzAcbkOkHij7mJVeBKdVvVVaZwfb3VojOwB9yu02NzU++S1NW9ZT2/NL6pkJIEk1GiKZxtcV&#10;D7blDHRLWhURc23rUoWsg1R7A6Eba2TYUSBGRVKpVqbiEx1jZW1TZzLrbJrgncZkxWE3UGoyd65+&#10;fcCRVWoteLFVVO8WQnwAJNHRJS1SvKej0Y6GcJPFWefw59/uUz5pgaKc9SRiGvDHHlBypr9bUsnX&#10;i/TpWDx18NTZnTp2b9aOyJ3l7rJJjzHqo9mgMy+0b6tUlUJgBdUeqZycdRyXizZWyNUqp+09qraj&#10;JwRMqvcQb+2jF8k/6uJpeAH0kzIiaerOHcUPiw/qGHNJLO+sTg7tSNbQtM9pCU/9nPX+r7P8BQAA&#10;//8DAFBLAwQUAAYACAAAACEAZblyy9sAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE&#10;75X4B2uReit2CWpIGgehVv2AUgRXE29jN/E6ig2Ev685tcedGc28rTaT69kFx2A9SXheCGBIjdeW&#10;Wgn7r4+nNbAQFWnVe0IJNwywqWcPlSq1v9InXnaxZamEQqkkmBiHkvPQGHQqLPyAlLxvPzoV0zm2&#10;XI/qmspdz5dCvHCnLKUFowZ8M9h0u7OTcDCH4oYWPf7k73Qsur0WtpPycT5tX4FFnOJfGO74CR3q&#10;xHTyZ9KB9RLyLJHHpOcFsLufrVfAThKylciA1xX//0H9CwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGKCmzlXAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGW5csvbAAAACQEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="5E5E406F" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066567D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="649841BE" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -1231,180 +1230,180 @@
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1358625" cy="2239154"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="06BEFE6F" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="06BEFE6F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="470DCC7A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="470DCC7A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4708" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="776A32FE" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="776A32FE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40332FD6" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="40332FD6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="028E6A9C" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="028E6A9C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6833AC0F" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6833AC0F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4708" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="215C9D15" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="215C9D15" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jugulum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1413,108 +1412,108 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>trochanter</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> minor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7902FC1A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7902FC1A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="35C89509" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="35C89509" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9C8B36" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2C9C8B36" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premonitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4708" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0C95545D" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="0C95545D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ROI i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>arcus</w:t>
@@ -1531,349 +1530,349 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aortae</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, tröskelvärde 150 HU (GE och Toshiba), 120 HU (Siemens).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D231AD" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="57D231AD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="0B990D27" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="0B990D27" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0A5647" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6B0A5647" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aorta hela K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4708" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="069CE419" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="069CE419" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jugulum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>trochanter</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> minor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BE741C3" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4BE741C3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2380" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="01D2B5E7" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="01D2B5E7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="099A476C" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="099A476C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06804189" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="009C70B0">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="009C70B0" w:rsidRDefault="00D45611" w14:paraId="06804189" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D45611">
         <w:t>Reformatering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="34F5CD0B" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="34F5CD0B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="015EDD45" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="015EDD45" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5B51E5" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2F5B51E5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inställning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D619003" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="5D619003" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="440DD9C5" wp14:editId="626839F3">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>777240</wp:posOffset>
                       </wp:positionH>
@@ -1887,112 +1886,112 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="43AD9AB4" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066564D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                                <w:p w:rsidRPr="0066564D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="43AD9AB4" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>AX</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shapetype w14:anchorId="440DD9C5" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+                  <w:pict w14:anchorId="510F5799">
+                    <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe" w14:anchorId="440DD9C5">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
-                      <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                      <v:path textboxrect="@1,0,@2,@6" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Pil: nedåt 7" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:61.2pt;margin-top:29.7pt;width:32.25pt;height:45.35pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk6khCTgIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5x0TT+COkXQIsOA&#10;oA3QDj0rshwLkESNUmNnv36U7DRpt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7bcl/PC+/&#10;XHEWonCVMOBUyfcq8Nv55083rZ+pM2jAVAoZFXFh1vqSNzH6WVEE2Sgrwgi8cnRZA1oRKcRtUaFo&#10;qbo1xdl4fFG0gJVHkCoEOr3vL/k8169rJeNjXQcVmSk59RazxWw3yRbzGzHbovCNlkMb4h+6sEI7&#10;An0rdS+iYK+o/yhltUQIUMeRBFtAXWup8gw0zWT8YZqnRniVZyFygn+jKfy/svJh9+TXSDS0PswC&#10;uWmKrkab/qk/1mWy9m9kqS4ySYfn4+vp5ZQzSVfkXJ9PE5nF8WGPIX5TYFlySl5B6xaI0GaexG4V&#10;Yp9/yEuAAYyultqYHOB2c2eQ7QS9vOVyTL8B4l2acawl6Z1d0jWTgkRUGxHJtb4qeXBbzoTZkjpl&#10;xIztICHkN5+w70VoeoxctpeE1ZF0abQt+VUCPiAblzpTWVnDBEfikhe7Tcc0AU9SoXSygWq/RobQ&#10;iy94udQEuxIhrgWS2qht2qD4SKY2QLPA4HHWAP7623nKL3mynLWkXprz56tAxZn57kgeXy9Syyye&#10;BngabE4D92rvgDie0K56mV16GKM5uDWCfaFFWyRUuhJOUmc9o0NwF/utolWVarHIaSRxL+LKPXmZ&#10;iifmEuHP3YtAP8gikp4e4KB0MfsgjD6XdHVkcghoIbLchuVNG3ca56zjJ2b+GwAA//8DAFBLAwQU&#10;AAYACAAAACEAo065VuAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fiy&#10;wqatazoBEhc4oBU0abe09dqKxilJupV/j3eCk/30np4/Z9vJ9uKEPnSONMxnCgRS5eqOGg2fHy93&#10;KxAhGqpN7wg1/GCAbX59lZm0dmfa4amIjeASCqnR0MY4pFKGqkVrwswNSOwdnbcmsvSNrL05c7nt&#10;ZaLUUlrTEV9ozYDPLVZfxWg1HPbx/a3cVa+j8urpeLj/LrrJaH17Mz1uQESc4l8YLviMDjkzlW6k&#10;OoiedZI8cFTDYs3zElgt1yBKXhZqDjLP5P8X8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA5OpIQk4CAACqBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAo065VuAAAAAKAQAADwAAAAAAAAAAAAAAAACoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Pil: nedåt 7" style="position:absolute;left:0;text-align:left;margin-left:61.2pt;margin-top:29.7pt;width:32.25pt;height:45.35pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t67" adj="13920" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk6khCTgIAAKoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5x0TT+COkXQIsOA&#10;oA3QDj0rshwLkESNUmNnv36U7DRpt9OwHBhSovnI50ff3HbWsJ3CoMGVfDIac6achEq7bcl/PC+/&#10;XHEWonCVMOBUyfcq8Nv55083rZ+pM2jAVAoZFXFh1vqSNzH6WVEE2Sgrwgi8cnRZA1oRKcRtUaFo&#10;qbo1xdl4fFG0gJVHkCoEOr3vL/k8169rJeNjXQcVmSk59RazxWw3yRbzGzHbovCNlkMb4h+6sEI7&#10;An0rdS+iYK+o/yhltUQIUMeRBFtAXWup8gw0zWT8YZqnRniVZyFygn+jKfy/svJh9+TXSDS0PswC&#10;uWmKrkab/qk/1mWy9m9kqS4ySYfn4+vp5ZQzSVfkXJ9PE5nF8WGPIX5TYFlySl5B6xaI0GaexG4V&#10;Yp9/yEuAAYyultqYHOB2c2eQ7QS9vOVyTL8B4l2acawl6Z1d0jWTgkRUGxHJtb4qeXBbzoTZkjpl&#10;xIztICHkN5+w70VoeoxctpeE1ZF0abQt+VUCPiAblzpTWVnDBEfikhe7Tcc0AU9SoXSygWq/RobQ&#10;iy94udQEuxIhrgWS2qht2qD4SKY2QLPA4HHWAP7623nKL3mynLWkXprz56tAxZn57kgeXy9Syyye&#10;BngabE4D92rvgDie0K56mV16GKM5uDWCfaFFWyRUuhJOUmc9o0NwF/utolWVarHIaSRxL+LKPXmZ&#10;iifmEuHP3YtAP8gikp4e4KB0MfsgjD6XdHVkcghoIbLchuVNG3ca56zjJ2b+GwAA//8DAFBLAwQU&#10;AAYACAAAACEAo065VuAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fiy&#10;wqatazoBEhc4oBU0abe09dqKxilJupV/j3eCk/30np4/Z9vJ9uKEPnSONMxnCgRS5eqOGg2fHy93&#10;KxAhGqpN7wg1/GCAbX59lZm0dmfa4amIjeASCqnR0MY4pFKGqkVrwswNSOwdnbcmsvSNrL05c7nt&#10;ZaLUUlrTEV9ozYDPLVZfxWg1HPbx/a3cVa+j8urpeLj/LrrJaH17Mz1uQESc4l8YLviMDjkzlW6k&#10;OoiedZI8cFTDYs3zElgt1yBKXhZqDjLP5P8X8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA5OpIQk4CAACqBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAo065VuAAAAAKAQAADwAAAAAAAAAAAAAAAACoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="43AD9AB4" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066564D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                          <w:p w:rsidRPr="0066564D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="5580844F" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
@@ -2034,52 +2033,52 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:line w14:anchorId="5F2C445F" id="Rak 8" o:spid="_x0000_s1026" style="position:absolute;flip:x y;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-3.95pt,75.55pt" to="97.3pt,76.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZR2DpuQEAAF4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LcIlAEyznEcHoo&#10;0gB93NcUKRHgC1zGsv8+S8px0/ZWVAdiyd0d7gxHm7uTNewoI2rvet6sas6kE37Qbuz5j+/7Dy1n&#10;mMANYLyTPT9L5Hfb9+82c+jk2k/eDDIyAnHYzaHnU0qhqyoUk7SAKx+ko6Ty0UKibRyrIcJM6NZU&#10;67q+qWYfhxC9kIh0uluSfFvwlZIifVUKZWKm5zRbKmss6yGv1XYD3RghTFpcxoB/mMKCdnTpFWoH&#10;Cdhz1H9BWS2iR6/SSnhbeaW0kIUDsWnqP9h8myDIwoXEwXCVCf8frHg83runSDLMATsMTzGzOKlo&#10;mTI6fKY35SX6maOco5nZqQh4vgooT4kJOmzW7U3T3nImKNfU9afbLHC1AObmEDE9SG9ZDnputMv8&#10;oIPjF0xL6WtJPnZ+r40pb2Qcm3v+sSVUggeyijKQKLRh6Dm6kTMwI3lQpFgg0Rs95PYMhHE83JvI&#10;jkA+2O9r+i6T/VaW794BTktdSS0OsTqRTY22PW9z82u3cRldFqNdGPzSMUcHP5yLvFXe0SMWOS6G&#10;yy55u6f47W+xfQEAAP//AwBQSwMEFAAGAAgAAAAhADOCIbrcAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FugzAQRfeVegdrKnWXGNJAC8FEUaseoEkOMMETQMFjhB2gPX3Nql3On6c/b4r9bDox&#10;0uBaywridQSCuLK65VrB+fS5egPhPLLGzjIp+CYH+/LxocBc24m/aDz6WoQSdjkqaLzvcyld1ZBB&#10;t7Y9cdhd7WDQh3GopR5wCuWmk5soSqXBlsOFBnt6b6i6He9GQftyavv55zBmuI3Tj+Sc3CZOlHp+&#10;mg87EJ5m/wfDoh/UoQxOF3tn7USnYPWaBTLkSRyDWIBsm4K4LMkmBVkW8v8L5S8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAmUdg6bkBAABeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAM4IhutwAAAAKAQAADwAAAAAAAAAAAAAAAAATBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
+                  <w:pict w14:anchorId="0A3E01D5">
+                    <v:line id="Rak 8" style="position:absolute;flip:x y;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="-3.95pt,75.55pt" to="97.3pt,76.3pt" w14:anchorId="5F2C445F" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZR2DpuQEAAF4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LcIlAEyznEcHoo&#10;0gB93NcUKRHgC1zGsv8+S8px0/ZWVAdiyd0d7gxHm7uTNewoI2rvet6sas6kE37Qbuz5j+/7Dy1n&#10;mMANYLyTPT9L5Hfb9+82c+jk2k/eDDIyAnHYzaHnU0qhqyoUk7SAKx+ko6Ty0UKibRyrIcJM6NZU&#10;67q+qWYfhxC9kIh0uluSfFvwlZIifVUKZWKm5zRbKmss6yGv1XYD3RghTFpcxoB/mMKCdnTpFWoH&#10;Cdhz1H9BWS2iR6/SSnhbeaW0kIUDsWnqP9h8myDIwoXEwXCVCf8frHg83runSDLMATsMTzGzOKlo&#10;mTI6fKY35SX6maOco5nZqQh4vgooT4kJOmzW7U3T3nImKNfU9afbLHC1AObmEDE9SG9ZDnputMv8&#10;oIPjF0xL6WtJPnZ+r40pb2Qcm3v+sSVUggeyijKQKLRh6Dm6kTMwI3lQpFgg0Rs95PYMhHE83JvI&#10;jkA+2O9r+i6T/VaW794BTktdSS0OsTqRTY22PW9z82u3cRldFqNdGPzSMUcHP5yLvFXe0SMWOS6G&#10;yy55u6f47W+xfQEAAP//AwBQSwMEFAAGAAgAAAAhADOCIbrcAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FugzAQRfeVegdrKnWXGNJAC8FEUaseoEkOMMETQMFjhB2gPX3Nql3On6c/b4r9bDox&#10;0uBaywridQSCuLK65VrB+fS5egPhPLLGzjIp+CYH+/LxocBc24m/aDz6WoQSdjkqaLzvcyld1ZBB&#10;t7Y9cdhd7WDQh3GopR5wCuWmk5soSqXBlsOFBnt6b6i6He9GQftyavv55zBmuI3Tj+Sc3CZOlHp+&#10;mg87EJ5m/wfDoh/UoQxOF3tn7USnYPWaBTLkSRyDWIBsm4K4LMkmBVkW8v8L5S8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAmUdg6bkBAABeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAM4IhutwAAAAKAQAADwAAAAAAAAAAAAAAAAATBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30EEB0A3" wp14:editId="4FFB30E9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>155575</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>953770</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
@@ -2089,96 +2088,96 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="16DC2EBA" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066567D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="16DC2EBA" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="30EEB0A3" id="Pil: uppåt 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:12.25pt;margin-top:75.1pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHvX2GHfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FugzAQRO+V&#10;8g/WRuqtMSARAsVEVaVWaW5N+wEGO4CK1xQ7xPTruz01p9FoRrNvy30wA5v15HqLAuJNBExjY1WP&#10;rYDPj5eHHTDnJSo5WNQCFu1gX63uSlkoe8V3PZ98y2gEXSEFdN6PBeeu6bSRbmNHjZSd7WSkJzu1&#10;XE3ySuNm4EkUbbmRPdKFTo76udPN1+liBOxCfoh/DnNYsuNSv/lvczw3r0Lcr8PTIzCvg/8vwx8+&#10;oUNFTLW9oHJsIJ8RuSdNtzkwKuRpBqwWkCRxCrwq+e0H1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6EbymlUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAe9fYYd8AAAAJAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="2FA0726F">
+                    <v:shape id="Pil: uppåt 24" style="position:absolute;left:0;text-align:left;margin-left:12.25pt;margin-top:75.1pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8956" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRvKaVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNOuCOkXQIsOA&#10;oivQDj0rshwLkESNUmJ3Xz9Kctqs22lYDgQpUY/k82MurwZr2EFh0OBqPj2bcKachEa7Xc2/P24+&#10;XHAWonCNMOBUzZ9V4Fer9+8ue79UM+jANAoZgbiw7H3Nuxj9sqqC7JQV4Qy8cnTZAloRKcRd1aDo&#10;Cd2aajaZLKoesPEIUoVApzflkq8yftsqGb+1bVCRmZpTbzFbzHabbLW6FMsdCt9pObYh/qELK7Sj&#10;oi9QNyIKtkf9B5TVEiFAG88k2AraVkuVZ6BpppM30zx0wqs8C5ET/AtN4f/ByrvDg79HoqH3YRnI&#10;TVMMLVqGQGydzyfpl2ejbtmQqXt+oU4NkUk6nE8nsykRLOlq/nm+WJwnaqsClSA9hvhFgWXJqfne&#10;rxGhz7jicBtiyT5mpRcBjG422pgc4G57bZAdBH3IzSb3VJ78lmYc60mGs0/UMpOCBNUaEcm1vql5&#10;cDvOhNmRUmXEXNtBqkBIpcMbEbpSI8MWeVgdSaNG25pfFDZKZePSM5VVNk7wSmLy4rAdmKbCswSU&#10;TrbQPN9joZY6DF5uNPFxK0K8F0jKo0PapviNTGuAZoHR46wD/Pm385Rf82RpbM56EjON+mMvUHFm&#10;vjpSy8dF+oYsngZ4GmxPA7e310A0T3OD2aXHGM3RbRHsE+3dOhWmK+EkNVdIHYPrWJaMNleq9Tqn&#10;keK9iLfuwcsEfuT8cXgS6EddRBLUHRyFL5ZvtFFySVivZI4B7UfW27jLaQFP45z1+o+z+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHvX2GHfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FugzAQRO+V&#10;8g/WRuqtMSARAsVEVaVWaW5N+wEGO4CK1xQ7xPTruz01p9FoRrNvy30wA5v15HqLAuJNBExjY1WP&#10;rYDPj5eHHTDnJSo5WNQCFu1gX63uSlkoe8V3PZ98y2gEXSEFdN6PBeeu6bSRbmNHjZSd7WSkJzu1&#10;XE3ySuNm4EkUbbmRPdKFTo76udPN1+liBOxCfoh/DnNYsuNSv/lvczw3r0Lcr8PTIzCvg/8vwx8+&#10;oUNFTLW9oHJsIJ8RuSdNtzkwKuRpBqwWkCRxCrwq+e0H1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA6EbymlUCAAC5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAe9fYYd8AAAAJAQAADwAAAAAAAAAAAAAAAACvBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAALsFAAAAAA==&#10;" w14:anchorId="30EEB0A3">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="16DC2EBA" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066567D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="0666B90B" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -2219,52 +2218,52 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:line w14:anchorId="0D8514F1" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="47.5pt,-.5pt" to="50pt,154.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIpugPrwEAAEoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2R3aJcZcXpokF6G&#10;tsC2H8DIki1AXxDVOPn3o5Q07bbbsBwUSiQfycfn1f3BWbZXCU3wPW8XDWfKyzAYP/b854/t9ZIz&#10;zOAHsMGrnh8V8vv11afVHDt1E6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOch0TaMYEsyE7qy4&#10;aZo7MYc0xBSkQqTXzcnJ1xVfayXzs9aoMrM9p95yPVM9d+UU6xV0Y4I4GXluA/6hCwfGU9EL1AYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UdQaapm3+mOb7BFHVWYgcjBea8P/Byqf9g39JRMMcscP4ksoUB51c&#10;+af+2KGSdbyQpQ6ZSXr83H65JUYledqvd8vbppIp3pNjwvyogmPF6Lk1vswCHey/YaaCFPoWUp59&#10;2Bpr6z6sZzMVWLaEySSQLLSFTKaLQ8/Rj5yBHUlvMqcKicGaoaQXIEzj7sEmtgfa+Xbb0K+smcr9&#10;FlZqbwCnU1x1ndTgTCZJWuN6vizJb9nWF3RVRXWe4J2zYu3CcKxUinKjhdWiZ3EVRXy8k/3xE1j/&#10;AgAA//8DAFBLAwQUAAYACAAAACEAtfIfFN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/D&#10;MAyF70j8h8hI3LZkoKG11J0Q0iTgNDYOcMsar6mWOFWTbeXfk53Yybbe0/P3quXonTjRELvACLOp&#10;AkHcBNNxi/C1XU0WIGLSbLQLTAi/FGFZ395UujThzJ902qRW5BCOpUawKfWllLGx5HWchp44a/sw&#10;eJ3yObTSDPqcw72TD0o9Sa87zh+s7unVUnPYHD3Ct9r+8LpYWG7obf7uP1aK1w7x/m58eQaRaEz/&#10;ZrjgZ3SoM9MuHNlE4RCKea6SECazPC+6UnnZITyqQoGsK3ndoP4DAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAyKboD68BAABKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAtfIfFN0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
+                  <w:pict w14:anchorId="2B7AEAC5">
+                    <v:line id="Rak 16" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="47.5pt,-.5pt" to="50pt,154.5pt" w14:anchorId="0D8514F1" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIpugPrwEAAEoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2R3aJcZcXpokF6G&#10;tsC2H8DIki1AXxDVOPn3o5Q07bbbsBwUSiQfycfn1f3BWbZXCU3wPW8XDWfKyzAYP/b854/t9ZIz&#10;zOAHsMGrnh8V8vv11afVHDt1E6ZgB5UYgXjs5tjzKefYCYFyUg5wEaLy5NQhOch0TaMYEsyE7qy4&#10;aZo7MYc0xBSkQqTXzcnJ1xVfayXzs9aoMrM9p95yPVM9d+UU6xV0Y4I4GXluA/6hCwfGU9EL1AYy&#10;sNdk/oJyRqaAQeeFDE4ErY1UdQaapm3+mOb7BFHVWYgcjBea8P/Byqf9g39JRMMcscP4ksoUB51c&#10;+af+2KGSdbyQpQ6ZSXr83H65JUYledqvd8vbppIp3pNjwvyogmPF6Lk1vswCHey/YaaCFPoWUp59&#10;2Bpr6z6sZzMVWLaEySSQLLSFTKaLQ8/Rj5yBHUlvMqcKicGaoaQXIEzj7sEmtgfa+Xbb0K+smcr9&#10;FlZqbwCnU1x1ndTgTCZJWuN6vizJb9nWF3RVRXWe4J2zYu3CcKxUinKjhdWiZ3EVRXy8k/3xE1j/&#10;AgAA//8DAFBLAwQUAAYACAAAACEAtfIfFN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/D&#10;MAyF70j8h8hI3LZkoKG11J0Q0iTgNDYOcMsar6mWOFWTbeXfk53Yybbe0/P3quXonTjRELvACLOp&#10;AkHcBNNxi/C1XU0WIGLSbLQLTAi/FGFZ395UujThzJ902qRW5BCOpUawKfWllLGx5HWchp44a/sw&#10;eJ3yObTSDPqcw72TD0o9Sa87zh+s7unVUnPYHD3Ct9r+8LpYWG7obf7uP1aK1w7x/m58eQaRaEz/&#10;ZrjgZ3SoM9MuHNlE4RCKea6SECazPC+6UnnZITyqQoGsK3ndoP4DAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAyKboD68BAABKAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAtfIfFN0AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23308E53" wp14:editId="18D0C6BE">
                   <wp:extent cx="1212850" cy="1959474"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="3175"/>
                   <wp:docPr id="11" name="Bildobjekt 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1466107898" name=""/>
                           <pic:cNvPicPr/>
@@ -2275,57 +2274,57 @@
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1217017" cy="1966207"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02DEB5EC" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="02DEB5EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C653088" wp14:editId="71038C26">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
@@ -2341,96 +2340,96 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="552450"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="548D7F56" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066567D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="548D7F56" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="1C653088" id="Pil: uppåt 19" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:96.95pt;margin-top:52.75pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyEFVAVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kHyuCOkWQIMOA&#10;oi2QFj0rshwLkESNUmJ3v36U7LRZt9OwHAhSoh7J58fc3PbWsIPCoMFVfHJWcqachFq7XcWfn9Zf&#10;rjkLUbhaGHCq4q8q8Nv55083nZ+pKbRgaoWMQFyYdb7ibYx+VhRBtsqKcAZeObpsAK2IFOKuqFF0&#10;hG5NMS3Lq6IDrD2CVCHQ6Wq45POM3zRKxoemCSoyU3HqLWaL2W6TLeY3YrZD4VstxzbEP3RhhXZU&#10;9A1qJaJge9R/QFktEQI08UyCLaBptFR5BppmUn6YZtMKr/IsRE7wbzSF/wcr7w8b/4hEQ+fDLJCb&#10;pugbtAyB2JqU12X65eGoXdZn7l7fuFN9ZJIOLybldEIMS7q6vJxeXGZuiwErYXoM8ZsCy5JT8b1f&#10;IEKXccXhLkRqgbKPWelFAKPrtTYmB7jbLg2yg6AvuV7nnoYnv6UZxzrqevqVWmZSkKIaIyK51tcV&#10;D27HmTA7kqqMmGs7SBWyDFLtlQjtUCPDDvqwOpJIjbYVH9kYKhuXOlNZZuME7ywmL/bbnmkqfJ6A&#10;0skW6tdHHLilDoOXa01l70SIjwJJenRI6xQfyDQGaBYYPc5awJ9/O0/5FU+WxuasIzXTqD/2AhVn&#10;5rsjuZxfpW/I4mmAp8H2NHB7uwSieZIbzC49xmiOboNgX2jxFqkwXQknqbmB1DFYxmHLaHWlWixy&#10;Gknei3jnNl4m8KMqnvoXgX7URSRB3cNR+WL2QRtDLknlncwxoAXJChqXOW3gaZyz3v9y5r8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDag6tq3AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJNAUBviVBWouSJaPsCJlzgiXofYadO/Z3uC24xmNPu23C5uECecQu9JQbpKQCC13vTU&#10;Kfg87h/WIELUZPTgCRVcMMC2ur0pdWH8mT7wdIid4BEKhVZgYxwLKUNr0emw8iMSZ19+cjqynTpp&#10;Jn3mcTfILEmepdM98QWrR3y12H4fZqfgLY11/SOdfZ9Df2nqp33YuVSp+7tl9wIi4hL/ynDFZ3So&#10;mKnxM5kgBvabxw1XWSR5DoIbWb5m0VyjLAdZlfL/D9UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPIQVUBWAgAAugQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhANqDq2rcAAAACwEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="59F13198">
+                    <v:shape id="Pil: uppåt 19" style="position:absolute;left:0;text-align:left;margin-left:96.95pt;margin-top:52.75pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1029" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8019" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyEFVAVgIAALoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kHyuCOkWQIMOA&#10;oi2QFj0rshwLkESNUmJ3v36U7LRZt9OwHAhSoh7J58fc3PbWsIPCoMFVfHJWcqachFq7XcWfn9Zf&#10;rjkLUbhaGHCq4q8q8Nv55083nZ+pKbRgaoWMQFyYdb7ibYx+VhRBtsqKcAZeObpsAK2IFOKuqFF0&#10;hG5NMS3Lq6IDrD2CVCHQ6Wq45POM3zRKxoemCSoyU3HqLWaL2W6TLeY3YrZD4VstxzbEP3RhhXZU&#10;9A1qJaJge9R/QFktEQI08UyCLaBptFR5BppmUn6YZtMKr/IsRE7wbzSF/wcr7w8b/4hEQ+fDLJCb&#10;pugbtAyB2JqU12X65eGoXdZn7l7fuFN9ZJIOLybldEIMS7q6vJxeXGZuiwErYXoM8ZsCy5JT8b1f&#10;IEKXccXhLkRqgbKPWelFAKPrtTYmB7jbLg2yg6AvuV7nnoYnv6UZxzrqevqVWmZSkKIaIyK51tcV&#10;D27HmTA7kqqMmGs7SBWyDFLtlQjtUCPDDvqwOpJIjbYVH9kYKhuXOlNZZuME7ywmL/bbnmkqfJ6A&#10;0skW6tdHHLilDoOXa01l70SIjwJJenRI6xQfyDQGaBYYPc5awJ9/O0/5FU+WxuasIzXTqD/2AhVn&#10;5rsjuZxfpW/I4mmAp8H2NHB7uwSieZIbzC49xmiOboNgX2jxFqkwXQknqbmB1DFYxmHLaHWlWixy&#10;Gknei3jnNl4m8KMqnvoXgX7URSRB3cNR+WL2QRtDLknlncwxoAXJChqXOW3gaZyz3v9y5r8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDag6tq3AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJNAUBviVBWouSJaPsCJlzgiXofYadO/Z3uC24xmNPu23C5uECecQu9JQbpKQCC13vTU&#10;Kfg87h/WIELUZPTgCRVcMMC2ur0pdWH8mT7wdIid4BEKhVZgYxwLKUNr0emw8iMSZ19+cjqynTpp&#10;Jn3mcTfILEmepdM98QWrR3y12H4fZqfgLY11/SOdfZ9Df2nqp33YuVSp+7tl9wIi4hL/ynDFZ3So&#10;mKnxM5kgBvabxw1XWSR5DoIbWb5m0VyjLAdZlfL/D9UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPIQVUBWAgAAugQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhANqDq2rcAAAACwEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" w14:anchorId="1C653088">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="548D7F56" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066567D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="6F6EA83F" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -2460,96 +2459,96 @@
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="624780CC" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066567D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                                <w:p w:rsidRPr="0066567D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="624780CC" w14:textId="77777777">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:shape w14:anchorId="3024773B" id="Pil: uppåt 22" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:40.95pt;margin-top:3.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6PO4YVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwPAGl&#10;k61rnu+xUEsdBi82ivi4hRDvAUl5dEjbFL+RabWjWdzocdY5/Pm385Rf82RpbM56EjON+mMPKDnT&#10;Xy2p5eMifUMWTwM8Dbangd2ba0c0T3OD2aXHGPXRbdGZJ9q7dSpMV2AFNVdIHYPrWJaMNlfI9Tqn&#10;keI9xFv74EUCP3L+ODwB+lEXkQR1547Ch+UbbZRcEtYrmWNA+5H1Nu5yWsDTOGe9/uOsfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPtA9FndAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8m&#10;vsNmTLzZhZJKiyyNMdHU3qw+wMJOgcjOIrul4NM7PdnjzPfnn2/y7WQ7MeLgW0cK4kUEAqlypqVa&#10;wdfn68MahA+ajO4coYIZPWyL25tcZ8ad6QPHQ6gFl5DPtIImhD6T0lcNWu0XrkdidnSD1YHHoZZm&#10;0Gcut51cRtGjtLolvtDoHl8arL4PJ6tgPW128e9unOZ0P5fv4cfuj9WbUvd30/MTiIBT+A/DRZ/V&#10;oWCn0p3IeNEpSFdLTvI+SUBc+CqJQZQM0g3IIpfXDxR/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALo87hhVAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPtA9FndAAAACAEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="1pt">
+                  <w:pict w14:anchorId="55BE680D">
+                    <v:shape id="Pil: uppåt 22" style="position:absolute;left:0;text-align:left;margin-left:40.95pt;margin-top:3.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1030" fillcolor="red" stroked="f" strokeweight="1pt" type="#_x0000_t68" adj="8956" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6PO4YVQIAALkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kadYFdYqgRYYB&#10;RVegHXpmZDkWoK9RSuzu14+SnDbrdhqWA0FK1CP5/JjLq8FodpAYlLM1n55NOJNWuEbZXc2/P24+&#10;XHAWItgGtLOy5s8y8KvV+3eXvV/KmeucbiQyArFh2fuadzH6ZVUF0UkD4cx5aemydWggUoi7qkHo&#10;Cd3oajaZLKreYePRCRkCnd6US77K+G0rRfzWtkFGpmtOvcVsMdttstXqEpY7BN8pMbYB/9CFAWWp&#10;6AvUDURge1R/QBkl0AXXxjPhTOXaVgmZZ6BpppM30zx04GWehcgJ/oWm8P9gxd3hwd8j0dD7sAzk&#10;pimGFg1DR2ydzyfpl2ejbtmQqXt+oU4OkQk6nE8nsykRLOhq/nm+WJwnaqsClSA9hvhFOsOSU/O9&#10;XyO6PuPC4TbEkn3MSi+C06rZKK1zgLvttUZ2APqQm03uqTz5LU1b1pMMZ5+oZSaABNVqiOQa39Q8&#10;2B1noHekVBEx17YuVSCk0uENhK7UyLBFHkZF0qhWpuYXhY1SWdv0TGaVjRO8kpi8OGwHpqjwPAGl&#10;k61rnu+xUEsdBi82ivi4hRDvAUl5dEjbFL+RabWjWdzocdY5/Pm385Rf82RpbM56EjON+mMPKDnT&#10;Xy2p5eMifUMWTwM8Dbangd2ba0c0T3OD2aXHGPXRbdGZJ9q7dSpMV2AFNVdIHYPrWJaMNlfI9Tqn&#10;keI9xFv74EUCP3L+ODwB+lEXkQR1547Ch+UbbZRcEtYrmWNA+5H1Nu5yWsDTOGe9/uOsfgEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPtA9FndAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8m&#10;vsNmTLzZhZJKiyyNMdHU3qw+wMJOgcjOIrul4NM7PdnjzPfnn2/y7WQ7MeLgW0cK4kUEAqlypqVa&#10;wdfn68MahA+ajO4coYIZPWyL25tcZ8ad6QPHQ6gFl5DPtIImhD6T0lcNWu0XrkdidnSD1YHHoZZm&#10;0Gcut51cRtGjtLolvtDoHl8arL4PJ6tgPW128e9unOZ0P5fv4cfuj9WbUvd30/MTiIBT+A/DRZ/V&#10;oWCn0p3IeNEpSFdLTvI+SUBc+CqJQZQM0g3IIpfXDxR/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALo87hhVAgAAuQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPtA9FndAAAACAEAAA8AAAAAAAAAAAAAAAAArwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" w14:anchorId="3024773B">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
-                          <w:p w14:paraId="624780CC" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="0066567D" w:rsidRDefault="00D45611" w:rsidP="005117C2">
+                          <w:p w:rsidRPr="0066567D" w:rsidR="00D45611" w:rsidP="005117C2" w:rsidRDefault="00D45611" w14:paraId="2EACC26A" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
@@ -2590,52 +2589,52 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:line w14:anchorId="1C27EAF8" id="Rak 12" o:spid="_x0000_s1026" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="77.15pt,-3.1pt" to="77.15pt,100.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiDyxYqAEAAEYDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X2S3wBAYUXpokF2K&#10;rcC2H8DIki1AXxDVOPn3o5Q07bbbsCCQKYp8JB/f5uHkHTvqjDYGyftVx5kOKo42TJL//LH/tOYM&#10;C4QRXAxa8rNG/rD9+GGzpEHfxTm6UWdGIAGHJUk+l5IGIVDN2gOuYtKBHk3MHgpd8yTGDAuheyfu&#10;uu6zWGIeU45KI5J3d3nk24ZvjFblmzGoC3OSU2+lnbmdh3qK7QaGKUOarbq2Af/QhQcbqOgNagcF&#10;2Eu2f0F5q3LEaMpKRS+iMVbpNgNN03d/TPN9hqTbLEQOphtN+P9g1dfjY3jORMOScMD0nOsUJ5N9&#10;/VJ/7NTIOt/I0qfC1MWpyNvf9/RvRIq3xJSxfNHRs2pI7myoc8AAxycsVIxCX0OqO8S9da7twgW2&#10;SH6/7jtalwKShHFQyPRplBzDxBm4ibSmSm6QGJ0da3oFwjwdHl1mR6B97/cd/eqKqdxvYbX2DnC+&#10;xLWnixK8LSRHZ73k65r8mu1CRddNUNcJ3viq1iGO50ajqDdaVit6FVZVw/s72e/lv/0FAAD//wMA&#10;UEsDBBQABgAIAAAAIQDi6qnY3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NTwIxEIbvJv6H&#10;Zky8QSsIwXW7xJiQqCcED3or23G7sZ1utgXWf8/gBY/vzJP3o1wOwYsD9qmNpOFurEAg1dG21Gj4&#10;2K5GCxApG7LGR0INv5hgWV1flaaw8UjveNjkRrAJpcJocDl3hZSpdhhMGscOiX/fsQ8ms+wbaXtz&#10;ZPPg5USpuQymJU5wpsNnh/XPZh80fKrtF60fFo5qfJm9hreVorXX+vZmeHoEkXHIFxjO9bk6VNxp&#10;F/dkk/CsZ/dTRjWM5hMQZ+DvsNPAuVOQVSn/T6hOAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAGIPLFioAQAARgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOLqqdjcAAAACgEAAA8AAAAAAAAAAAAAAAAAAgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
+                  <w:pict w14:anchorId="27F5AA6B">
+                    <v:line id="Rak 12" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="77.15pt,-3.1pt" to="77.15pt,100.15pt" w14:anchorId="1C27EAF8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiDyxYqAEAAEYDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X2S3wBAYUXpokF2K&#10;rcC2H8DIki1AXxDVOPn3o5Q07bbbsCCQKYp8JB/f5uHkHTvqjDYGyftVx5kOKo42TJL//LH/tOYM&#10;C4QRXAxa8rNG/rD9+GGzpEHfxTm6UWdGIAGHJUk+l5IGIVDN2gOuYtKBHk3MHgpd8yTGDAuheyfu&#10;uu6zWGIeU45KI5J3d3nk24ZvjFblmzGoC3OSU2+lnbmdh3qK7QaGKUOarbq2Af/QhQcbqOgNagcF&#10;2Eu2f0F5q3LEaMpKRS+iMVbpNgNN03d/TPN9hqTbLEQOphtN+P9g1dfjY3jORMOScMD0nOsUJ5N9&#10;/VJ/7NTIOt/I0qfC1MWpyNvf9/RvRIq3xJSxfNHRs2pI7myoc8AAxycsVIxCX0OqO8S9da7twgW2&#10;SH6/7jtalwKShHFQyPRplBzDxBm4ibSmSm6QGJ0da3oFwjwdHl1mR6B97/cd/eqKqdxvYbX2DnC+&#10;xLWnixK8LSRHZ73k65r8mu1CRddNUNcJ3viq1iGO50ajqDdaVit6FVZVw/s72e/lv/0FAAD//wMA&#10;UEsDBBQABgAIAAAAIQDi6qnY3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NTwIxEIbvJv6H&#10;Zky8QSsIwXW7xJiQqCcED3or23G7sZ1utgXWf8/gBY/vzJP3o1wOwYsD9qmNpOFurEAg1dG21Gj4&#10;2K5GCxApG7LGR0INv5hgWV1flaaw8UjveNjkRrAJpcJocDl3hZSpdhhMGscOiX/fsQ8ms+wbaXtz&#10;ZPPg5USpuQymJU5wpsNnh/XPZh80fKrtF60fFo5qfJm9hreVorXX+vZmeHoEkXHIFxjO9bk6VNxp&#10;F/dkk/CsZ/dTRjWM5hMQZ+DvsNPAuVOQVSn/T6hOAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAGIPLFioAQAARgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOLqqdjcAAAACgEAAA8AAAAAAAAAAAAAAAAAAgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38DBB35D" wp14:editId="5F7CC10A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-635</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>654050</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1867535" cy="17780"/>
                       <wp:effectExtent l="19050" t="19050" r="18415" b="20320"/>
                       <wp:wrapNone/>
@@ -2655,3458 +2654,3457 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-                    <v:line w14:anchorId="38D2BA2D" id="Rak 23" o:spid="_x0000_s1026" style="position:absolute;flip:x y;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-.05pt,51.5pt" to="147pt,52.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2MdKAuwEAAF4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKutkRR0z1sVTgg&#10;WAmW+9SxE0v+ksc07b9n7HTLAjdEDtaMZ+Z55s3L9uFsDTvJiNq7njermjPphB+0G3v+/O3wruUM&#10;E7gBjHey5xeJ/GH39s12Dp1c+8mbQUZGIA67OfR8Sil0VYVikhZw5YN0FFQ+WkjkxrEaIsyEbk21&#10;rutNNfs4hOiFRKTb/RLku4KvlBTpi1IoEzM9p95SOWM5j/msdlvoxghh0uLaBvxDFxa0o0dvUHtI&#10;wH5E/ReU1SJ69CqthLeVV0oLWWagaZr6j2m+ThBkmYXIwXCjCf8frPh8enRPkWiYA3YYnmKe4qyi&#10;Zcro8JF2yov1PVs5Rj2zcyHwciNQnhMTdNm0m/f3d/ecCYo17XqzzgRXC2AuDhHTB+kty0bPjXZ5&#10;Pujg9AnTkvqSkq+dP2hjyo6MY3PP79qmpjUKIKkoA4lMG4aeoxs5AzOSBkWKBRK90UMuz0AYx+Oj&#10;iewEpIPDoabv2tlvafntPeC05JXQohCrE8nUaNvzNhe/VBuX0WUR2nWCXzxm6+iHS6G3yh4tsdBx&#10;FVxWyWuf7Ne/xe4nAAAA//8DAFBLAwQUAAYACAAAACEAPylKc9oAAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbExPy27CMBC8I/UfrK3UGzgBgiCNg1CrfkCBDzDxkljE6yg2Sdqv73Iqt52HZmeK/eRa&#10;MWAfrCcF6SIBgVR5Y6lWcD59zbcgQtRkdOsJFfxggH35Mit0bvxI3zgcYy04hEKuFTQxdrmUoWrQ&#10;6bDwHRJrV987HRn2tTS9HjnctXKZJBvptCX+0OgOPxqsbse7U2BXJ9tNv4dhp9fp5jM7Z7eRMqXe&#10;XqfDO4iIU/w3w6M+V4eSO138nUwQrYJ5ykamkxVPYn25W/NxeTDZFmRZyOcF5R8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEANjHSgLsBAABeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAPylKc9oAAAAJAQAADwAAAAAAAAAAAAAAAAAVBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
+                  <w:pict w14:anchorId="72B2C3A4">
+                    <v:line id="Rak 23" style="position:absolute;flip:x y;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="-.05pt,51.5pt" to="147pt,52.9pt" w14:anchorId="38D2BA2D" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2MdKAuwEAAF4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKutkRR0z1sVTgg&#10;WAmW+9SxE0v+ksc07b9n7HTLAjdEDtaMZ+Z55s3L9uFsDTvJiNq7njermjPphB+0G3v+/O3wruUM&#10;E7gBjHey5xeJ/GH39s12Dp1c+8mbQUZGIA67OfR8Sil0VYVikhZw5YN0FFQ+WkjkxrEaIsyEbk21&#10;rutNNfs4hOiFRKTb/RLku4KvlBTpi1IoEzM9p95SOWM5j/msdlvoxghh0uLaBvxDFxa0o0dvUHtI&#10;wH5E/ReU1SJ69CqthLeVV0oLWWagaZr6j2m+ThBkmYXIwXCjCf8frPh8enRPkWiYA3YYnmKe4qyi&#10;Zcro8JF2yov1PVs5Rj2zcyHwciNQnhMTdNm0m/f3d/ecCYo17XqzzgRXC2AuDhHTB+kty0bPjXZ5&#10;Pujg9AnTkvqSkq+dP2hjyo6MY3PP79qmpjUKIKkoA4lMG4aeoxs5AzOSBkWKBRK90UMuz0AYx+Oj&#10;iewEpIPDoabv2tlvafntPeC05JXQohCrE8nUaNvzNhe/VBuX0WUR2nWCXzxm6+iHS6G3yh4tsdBx&#10;FVxWyWuf7Ne/xe4nAAAA//8DAFBLAwQUAAYACAAAACEAPylKc9oAAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbExPy27CMBC8I/UfrK3UGzgBgiCNg1CrfkCBDzDxkljE6yg2Sdqv73Iqt52HZmeK/eRa&#10;MWAfrCcF6SIBgVR5Y6lWcD59zbcgQtRkdOsJFfxggH35Mit0bvxI3zgcYy04hEKuFTQxdrmUoWrQ&#10;6bDwHRJrV987HRn2tTS9HjnctXKZJBvptCX+0OgOPxqsbse7U2BXJ9tNv4dhp9fp5jM7Z7eRMqXe&#10;XqfDO4iIU/w3w6M+V4eSO138nUwQrYJ5ykamkxVPYn25W/NxeTDZFmRZyOcF5R8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEANjHSgLsBAABeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAPylKc9oAAAAJAQAADwAAAAAAAAAAAAAAAAAVBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="500676B2" wp14:editId="2304713E">
                   <wp:extent cx="1868158" cy="1273810"/>
                   <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                   <wp:docPr id="15" name="Bildobjekt 15"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1447383220" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1878534" cy="1280885"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="72F75EB3" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="72F75EB3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="54C7DC37" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="54C7DC37" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">AX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="125803D3" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="125803D3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk. DFOV ska omfatta hela thorax och buk med 5-10 cm marginal på vardera sidan om kroppen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="559760F6" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="559760F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6F96C2" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2B6F96C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="7FECABB2" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="7FECABB2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="16F8EB25" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="16F8EB25" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6661B67E" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6661B67E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA2E7A0" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4DA2E7A0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9CB585" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7D9CB585" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="44B31B2F" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="44B31B2F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3583B996" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="3583B996" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="197374F4" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="197374F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Justeras så att anatomin blir symmetrisk.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5A76B9" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7D5A76B9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="12899F5B" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="12899F5B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2626AB99" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2626AB99" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3491D809" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="009C70B0">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="009C70B0" w:rsidRDefault="00D45611" w14:paraId="3491D809" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D45611">
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="0217752B" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="0217752B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A19A7BC" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="5A19A7BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bild/serie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2544C8AA" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2544C8AA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Projektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD2F4C7" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="5AD2F4C7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Snitt/ink.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A055A05" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6A055A05" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="6A5B68F3" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6A5B68F3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD62B23" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4FD62B23" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6641B707" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6641B707" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="7AF5026C" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="7AF5026C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F69C21" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="58F69C21" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aorta hela K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07D08FF6" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="07D08FF6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="672F7F0C" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="672F7F0C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2429CF6B" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2429CF6B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73071076" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="73071076" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="710F81D7" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="710F81D7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="402B1867" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="402B1867" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="246AEA0A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="246AEA0A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34A13E67" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="34A13E67" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28E3B4CF" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="28E3B4CF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="429C364D" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="429C364D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DDBFE49" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7DDBFE49" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB7404F" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7BB7404F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="345899F9" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="345899F9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5053EB14" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="5053EB14" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6E38EE" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="3E6E38EE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="258AD40F" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="258AD40F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59F615DE" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="59F615DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50B1DE5B" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="50B1DE5B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52AC3ACD" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="52AC3ACD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="04E998E2" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="04E998E2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4617B495" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4617B495" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16778AC7" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="16778AC7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0313B52F" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="0313B52F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0,6/0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="261A8B17" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="261A8B17" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B31/Standard/FC08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6356C1FB" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6356C1FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C100 W700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="125C95C0" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="125C95C0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="7797919F" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="7797919F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="109AB713" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="109AB713" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6E0462" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="1A6E0462" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09AAEB16" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="09AAEB16" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D096967" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7D096967" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1DA062" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6D1DA062" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="249EB522" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="249EB522" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="208BE7B1" w14:textId="77777777" w:rsidTr="00777C86">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00777C86" w14:paraId="208BE7B1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CBA6A6A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="0CBA6A6A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66911C7A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="66911C7A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67FE6875" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="67FE6875" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25FA3F2D" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="25FA3F2D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C565FB1" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="0C565FB1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68A1C192" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="68A1C192" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32442920" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="32442920" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F5EBFDA" w14:textId="77777777" w:rsidR="009C70B0" w:rsidRDefault="009C70B0">
+    <w:p w:rsidR="009C70B0" w:rsidRDefault="009C70B0" w14:paraId="6F5EBFDA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BEA7076" w14:textId="3B28147C" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="009C70B0">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="009C70B0" w:rsidRDefault="00D45611" w14:paraId="7BEA7076" w14:textId="3B28147C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D45611">
-        <w:lastRenderedPageBreak/>
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
-[...2 lines deleted...]
-          <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
+          <w:top w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:left w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:bottom w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
+          <w:right w:val="dotted" w:color="808080" w:sz="2" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="566"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="3D2159BC" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="3D2159BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE955C7" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6BE955C7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="718C9752" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="718C9752" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="39961183" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="39961183" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D2A97A5" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4D2A97A5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="76087299" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="76087299" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="030EEDEB" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="030EEDEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="437C4867" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="437C4867" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Layout 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11F27FB9" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="11F27FB9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aorta hela K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F1A89B1" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="1F1A89B1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="58210897" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="58210897" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06537907" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="06537907" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aorta hela K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B56B1CC" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4B56B1CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57EFB80C" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="57EFB80C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aorta hela K+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22749581" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="22749581" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45611">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SAG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9833FA" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6D9833FA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="22EAA0F4" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="22EAA0F4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC9F9A7" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6EC9F9A7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="557B7F18" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="557B7F18" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC79D32" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7DC79D32" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE6936D" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="6DE6936D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="41B2BE00" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="41B2BE00" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="012FD428" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="012FD428" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="3F1E306B" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="3F1E306B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2D80BE" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="1E2D80BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="52B0BEAB" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="52B0BEAB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="618F8CCF" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="618F8CCF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5B19CBE5" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="5B19CBE5" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="07B00336" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="07B00336" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0677DB21" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="0677DB21" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="4ECCBA52" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="4ECCBA52" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="043451E4" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="043451E4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="66364336" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="66364336" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4ABD4EFA" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4ABD4EFA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="5B8B96EC" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="5B8B96EC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="1529CE3A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="1529CE3A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7FD94F86" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7FD94F86" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="0CCBDE61" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="0CCBDE61" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F14B255" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="1F14B255" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="780A38D9" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="780A38D9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B33D218" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="3B33D218" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0FC6E6" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4E0FC6E6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E4E39C6" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4E4E39C6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0B4110" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2A0B4110" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="20A95957" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="20A95957" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="041EE15F" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="041EE15F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB89A7B" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="2FB89A7B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="580B3786" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="580B3786" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="415DFD86" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="415DFD86" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD3E275" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="4DD3E275" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="54A3881B" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="54A3881B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="6D57261A" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="6D57261A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD516CE" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="1BD516CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="58D89927" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="58D89927" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="08784F7A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="08784F7A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8DBACA" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="0A8DBACA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="7A438516" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7A438516" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0B55958E" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="0B55958E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="1C914E90" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="1C914E90" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="435D9228" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="435D9228" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="77BCD2C8" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="77BCD2C8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="21EF4316" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="21EF4316" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:right w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="72ED635A" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="72ED635A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
+              <w:left w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
           </w:tcPr>
-          <w:p w14:paraId="18097506" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="18097506" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDB2E70" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="3DDB2E70" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45611" w:rsidRPr="00D45611" w14:paraId="1C93F2EE" w14:textId="77777777" w:rsidTr="00D45611">
+      <w:tr w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidTr="00D45611" w14:paraId="1C93F2EE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7FB5EB" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="0D7FB5EB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7772B669" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="7772B669" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="06CCC346" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="06CCC346" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="F2F2F2" w:sz="24" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="786C01E8" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="786C01E8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="62922B4C" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+          <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="62922B4C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72DB52A6" w14:textId="77777777" w:rsidR="00D45611" w:rsidRPr="00D45611" w:rsidRDefault="00D45611" w:rsidP="00D45611">
+    <w:p w:rsidRPr="00D45611" w:rsidR="00D45611" w:rsidP="00D45611" w:rsidRDefault="00D45611" w14:paraId="72DB52A6" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00D45611">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00D45611">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D98B001" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="1D98B001" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="217225A7" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="217225A7" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3915C548" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="3915C548" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6166,162 +6164,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -6356,311 +6354,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D6FE7A2" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="0D6FE7A2" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AF417B0" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="7AF417B0" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="39357AC2" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="39357AC2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="1AD9173B">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1031" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="6C53640C">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1032" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -6696,899 +6694,899 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F31E80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42964"/>
     <w:lvl w:ilvl="0" w:tplc="756C4FAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="921E1998" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7653,992 +7651,992 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB018CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FBA80B4"/>
     <w:lvl w:ilvl="0" w:tplc="9BFEF4C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6D34F38E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="161EEA48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="844A9122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6C2C5DCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="C67875FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0F381924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C130044A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CA5CA898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A634650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4782C3CA"/>
     <w:lvl w:ilvl="0" w:tplc="A4F60058">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9EA23C88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8700,486 +8698,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F42E1034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AF0C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB72D93C"/>
     <w:lvl w:ilvl="0" w:tplc="7CAEAF56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="170" w:hanging="170"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1E04CB8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="33F25028" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="8F24D94A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="9D2C36CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="C37CF638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="66CC31DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="93E68978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5D0296F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2114127605">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="881163733">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="271934924">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="468589825">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1660617048">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1179732045">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="610356695">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1317143825">
@@ -9212,70 +9210,71 @@
   <w:num w:numId="17" w16cid:durableId="315575623">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1803113178">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1091387982">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1215313979">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1848591413">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1843542139">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="119760947">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -9660,190 +9659,191 @@
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA2E55"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="5CDB88CA"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9868,75 +9868,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -9971,57 +9971,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -10079,700 +10079,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -10836,609 +10836,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11447,94 +11447,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11543,496 +11543,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -12099,51 +12099,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15489,75 +15489,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Aorta hela K+ (839800)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>7</revision>
+  <revision>8</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>