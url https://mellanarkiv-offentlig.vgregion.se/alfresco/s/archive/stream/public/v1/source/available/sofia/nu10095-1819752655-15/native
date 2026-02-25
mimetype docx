--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -7,51 +7,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0E2A037F" w14:textId="77777777" w:rsidR="0099527E" w:rsidRDefault="0099527E" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="0099527E" w:rsidSect="0099527E">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="40AB4737" w14:textId="52922DD5" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="009B48B3" w:rsidP="00AF6AEF">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
@@ -100,79 +100,68 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gemensam rutin för att utföra undersökning på ett säkert och enhetligt sätt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389E6487" w14:textId="77777777" w:rsidR="00AF6AEF" w:rsidRPr="0099527E" w:rsidRDefault="00AF6AEF" w:rsidP="0099527E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E6900DF" w14:textId="77777777" w:rsidR="00AF6AEF" w:rsidRPr="0099527E" w:rsidRDefault="00AF6AEF" w:rsidP="00AF6AEF">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D534D2B" w14:textId="6F4D2F14" w:rsidR="00AF6AEF" w:rsidRPr="0099527E" w:rsidRDefault="00B41AFB" w:rsidP="00AF6AEF">
+    <w:p w14:paraId="6CAE9B62" w14:textId="7EC97574" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="00AD2725" w:rsidP="0099527E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Rutinen uppdaterad.</w:t>
+        <w:t>Lagt till FFA 110 cm under stycket inför undersökning.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2259"/>
         <w:gridCol w:w="3389"/>
         <w:gridCol w:w="3532"/>
       </w:tblGrid>
       <w:tr w:rsidR="0099527E" w:rsidRPr="0099527E" w14:paraId="70C10D57" w14:textId="77777777" w:rsidTr="00C172EB">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="018BF19F" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="00AF6AEF">
             <w:pPr>
               <w:pStyle w:val="Rubrik2"/>
@@ -377,63 +366,63 @@
             <w:tcW w:w="6921" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="463EB89F" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se kapitel 4.2 och 5.1 i </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F3D9316" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="00000000" w:rsidP="0099527E">
+          <w:p w14:paraId="6F3D9316" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="0099527E" w:rsidRPr="0099527E">
+              <w:r w:rsidRPr="0099527E">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0099527E" w:rsidRPr="0099527E" w14:paraId="5E996823" w14:textId="77777777" w:rsidTr="00C172EB">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="522D9942" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
@@ -509,143 +498,194 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbetsplats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6921" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4508C503" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adora</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="7C7ACE31" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0099527E" w:rsidRPr="0099527E" w14:paraId="37F74FFD" w14:textId="77777777" w:rsidTr="00C172EB">
         <w:trPr>
           <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF4A5B5" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
+          <w:p w14:paraId="2EF760CC" w14:textId="77777777" w:rsidR="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Detektor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EAB72AD" w14:textId="77777777" w:rsidR="00AD2725" w:rsidRDefault="00AD2725" w:rsidP="0099527E">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CF4A5B5" w14:textId="14CFECB4" w:rsidR="00AD2725" w:rsidRPr="0099527E" w:rsidRDefault="00AD2725" w:rsidP="0099527E">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6921" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2085B6AB" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
+          <w:p w14:paraId="2085B6AB" w14:textId="77777777" w:rsidR="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stor i potter</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44BD9483" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4A1FECDC" w14:textId="77777777" w:rsidR="00AD2725" w:rsidRDefault="00AD2725" w:rsidP="0099527E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44BD9483" w14:textId="2D4F7577" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="00AD2725" w:rsidP="00AD2725">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 cm</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0099527E" w:rsidRPr="0099527E" w14:paraId="794E461F" w14:textId="77777777" w:rsidTr="00C172EB">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25C4740E" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1135,69 +1175,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="698DD12B" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vinkla så att leden är rak, ca 10° </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Vinkla så att leden är rak, ca 10° kraniellt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="009E5A55" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="55FC1E15" w14:textId="77777777" w:rsidR="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
@@ -1249,67 +1271,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ingen rotation i knät.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40C4A909" w14:textId="31E458C6" w:rsidR="001F39ED" w:rsidRPr="0099527E" w:rsidRDefault="001F39ED" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Femorotibiala</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> leden ska vara öppen med raka platåer.</w:t>
+              <w:t>Femorotibiala leden ska vara öppen med raka platåer.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="441AF61A" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59602D05" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2302"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1551,199 +1563,135 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3AC1AC74" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projicera så att </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Projicera så att femurkondylerna ligger på varandra, rak patella.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33019F8E" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42E97C82" w14:textId="6C716BED" w:rsidR="00B627F6" w:rsidRDefault="0099527E" w:rsidP="0099527E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>femurkondylerna</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Vinkla </w:t>
+            </w:r>
+            <w:r w:rsidR="00B627F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ev.</w:t>
+            </w:r>
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ligger på varandra, rak patella.</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">Vinkla </w:t>
+              <w:t xml:space="preserve"> 5-10° kaudalt</w:t>
             </w:r>
             <w:r w:rsidR="00B627F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ev.</w:t>
-[...42 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40A7FB6F" w14:textId="77777777" w:rsidR="00962D4F" w:rsidRDefault="00962D4F" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63F6A9D2" w14:textId="6F907313" w:rsidR="00962D4F" w:rsidRDefault="00962D4F" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maximalt </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> bild.</w:t>
+              <w:t>Maximalt utbländad bild.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30C91529" w14:textId="77777777" w:rsidR="00B627F6" w:rsidRDefault="00B627F6" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64429F64" w14:textId="6AE9B3EA" w:rsidR="00B627F6" w:rsidRPr="009B4A04" w:rsidRDefault="00B627F6" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1771,98 +1719,70 @@
             <w:r w:rsidRPr="0099527E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rak sida.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61931151" w14:textId="77777777" w:rsidR="00B627F6" w:rsidRDefault="00B627F6" w:rsidP="0099527E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Öppen </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Öppen femoropatellarled.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6052D404" w14:textId="626729F2" w:rsidR="00B627F6" w:rsidRPr="0099527E" w:rsidRDefault="009B4A04" w:rsidP="0099527E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>femoropatellarled</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> ska ligga över varandra.</w:t>
+              <w:t>Femurkondylerna ska ligga över varandra.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="649C7797" w14:textId="77777777" w:rsidR="0099527E" w:rsidRPr="0099527E" w:rsidRDefault="0099527E" w:rsidP="0099527E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -2191,69 +2111,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1199B7A6" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="00014640" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00014640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Centrera i ledspringan mellan patella och </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Centrera i ledspringan mellan patella och femur.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51270C4F" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="00014640" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62100498" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="008822E2" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -2322,169 +2224,97 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04E134AF" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="00014640" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00014640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patienten håller detektorn/bildplattan på </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Patienten håller detektorn/bildplattan på femur.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EAED159" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="00014640" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23A230E1" w14:textId="6123B0B7" w:rsidR="008822E2" w:rsidRPr="00014640" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00014640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>femur</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Vinkla röret kaudalt cirka </w:t>
+            </w:r>
+            <w:r w:rsidR="00806554" w:rsidRPr="00014640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5–15</w:t>
+            </w:r>
             <w:r w:rsidRPr="00014640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...99 lines deleted...]
-              <w:t xml:space="preserve"> strålriktning.</w:t>
+              <w:t>° tills du kommer in i leden mellan femur och patella. Kraniell strålriktning.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2039F0A5" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="00014640" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69D1B9AA" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="008822E2" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -2493,69 +2323,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kriterier</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DCC92CA" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="00014640" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00014640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patella projiceras fritt från </w:t>
-[...17 lines deleted...]
-              <w:t>. Ingen vridning i knät.</w:t>
+              <w:t>Patella projiceras fritt från femur. Ingen vridning i knät.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C2815AB" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="00014640" w:rsidRDefault="008822E2" w:rsidP="00ED0B95">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48D40322" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="008822E2" w:rsidRDefault="008822E2" w:rsidP="008822E2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
@@ -2672,50 +2484,83 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003B0A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="003B0A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_snLY6N7CNYfSzlp0jlUy.gif/id_28144/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidR="003B0A1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="464646"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="464646"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="464646"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_snLY6N7CNYfSzlp0jlUy.gif/id_28144/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -2744,288 +2589,343 @@
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:pict w14:anchorId="3CC5A119">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Patella höger" style="width:150.9pt;height:90.15pt">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Patella höger" style="width:150.75pt;height:90pt">
                   <v:imagedata r:id="rId20" r:href="rId21"/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="003B0A1C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008822E2">
+            <w:r w:rsidR="003B0A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+            <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008822E2">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C57CCCB" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="008822E2" w:rsidRDefault="008822E2" w:rsidP="008822E2">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Patella vänster</w:t>
-[...6 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008822E2">
+              <w:t>Patella vänster</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F5851ED" w14:textId="77777777" w:rsidR="008822E2" w:rsidRPr="008822E2" w:rsidRDefault="008822E2" w:rsidP="008822E2">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+              <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+              <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="003B0A1C">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003B0A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+              <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="003B0A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00000000">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="003B0A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00000000">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00000000">
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="464646"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="464646"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/storage_Edited/filename_qvagnTeMYYG1myqnmrHc.gif/id_28145/scope_0/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="464646"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="464646"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:pict w14:anchorId="04C1FDCC">
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Patella vänster" style="width:150.9pt;height:88.9pt">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Patella vänster" style="width:150.75pt;height:89.25pt">
                   <v:imagedata r:id="rId22" r:href="rId23"/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="464646"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003B0A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="464646"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008822E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -3104,118 +3004,118 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="0099527E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C4D4C39" w14:textId="77777777" w:rsidR="009C1480" w:rsidRDefault="009C1480">
+    <w:p w14:paraId="4ED206FE" w14:textId="77777777" w:rsidR="006A34CF" w:rsidRDefault="006A34CF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="180E0044" w14:textId="77777777" w:rsidR="009C1480" w:rsidRDefault="009C1480">
+    <w:p w14:paraId="7980C119" w14:textId="77777777" w:rsidR="006A34CF" w:rsidRDefault="006A34CF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="10FB4D3B" w14:textId="77777777" w:rsidR="009C1480" w:rsidRDefault="009C1480">
+    <w:p w14:paraId="5D2A9026" w14:textId="77777777" w:rsidR="006A34CF" w:rsidRDefault="006A34CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -3240,89 +3140,89 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -3351,51 +3251,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3429,87 +3329,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="275D7EFA" w14:textId="77777777" w:rsidR="009C1480" w:rsidRDefault="009C1480"/>
+    <w:p w14:paraId="1EAD0619" w14:textId="77777777" w:rsidR="006A34CF" w:rsidRDefault="006A34CF"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6185080D" w14:textId="77777777" w:rsidR="009C1480" w:rsidRDefault="009C1480">
+    <w:p w14:paraId="319F5979" w14:textId="77777777" w:rsidR="006A34CF" w:rsidRDefault="006A34CF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="663C1AE8" w14:textId="77777777" w:rsidR="009C1480" w:rsidRDefault="009C1480">
+    <w:p w14:paraId="0C7B6215" w14:textId="77777777" w:rsidR="006A34CF" w:rsidRDefault="006A34CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3573,66 +3473,66 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3698,51 +3598,51 @@
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -3783,51 +3683,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6076,54 +5976,53 @@
   <w:num w:numId="15" w16cid:durableId="1765347469">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1898317081">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1220244778">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1782601117">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1502625652">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="107941122">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1325402086">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -6172,50 +6071,51 @@
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E2689"/>
     <w:rsid w:val="001F0547"/>
     <w:rsid w:val="001F39ED"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
@@ -6286,97 +6186,100 @@
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="006014F1"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
+    <w:rsid w:val="006A34CF"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="0075474E"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="0079388D"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00806554"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="008822E2"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
@@ -6419,72 +6322,74 @@
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD2725"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF6AEF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B41AFB"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B627F6"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B841D1"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
@@ -6495,50 +6400,51 @@
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD5DD8"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E17BA1"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED2D61"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
@@ -6574,51 +6480,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8988,51 +8894,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9400,71 +9306,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>545</Words>
-  <Characters>2891</Characters>
+  <Words>608</Words>
+  <Characters>3224</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3430</CharactersWithSpaces>
+  <CharactersWithSpaces>3825</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Knä – Protesknä preoperativt med kula</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>15</revision>
+  <revision>17</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>