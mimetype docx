--- v0 (2026-01-07)
+++ v1 (2026-03-19)
@@ -11,539 +11,597 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4551BB9C" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="00F35B05">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="003C4D21" w:rsidSect="003C4D21">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="13E6E90F" w14:textId="77777777" w:rsidR="00A55AC6" w:rsidRPr="003C4D21" w:rsidRDefault="00A55AC6" w:rsidP="00A55AC6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="291B1D4B" w14:textId="5385F83B" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="00A55AC6" w:rsidP="00A55AC6">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w14:paraId="291B1D4B" w14:textId="5D2F1EF2" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="00A55AC6" w:rsidP="00A55AC6">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4D21">
-        <w:t>DT Akut njursten (852706A)</w:t>
+      <w:r>
+        <w:t xml:space="preserve">DT </w:t>
+      </w:r>
+      <w:r w:rsidR="42B7AA04">
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00311D79">
+        <w:t>rinvägsöversikt</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5D68F471">
+        <w:t xml:space="preserve">akut </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(852706A)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103F9CF1" w14:textId="3A2456A1" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="00A55AC6" w:rsidP="00A55AC6">
-[...11 lines deleted...]
-    <w:p w14:paraId="73748318" w14:textId="771CEE95" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="00833024" w:rsidP="003C4D21">
+    <w:p w14:paraId="57D61CBD" w14:textId="23CEEF54" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="0FEC9734">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
-[...23 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C196397" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="00A55AC6">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003C4D21">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="050E6509" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C4D21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1446C132" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
+    <w:p w14:paraId="4BFCE4B7" w14:textId="10B0A1D3" w:rsidR="0FEC9734" w:rsidRDefault="0FEC9734" w:rsidP="0FEC9734">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="2006913E" w14:textId="3A2456A1" w:rsidR="5C7B9C8B" w:rsidRDefault="5C7B9C8B" w:rsidP="0FEC9734">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Förändringar i denna version</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23ED9C38" w14:textId="69C42054" w:rsidR="5C7B9C8B" w:rsidRDefault="5C7B9C8B" w:rsidP="0FEC9734">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0FEC9734">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ändrat namn på protokollet samt ändrat indikationer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A06665" w14:textId="39C94267" w:rsidR="0FEC9734" w:rsidRDefault="0FEC9734" w:rsidP="0FEC9734">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1446C132" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="796E541B" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="00A55AC6">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003C4D21">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="54B6A37A" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="54B6A37A" w14:textId="77777777" w:rsidTr="00217583">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="189D91D0" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indikation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FEF91BB" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
+          <w:p w14:paraId="6FEF91BB" w14:textId="31C3C480" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="00F8496E" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C4D21">
-[...5 lines deleted...]
-              <w:t>Njursten, akuta patienter.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="008F1C2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rinvägskonkrement</w:t>
+            </w:r>
+            <w:r w:rsidR="003C4D21" w:rsidRPr="003C4D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="008F1C2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hydronefros</w:t>
+            </w:r>
+            <w:r w:rsidR="00A023F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, makrohematuri hos patient &lt; 30 år i kombination med ultraljud och cystoskopi, </w:t>
+            </w:r>
+            <w:r w:rsidR="003C4D21" w:rsidRPr="003C4D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>akuta patienter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="2ECA6CD7" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="2ECA6CD7" w14:textId="77777777" w:rsidTr="00217583">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DAA5290" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A2E56F3" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inga.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="73DA3C99" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="73DA3C99" w14:textId="77777777" w:rsidTr="00217583">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26BE2F4D" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO kontrast/dryck</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6929637A" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ingen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="3DE5D12E" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="3DE5D12E" w14:textId="77777777" w:rsidTr="00217583">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1653AE66" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2356396D" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ingen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="046985BE" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="046985BE" w14:textId="77777777" w:rsidTr="00217583">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3496AF99" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strålskydd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13DB4AEA" w14:textId="7B76AF31" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kvinnor mellan </w:t>
             </w:r>
             <w:r w:rsidR="00A55AC6" w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -561,126 +619,124 @@
               </w:rPr>
               <w:t xml:space="preserve"> år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5ED5ADAD" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4674A84E" w14:textId="7BA3A214" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="00833024" w:rsidP="003C4D21">
+          <w:p w14:paraId="4674A84E" w14:textId="7BA3A214" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="003C4D21" w:rsidRPr="003C4D21">
+              <w:r w:rsidRPr="003C4D21">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="4FB7F232" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="4FB7F232" w14:textId="77777777" w:rsidTr="00217583">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F3C6F7C" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C8DE15B" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -731,93 +787,108 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5ED34500" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="5E9D7F18" w14:textId="77777777" w:rsidR="00540B15" w:rsidRDefault="00540B15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="6A0AECDC" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="00A55AC6">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003C4D21">
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="3999"/>
         <w:gridCol w:w="3089"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="6C1D3F46" w14:textId="77777777" w:rsidTr="003C4D21">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5949" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="402DA849" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
@@ -827,264 +898,265 @@
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DD273FB" wp14:editId="4DB840F2">
                   <wp:extent cx="3267986" cy="809625"/>
                   <wp:effectExtent l="0" t="0" r="46990" b="0"/>
                   <wp:docPr id="18" name="Diagram 18"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                       <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId18" r:lo="rId19" r:qs="rId20" r:cs="rId21"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="329DD5BB" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
+          <w:p w14:paraId="329DD5BB" w14:textId="484AF6A6" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="00B77DA1" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30A058CF" wp14:editId="127BCF53">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30A058CF" wp14:editId="0E1D72BA">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>719455</wp:posOffset>
+                        <wp:posOffset>721995</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>417195</wp:posOffset>
+                        <wp:posOffset>415925</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="410210" cy="1239520"/>
+                      <wp:extent cx="410210" cy="1150620"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="17" name="Upp 17"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="410210" cy="1239520"/>
+                                <a:ext cx="410210" cy="1150620"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FF0000"/>
                               </a:solidFill>
                               <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                                 <a:noFill/>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="1F152FCD" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="0066567D" w:rsidRDefault="003C4D21" w:rsidP="00A55AC6">
                                   <w:pPr>
                                     <w:ind w:left="0" w:right="0"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>1</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
+                              <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="30A058CF" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:56.65pt;margin-top:32.85pt;width:32.3pt;height:97.6pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHMzgxVwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTreuCOkXQIsOA&#10;oi3QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpUo/k82MuLkdr2F5h0OBqXp2UnCknodGuq/n3x82H&#10;c85CFK4RBpyq+bMK/HL1/t3F4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIBXjoItoBWRXOyKBsVA&#10;6NYUi7I8KwbAxiNIFQLdXk9Bvsr4batkvGvboCIzNafeYj4xn9t0FqsLsexQ+F7LuQ3xD11YoR0V&#10;fYG6FlGwHeo/oKyWCAHaeCLBFtC2Wqo8A01TlW+meeiFV3kWIif4F5rC/4OVt/sHf49Ew+DDMpCZ&#10;phhbtAyB2KrK8zL98nDULhszd88v3KkxMkmXH6tyURHDkkLV4vTLp0Umt5jAEqjHEL8qsCwZNd/5&#10;NSIMGVjsb0KkHij7kJVeBDC62WhjsoPd9sog2wv6lJtNbmp68luacWxIHXymnpkUJKnWiEim9U3N&#10;g+s4E6YjrcqIubaDVCHrINW+FqGfamTYSSBWR1Kp0bbmMx1TZeNSZyrrbJ7glcZkxXE7Umoyt9A8&#10;3+PEKrUWvNxoqncjQrwXSKKjS1qkeEdHa4CGgNnirAf8+bf7lE9aoChnA4mYBvyxE6g4M98cqeT0&#10;LH06Fo8dPHa2x47b2SsgcqvcXTbpMUZzMFsE+0T7tk5VKSScpNoTlbNzFafloo2Var3OaTuPuuvp&#10;CQGT6r2IN+7By+QfdPE4Pgn0szIiaeoWDuIXyzfqmHJJLK+szg7tSNbQvM9pCY/9nPX6r7P6BQAA&#10;//8DAFBLAwQUAAYACAAAACEAyYn+Gt8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF&#10;74L/YRnBi9hNWsy2MZtSBBEEBWvB6zQZs8Hd2ZjdtvHfuz3p8TEf731TrSdnxZHG0HvWkM8yEMSN&#10;b3vuNOzeH2+XIEJEbtF6Jg0/FGBdX15UWLb+xG903MZOpBIOJWowMQ6llKEx5DDM/ECcbp9+dBhT&#10;HDvZjnhK5c7KeZYV0mHPacHgQA+Gmq/twWl4Ujc7Vh8vm9zia+jt9G2X5lnr66tpcw8i0hT/YDjr&#10;J3Wok9PeH7gNwqacLxYJ1VDcKRBnQKkViL2GeZGtQNaV/P9C/QsAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAHMzgxVwIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDJif4a3wAAAAoBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAvQUAAAAA&#10;" adj="3574" fillcolor="red" stroked="f" strokeweight="1pt">
+                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:56.85pt;margin-top:32.75pt;width:32.3pt;height:90.6pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjLRmwYAIAAMsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azrSuCOkXQIsOA&#10;oi2QDj0rsmwLkESNUmJ3Xz9Kdtqs22lYDgIpkY/k82Mur0Zr2EFh0OBqXp2VnCknodGuq/n3x82H&#10;C85CFK4RBpyq+bMK/Gr1/t3l4JdqAT2YRiEjEBeWg695H6NfFkWQvbIinIFXjh5bQCsiudgVDYqB&#10;0K0pFmV5XgyAjUeQKgS6vZke+Srjt62S8b5tg4rM1Jx6i/nEfO7SWawuxbJD4Xst5zbEP3RhhXZU&#10;9AXqRkTB9qj/gLJaIgRo45kEW0DbaqnyDDRNVb6ZZtsLr/IsRE7wLzSF/wcr7w5b/4BEw+DDMpCZ&#10;phhbtAyB2KrKizL98nDULhszd88v3KkxMkmXn6pyURHDkp6q6nN5vsjkFhNYAvUY4lcFliWj5nu/&#10;RoQhA4vDbYjUA0Ufo1JGAKObjTYmO9jtrg2yg6BPudnkpqaU38KMYwN1sPhCPTMpSFKtEZFM65ua&#10;B9dxJkxHWpURc20HqULWQap9I0I/1ciwk0CsjqRSo23NZzqmysalzlTW2TzBK43JiuNupNBk7qB5&#10;fsCJVWoteLnRVO9WhPggkERHl7RI8Z6O1gANAbPFWQ/482/3KZ60QK+cDSRiGvDHXqDizHxzpJKP&#10;5+nTsXjq4KmzO3Xc3l4DkVvl7rJJyRjN0WwR7BPt2zpVpSfhJNWeqJyd6zgtF22sVOt1Dtt71F1P&#10;KQRMqvci3rqtl8k/6uJxfBLoZ2VE0tQdHMUvlm/UMcWmTAfrfYRWZ+m8ckw6Sg5tTFbUvN1pJU/9&#10;HPX6H7T6BQAA//8DAFBLAwQUAAYACAAAACEAirdv698AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy27CMBBF95X4B2uQuivOoyQojYMQKlUXXRToB5h48lDjcWQbCH9fsyrLqzm690y5nvTALmhd&#10;b0hAvIiAIdVG9dQK+DnuXlbAnJek5GAIBdzQwbqaPZWyUOZKe7wcfMtCCblCCui8HwvOXd2hlm5h&#10;RqRwa4zV0odoW66svIZyPfAkijKuZU9hoZMjbjusfw9nLWB/+3yfsq+0TeOd/4iS78YdbSPE83za&#10;vAHzOPl/GO76QR2q4HQyZ1KODSHHaR5QAdlyCewO5KsU2ElA8prlwKuSP75Q/QEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBjLRmwYAIAAMsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCKt2/r3wAAAAoBAAAPAAAAAAAAAAAAAAAAALoEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" adj="3850" fillcolor="red" stroked="f" strokeweight="1pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="1F152FCD" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="0066567D" w:rsidRDefault="003C4D21" w:rsidP="00A55AC6">
                             <w:pPr>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="003C4D21">
+            <w:r w:rsidR="00C0670F" w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32CD59A0" wp14:editId="0AF42AFE">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32CD59A0" wp14:editId="7F10D4DD">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>243840</wp:posOffset>
+                        <wp:posOffset>253365</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>402590</wp:posOffset>
+                        <wp:posOffset>396875</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1351280" cy="1279525"/>
-                      <wp:effectExtent l="19050" t="19050" r="20320" b="15875"/>
+                      <wp:extent cx="1351280" cy="1169670"/>
+                      <wp:effectExtent l="19050" t="19050" r="20320" b="11430"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rektangel 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1351280" cy="1279525"/>
+                                <a:ext cx="1351280" cy="1169670"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict>
-                    <v:rect w14:anchorId="741FA63C" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.2pt;margin-top:31.7pt;width:106.4pt;height:100.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAa9/yyMgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyGsaCkirBCIXtAu&#10;Erva8+A4JJK/OjYE+us7dgK0256qcjBjz/iN582bzB7PWrGTRN9YU/B8MORMGmHLxhwK/vqy/jTh&#10;zAcwJShrZMEv0vPH+ccPs9ZN5cjWVpUSGYEYP21dwesQ3DTLvKilBj+wThpyVhY1BNriISsRWkLX&#10;KhsNh5+z1mLp0ArpPZ2uOiefJ/yqkiI8V5WXgamC09tCWjGt+7hm8xlMDwiubkT/DPiHV2hoDCW9&#10;Qa0gADti8weUbgRab6swEFZntqoaIVMNVE0+fFfNrgYnUy1Ejnc3mvz/gxVPp53bItHQOj/1ZMYq&#10;zhXq+E/vY+dE1uVGljwHJugwfxjnowlxKsiXj758HY/Gkc7sft2hD9+k1SwaBUfqRiIJThsfutBr&#10;SMxm7LpRKnVEGdYW/GGSD2MCIGFUCgKZ2pUF9+bAGagDKU4ETJDeqqaM1yOQx8N+qZCdgLq+Xg/p&#10;17/st7CYewW+7uKSq9ODbgKJUjW64JN4+XpbmYguk6z6Cu6sRWtvy8sWGdpOZ96JdUNJNuDDFpCE&#10;RdXQsIRnWiplqUTbW5zVFn/87TzGU7/Jy1lLQqXyvx8BJWfmqJeWKsxpxJxIJuFjUFezQqvfaD4W&#10;EYFcYAThdKT1m2XohoEmTMjFIoWRMh2Ejdk5EcFjzZGql/MboOt7GUgGT/YqUJi+a2kXS2K4s9Jv&#10;SMdJI/3MxUH5dZ+i7l+G+U8AAAD//wMAUEsDBBQABgAIAAAAIQCUEYEe3gAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsUsUWWxpio0Zto0+uUXYHAzhJ2W/DfO570NDN5&#10;L2++V+wWO4izmXznSEG8ikAYqp3uqFHw+fF0swHhA5LGwZFR8G087MrLiwJz7WZ6N+cqNIJDyOeo&#10;oA1hzKX0dWss+pUbDbH25SaLgc+pkXrCmcPtIJMoyqTFjvhDi6N5bE3dVyer4HVOhu7Q4NtL1Vf7&#10;3qXP8d3WKnV9tTzcgwhmCX9m+MVndCiZ6ehOpL0YFKw3KTsVZGuerCe3cQLiyEuWbkGWhfzfoPwB&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGvf8sjICAABhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlBGBHt4AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
+                    <v:rect w14:anchorId="5F6E7D93" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.95pt;margin-top:31.25pt;width:106.4pt;height:92.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0KBKmMwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyGsSikirBCIXtAu&#10;Erva8+A4JJK/OjYE+us7dgK0256qcjBjz/iN582bzB7PWrGTRN9YU/B8MORMGmHLxhwK/vqy/jTh&#10;zAcwJShrZMEv0vPH+ccPs9ZN5cjWVpUSGYEYP21dwesQ3DTLvKilBj+wThpyVhY1BNriISsRWkLX&#10;KhsNh+OstVg6tEJ6T6erzsnnCb+qpAjPVeVlYKrg9LaQVkzrPq7ZfAbTA4KrG9E/A/7hFRoaQ0lv&#10;UCsIwI7Y/AGlG4HW2yoMhNWZrapGyFQDVZMP31Wzq8HJVAuR492NJv//YMXTaee2SDS0zk89mbGK&#10;c4U6/tP72DmRdbmRJc+BCTrMHz7nowlxKsiX5+Ov4y+Jzux+3aEP36TVLBoFR+pGIglOGx8oJYVe&#10;Q2I2Y9eNUqkjyrC24A+TfBgTAAmjUhDI1K4suDcHzkAdSHEiYIL0VjVlvB6BPB72S4XsBNT19XpI&#10;v9hoSvdbWMy9Al93ccnV6UE3gUSpGl3wSbx8va1MRJdJVn0Fd9aitbflZYsMbacz78S6oSQb8GEL&#10;SMKiamhYwjMtlbJUou0tzmqLP/52HuOp3+TlrCWhUvnfj4CSM3PUS0sV5jRiTiST8DGoq1mh1W80&#10;H4uIQC4wgnA60vrNMnTDQBMm5GKRwkiZDsLG7JyI4LHmSNXL+Q3Q9b0MJIMnexUoTN+1tIslyu+s&#10;9BvScepEP3NxUH7dp6j7l2H+EwAA//8DAFBLAwQUAAYACAAAACEAgLGWKN8AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhT0yZNiFMhJEBwI4B6deMliWKvo9htwt9jTnCb&#10;1Yxm3pb7xRp2xsn3jiSsVwkwpMbpnloJH++PNztgPijSyjhCCd/oYV9dXpSq0G6mNzzXoWWxhHyh&#10;JHQhjAXnvunQKr9yI1L0vtxkVYjn1HI9qTmWW8NFkqTcqp7iQqdGfOiwGeqTlfAyC9MfWvX6XA/1&#10;5+A2T+sst1JeXy33d8ACLuEvDL/4ER2qyHR0J9KeGQm3eR6TElKxBRZ9sRUZsGMUmzQDXpX8/wfV&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC0KBKmMwIAAGEEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCAsZYo3wAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAI0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="003C4D21">
+            <w:r w:rsidR="003C4D21" w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5421F9E9" wp14:editId="367D3CDB">
                   <wp:extent cx="1393448" cy="1836751"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="11" name="Bildobjekt 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1601052326" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
@@ -1300,75 +1372,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Urinvägar K- (lågdos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1965A586" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
+          <w:p w14:paraId="1965A586" w14:textId="19F16C1D" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
-                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0E2"/>
+                <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>â</w:t>
             </w:r>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Nedanför diafragma – trochanter minor.</w:t>
+              <w:t xml:space="preserve"> Nedanför diafragma – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B77DA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>symfys</w:t>
+            </w:r>
+            <w:r w:rsidR="00884E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B8BC092" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1385,78 +1473,56 @@
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B0CFD66" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C6223A6" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="69CBFB2F" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="00A55AC6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003C4D21">
-        <w:rPr>
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Reformatering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2806"/>
       </w:tblGrid>
@@ -1708,53 +1774,53 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:line w14:anchorId="174656ED" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="57.55pt,-1.25pt" to="58pt,102.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFS5BVrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2Q3aJcZcXpokF2G&#10;rcDWH8DIki1AXxC1OPn3o5Q07bbbMB9kSiSf+B6p9ePRWXZQCU3wPW8XDWfKyzAYP/b85cfudsUZ&#10;ZvAD2OBVz08K+ePm5sN6jp26C1Owg0qMQDx2c+z5lHPshEA5KQe4CFF5cuqQHGTaplEMCWZCd1bc&#10;Nc2DmEMaYgpSIdLp9uzkm4qvtZL5m9aoMrM9p9pyXVNd92UVmzV0Y4I4GXkpA/6hCgfG06VXqC1k&#10;YD+T+QvKGZkCBp0XMjgRtDZSVQ7Epm3+YPN9gqgqFxIH41Um/H+w8uvhyT8nkmGO2GF8ToXFUSdX&#10;/lQfO1axTlex1DEzSYf3n5bUW0mOdtl+fLhfFS3FW25MmD+r4Fgxem6NL1Sgg8MXzOfQ15By7MPO&#10;WFvbYT2be75ctQ11TAJNhbaQyXRx6Dn6kTOwI42bzKlCYrBmKOkFCNO4f7KJHYBavts19F0q+y2s&#10;3L0FnM5x1XUeBmcyTaQ1ruerkvyabX1BV3WmLgzeJCvWPgynqqQoO+pXleMyW2Ug3u/Jfv8CNr8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQ96SX3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcWjuRUpUQp0JIlYBTaXuAmxtv46jxOordNvw92xMcR/s0+6ZaTb4XFxxjF0hDNlcg&#10;kJpgO2o17Hfr2RJETIas6QOhhh+MsKrv7ypT2nClT7xsUyu4hGJpNLiUhlLK2Dj0Js7DgMS3Yxi9&#10;SRzHVtrRXLnc9zJXaiG96Yg/ODPgq8PmtD17DV9q902bp6WjBt+Kd/+xVrTptX58mF6eQSSc0h8M&#10;N31Wh5qdDuFMNoqec1ZkjGqY5QWIG5AteNxBQ64KBbKu5P8J9S8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxUuQVa4BAABJAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAEPekl94AAAAKAQAADwAAAAAAAAAAAAAAAAAIBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                  <w:pict w14:anchorId="3500171B">
+                    <v:line id="Rak 16" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="57.55pt,-1.25pt" to="58pt,102.5pt" w14:anchorId="174656ED" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFS5BVrgEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b2Q3aJcZcXpokF2G&#10;rcDWH8DIki1AXxC1OPn3o5Q07bbbMB9kSiSf+B6p9ePRWXZQCU3wPW8XDWfKyzAYP/b85cfudsUZ&#10;ZvAD2OBVz08K+ePm5sN6jp26C1Owg0qMQDx2c+z5lHPshEA5KQe4CFF5cuqQHGTaplEMCWZCd1bc&#10;Nc2DmEMaYgpSIdLp9uzkm4qvtZL5m9aoMrM9p9pyXVNd92UVmzV0Y4I4GXkpA/6hCgfG06VXqC1k&#10;YD+T+QvKGZkCBp0XMjgRtDZSVQ7Epm3+YPN9gqgqFxIH41Um/H+w8uvhyT8nkmGO2GF8ToXFUSdX&#10;/lQfO1axTlex1DEzSYf3n5bUW0mOdtl+fLhfFS3FW25MmD+r4Fgxem6NL1Sgg8MXzOfQ15By7MPO&#10;WFvbYT2be75ctQ11TAJNhbaQyXRx6Dn6kTOwI42bzKlCYrBmKOkFCNO4f7KJHYBavts19F0q+y2s&#10;3L0FnM5x1XUeBmcyTaQ1ruerkvyabX1BV3WmLgzeJCvWPgynqqQoO+pXleMyW2Ug3u/Jfv8CNr8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAQ96SX3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcWjuRUpUQp0JIlYBTaXuAmxtv46jxOordNvw92xMcR/s0+6ZaTb4XFxxjF0hDNlcg&#10;kJpgO2o17Hfr2RJETIas6QOhhh+MsKrv7ypT2nClT7xsUyu4hGJpNLiUhlLK2Dj0Js7DgMS3Yxi9&#10;SRzHVtrRXLnc9zJXaiG96Yg/ODPgq8PmtD17DV9q902bp6WjBt+Kd/+xVrTptX58mF6eQSSc0h8M&#10;N31Wh5qdDuFMNoqec1ZkjGqY5QWIG5AteNxBQ64KBbKu5P8J9S8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxUuQVa4BAABJAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAEPekl94AAAAKAQAADwAAAAAAAAAAAAAAAAAIBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A4FD35F" wp14:editId="136CD82E">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>835660</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>122555</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="0"/>
@@ -1909,53 +1975,53 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:line w14:anchorId="0933E083" id="Rak 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from=".75pt,56.55pt" to="112.1pt,56.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODikesQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K8bzPdBVSNmu7DVoUH&#10;BCvBfoCbSWYi5aY4dNq/x0kvLPCGmJEiJ3aOfY6d9ePRO3bQGW0Mki8XHWc6qDjYMEr+8n13t+IM&#10;C4QBXAxa8pNG/rh5+2Y9p17fxym6QWdGIAH7OUk+lZJ6IVBN2gMuYtKBnCZmD4W2eRRDhpnQvRP3&#10;XfdBzDEPKUelEel0e3byTcM3Rqvy1RjUhTnJqbbS1tzWfV3FZg39mCFNVl3KgH+owoMNlPQGtYUC&#10;7Ee2f0F5q3LEaMpCRS+iMVbpxoHYLLs/2HybIOnGhcTBdJMJ/x+s+nJ4Cs+ZZJgT9piec2VxNNkz&#10;42z6RD1tvKhSdmyynW6y6WNhig6X7+r/njN19YkzRIVKGctHHT2rhuTOhsoIejh8xkJpKfQaUo9D&#10;3FnnWldcYLPkD6tlR41TQMNhHBQyfRokxzByBm6kqVMlN0iMzg71egXCPO6fXGYHoM7vdh19tdmU&#10;7rewmnsLOJ3jmus8E94WGkxnveSrevl624WKrttoXRj8Uq5a+zicmqCi7qhtLellxOpcvN6T/foh&#10;bH4CAAD//wMAUEsDBBQABgAIAAAAIQCNmwVq3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqONAAYU4VYnEgQMSLXyAGy92RLwOsdsGvp5FQoLTanZGs2/r1RwGccAp9ZE0&#10;qEUBAqmLtien4fXl4eIWRMqGrBkioYZPTLBqTk9qU9l4pA0ettkJLqFUGQ0+57GSMnUeg0mLOCKx&#10;9xanYDLLyUk7mSOXh0GWRXEtg+mJL3gzYuuxe9/ug4an+EXtzfKxK9Yf7lmp9j6Xzmt9fjav70Bk&#10;nPNfGH7wGR0aZtrFPdkkBtZLDvJQlwoE+2V5VYLY/W5kU8v/HzTfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4OKR6xAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI2bBWrcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                  <w:pict w14:anchorId="6917CD20">
+                    <v:line id="Rak 8" style="position:absolute;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from=".75pt,56.55pt" to="112.1pt,56.55pt" w14:anchorId="0933E083" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODikesQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K8bzPdBVSNmu7DVoUH&#10;BCvBfoCbSWYi5aY4dNq/x0kvLPCGmJEiJ3aOfY6d9ePRO3bQGW0Mki8XHWc6qDjYMEr+8n13t+IM&#10;C4QBXAxa8pNG/rh5+2Y9p17fxym6QWdGIAH7OUk+lZJ6IVBN2gMuYtKBnCZmD4W2eRRDhpnQvRP3&#10;XfdBzDEPKUelEel0e3byTcM3Rqvy1RjUhTnJqbbS1tzWfV3FZg39mCFNVl3KgH+owoMNlPQGtYUC&#10;7Ee2f0F5q3LEaMpCRS+iMVbpxoHYLLs/2HybIOnGhcTBdJMJ/x+s+nJ4Cs+ZZJgT9piec2VxNNkz&#10;42z6RD1tvKhSdmyynW6y6WNhig6X7+r/njN19YkzRIVKGctHHT2rhuTOhsoIejh8xkJpKfQaUo9D&#10;3FnnWldcYLPkD6tlR41TQMNhHBQyfRokxzByBm6kqVMlN0iMzg71egXCPO6fXGYHoM7vdh19tdmU&#10;7rewmnsLOJ3jmus8E94WGkxnveSrevl624WKrttoXRj8Uq5a+zicmqCi7qhtLellxOpcvN6T/foh&#10;bH4CAAD//wMAUEsDBBQABgAIAAAAIQCNmwVq3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqONAAYU4VYnEgQMSLXyAGy92RLwOsdsGvp5FQoLTanZGs2/r1RwGccAp9ZE0&#10;qEUBAqmLtien4fXl4eIWRMqGrBkioYZPTLBqTk9qU9l4pA0ettkJLqFUGQ0+57GSMnUeg0mLOCKx&#10;9xanYDLLyUk7mSOXh0GWRXEtg+mJL3gzYuuxe9/ug4an+EXtzfKxK9Yf7lmp9j6Xzmt9fjav70Bk&#10;nPNfGH7wGR0aZtrFPdkkBtZLDvJQlwoE+2V5VYLY/W5kU8v/HzTfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4OKR6xAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI2bBWrcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="112166F4" wp14:editId="49774946">
                   <wp:extent cx="1419843" cy="1303779"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="7" name="Bildobjekt 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="408691712" name=""/>
                           <pic:cNvPicPr/>
@@ -2170,53 +2236,53 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:line w14:anchorId="6F673FCD" id="Rak 23" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcdgFgswEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2R36BoYcXpokO4w&#10;bAW2/gBGlmwB+oKoxcm/H6V8rGtvw3wQSJF65COfVw8HZ9leJTTB97xdNJwpL8Ng/Njzl5/bj0vO&#10;MIMfwAaven5UyB/WNx9Wc+zUbZiCHVRiBOKxm2PPp5xjJwTKSTnARYjKU1CH5CCTm0YxJJgJ3Vlx&#10;2zSfxRzSEFOQCpFuN6cgX1d8rZXM37VGlZntOfWW65nquSunWK+gGxPEychzG/APXTgwnopeoTaQ&#10;gf1K5h2UMzIFDDovZHAiaG2kqhyITdu8YfNjgqgqFxoOxuuY8P/Bym/7R/+caAxzxA7jcyosDjo5&#10;pq2JX2inlRd1yg51bMfr2NQhM0mX7X1zf9fecSYvMXGCKFAxYX5SwbFi9NwaXxhBB/uvmKkspV5S&#10;yrUPW2Nt3Yr1bO75p2Xb0OIkkDi0hUymi0PP0Y+cgR1JdTKnConBmqE8L0CYxt2jTWwPtPnttqGv&#10;LJvK/ZVWam8Ap1NeDZ004UwmYVrjer4sjy+vrS/oqkrrzODP5Iq1C8OxDlQUj9ZWi54lVnTx2if7&#10;9Y+w/g0AAP//AwBQSwMEFAAGAAgAAAAhACgmIyjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHatnUDaKo1TlUgsWCDRwgHceLCjxuMQu23g9BgJCZbz5+nPm2ozuZ6dcQyd&#10;JwnZXABDar3uyEh4e32crYCFqEir3hNK+MQAm/r6qlKl9hfa4XkfDUslFEolwcY4lJyH1qJTYe4H&#10;pLR796NTMY2j4XpUl1Tuep4LseBOdZQuWDVgY7E97k9OwrP/omZZPLVi+2Fesqx5iLmxUt7eTNs1&#10;sIhT/IPhRz+pQ52cDv5EOrBewqwoEplysVoCS0C+uLsHdvhNeF3x/y/U3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAcdgFgswEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoJiMo3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                  <w:pict w14:anchorId="6066AF89">
+                    <v:line id="Rak 23" style="position:absolute;flip:x;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" w14:anchorId="6F673FCD" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcdgFgswEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2R36BoYcXpokO4w&#10;bAW2/gBGlmwB+oKoxcm/H6V8rGtvw3wQSJF65COfVw8HZ9leJTTB97xdNJwpL8Ng/Njzl5/bj0vO&#10;MIMfwAaven5UyB/WNx9Wc+zUbZiCHVRiBOKxm2PPp5xjJwTKSTnARYjKU1CH5CCTm0YxJJgJ3Vlx&#10;2zSfxRzSEFOQCpFuN6cgX1d8rZXM37VGlZntOfWW65nquSunWK+gGxPEychzG/APXTgwnopeoTaQ&#10;gf1K5h2UMzIFDDovZHAiaG2kqhyITdu8YfNjgqgqFxoOxuuY8P/Bym/7R/+caAxzxA7jcyosDjo5&#10;pq2JX2inlRd1yg51bMfr2NQhM0mX7X1zf9fecSYvMXGCKFAxYX5SwbFi9NwaXxhBB/uvmKkspV5S&#10;yrUPW2Nt3Yr1bO75p2Xb0OIkkDi0hUymi0PP0Y+cgR1JdTKnConBmqE8L0CYxt2jTWwPtPnttqGv&#10;LJvK/ZVWam8Ap1NeDZ004UwmYVrjer4sjy+vrS/oqkrrzODP5Iq1C8OxDlQUj9ZWi54lVnTx2if7&#10;9Y+w/g0AAP//AwBQSwMEFAAGAAgAAAAhACgmIyjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHatnUDaKo1TlUgsWCDRwgHceLCjxuMQu23g9BgJCZbz5+nPm2ozuZ6dcQyd&#10;JwnZXABDar3uyEh4e32crYCFqEir3hNK+MQAm/r6qlKl9hfa4XkfDUslFEolwcY4lJyH1qJTYe4H&#10;pLR796NTMY2j4XpUl1Tuep4LseBOdZQuWDVgY7E97k9OwrP/omZZPLVi+2Fesqx5iLmxUt7eTNs1&#10;sIhT/IPhRz+pQ52cDv5EOrBewqwoEplysVoCS0C+uLsHdvhNeF3x/y/U3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAcdgFgswEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoJiMo3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="128A12FE" wp14:editId="560745F5">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>837565</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1270</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="4445" cy="1390650"/>
                       <wp:effectExtent l="19050" t="19050" r="33655" b="19050"/>
                       <wp:wrapNone/>
@@ -2235,53 +2301,53 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
-[...1 lines deleted...]
-                    <v:line w14:anchorId="77D50CDE" id="Rak 12" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="65.95pt,.1pt" to="66.3pt,109.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAhRaAuAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0aZEacXpokO1Q&#10;bAW2/QBGlmwB+oKoxcm/L6WkabfehvkgkCL1yPdIrx4OzrK9SmiC7/h81nCmvAy98UPHf/3cXi05&#10;wwy+Bxu86vhRIX9Yf/60mmKrrsMYbK8SIxCP7RQ7PuYcWyFQjsoBzkJUnoI6JAeZ3DSIPsFE6M6K&#10;66a5E1NIfUxBKkS63ZyCfF3xtVYyf9caVWa249Rbrmeq566cYr2CdkgQRyPPbcA/dOHAeCp6gdpA&#10;BvY7mQ9QzsgUMOg8k8GJoLWRqnIgNvPmLzY/RoiqciFxMF5kwv8HK7/tH/1zIhmmiC3G51RYHHRy&#10;TFsTv9JMKy/qlB2qbMeLbOqQmaTLxWJxy5mkwPzmvrm7raqKE0pBiwnzFxUcK0bHrfGFFLSwf8JM&#10;lSn1NaVc+7A11tbBWM+mjt8s5w3NTgLth7aQyXSx7zj6gTOwAy2ezKlCYrCmL88LEKZh92gT2wMN&#10;f7tt6CvzpnJ/pJXaG8DxlFdDp7VwJtNuWuM6viyPX19bX9BV3a4zgzfxirUL/bFqKopHk6tFz1tW&#10;VuO9T/b7f2H9AgAA//8DAFBLAwQUAAYACAAAACEAQYVE6twAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtSxKwpN41QlEgsWSLRwADd27Yh4HGK3DZye6QqWT//rz5tqPYWe&#10;neyYuogKxKwAZrGNpkOn4OP9+e4RWMoaje4jWgXfNsG6vr6qdGniGbf2tMuO0QimUivwOQ8l56n1&#10;Nug0i4NFyg5xDDoTjo6bUZ9pPPRcFsWCB90hXfB6sI237efuGBS8xh9sHu5f2mLz5d6EaJ6ydF6p&#10;25tpswKW7ZT/ynDRJ3WoyWkfj2gS64nnYklVBRLYJZ7LBbA9oVhK4HXF/z9Q/wIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAAhRaAuAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBBhUTq3AAAAAgBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokecolor="red" strokeweight="3pt">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                  <w:pict w14:anchorId="5A876D2D">
+                    <v:line id="Rak 12" style="position:absolute;flip:x;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="65.95pt,.1pt" to="66.3pt,109.6pt" w14:anchorId="77D50CDE" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAhRaAuAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0aZEacXpokO1Q&#10;bAW2/QBGlmwB+oKoxcm/L6WkabfehvkgkCL1yPdIrx4OzrK9SmiC7/h81nCmvAy98UPHf/3cXi05&#10;wwy+Bxu86vhRIX9Yf/60mmKrrsMYbK8SIxCP7RQ7PuYcWyFQjsoBzkJUnoI6JAeZ3DSIPsFE6M6K&#10;66a5E1NIfUxBKkS63ZyCfF3xtVYyf9caVWa249Rbrmeq566cYr2CdkgQRyPPbcA/dOHAeCp6gdpA&#10;BvY7mQ9QzsgUMOg8k8GJoLWRqnIgNvPmLzY/RoiqciFxMF5kwv8HK7/tH/1zIhmmiC3G51RYHHRy&#10;TFsTv9JMKy/qlB2qbMeLbOqQmaTLxWJxy5mkwPzmvrm7raqKE0pBiwnzFxUcK0bHrfGFFLSwf8JM&#10;lSn1NaVc+7A11tbBWM+mjt8s5w3NTgLth7aQyXSx7zj6gTOwAy2ezKlCYrCmL88LEKZh92gT2wMN&#10;f7tt6CvzpnJ/pJXaG8DxlFdDp7VwJtNuWuM6viyPX19bX9BV3a4zgzfxirUL/bFqKopHk6tFz1tW&#10;VuO9T/b7f2H9AgAA//8DAFBLAwQUAAYACAAAACEAQYVE6twAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtSxKwpN41QlEgsWSLRwADd27Yh4HGK3DZye6QqWT//rz5tqPYWe&#10;neyYuogKxKwAZrGNpkOn4OP9+e4RWMoaje4jWgXfNsG6vr6qdGniGbf2tMuO0QimUivwOQ8l56n1&#10;Nug0i4NFyg5xDDoTjo6bUZ9pPPRcFsWCB90hXfB6sI237efuGBS8xh9sHu5f2mLz5d6EaJ6ydF6p&#10;25tpswKW7ZT/ynDRJ3WoyWkfj2gS64nnYklVBRLYJZ7LBbA9oVhK4HXF/z9Q/wIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAAhRaAuAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBBhUTq3AAAAAgBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70139DDE" wp14:editId="3B9C53FF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>364490</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>156210</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
@@ -2461,69 +2527,87 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">AX </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA73327" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
+          <w:p w14:paraId="4FA73327" w14:textId="4CCB3FB4" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Justeras så att anatomin blir symmetrisk (t.ex. efter bäckenet). DFOV ska omfatta hela buken med 5-10 cm marginal på vardera sidan om kroppen.</w:t>
+              <w:t xml:space="preserve">Justeras så att anatomin blir symmetrisk (t.ex. efter bäckenet). DFOV ska omfatta </w:t>
+            </w:r>
+            <w:r w:rsidR="00B00410">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>urinvägar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> med 5-10 cm marginal på vardera sidan om kroppen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C62430C" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2778,82 +2862,82 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F131060" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19682DFC" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="00A55AC6">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003C4D21">
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="6376ABB5" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="6376ABB5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CB8E0CE" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
@@ -3019,51 +3103,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="03C03A22" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="03C03A22" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AA61DE9" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3188,51 +3272,51 @@
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26DCE815" w14:textId="02121705" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="3A79C4F6" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="3A79C4F6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0082EF4A" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3411,51 +3495,51 @@
           </w:tcPr>
           <w:p w14:paraId="58AB30BE" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="48E71DC0" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="48E71DC0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C85E655" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3630,51 +3714,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="207A7B94" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="207A7B94" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656D2EA8" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -3869,449 +3953,437 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="003C4D21" w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Syngo.via</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="095D02CE" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="095D02CE" w14:textId="77777777" w:rsidTr="00217583">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15E3B170" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B1AD2E7" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F19D11E" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C7846A4" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D3AB3C7" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="500FCDF5" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="4F72C5C2" w14:textId="77777777" w:rsidTr="008740DF">
+      <w:tr w:rsidR="003C4D21" w:rsidRPr="003C4D21" w14:paraId="4F72C5C2" w14:textId="77777777" w:rsidTr="00217583">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5041414C" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7272DDBE" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BB1B9C2" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C302B82" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F01E082" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="160EC39B" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C4D21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01198304" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AC3D445" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="00A55AC6">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003C4D21">
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="3119"/>
@@ -5695,261 +5767,248 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="5540926D" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="5710E29D" w14:textId="77777777" w:rsidR="003C4D21" w:rsidRPr="003C4D21" w:rsidRDefault="003C4D21" w:rsidP="003C4D21">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="003C4D21">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00BC5110">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C7627BA" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="381CEC43" w14:textId="77777777" w:rsidR="00A43189" w:rsidRDefault="00A43189">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FB6EFC9" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="522B790B" w14:textId="77777777" w:rsidR="00A43189" w:rsidRDefault="00A43189">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E52E3C1" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="787A5627" w14:textId="77777777" w:rsidR="00A43189" w:rsidRDefault="00A43189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -5960,54 +6019,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -6038,76 +6097,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28BE8A92" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="20A384B7" w14:textId="77777777" w:rsidR="00A43189" w:rsidRDefault="00A43189"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CE1C10D" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="4246AEE6" w14:textId="77777777" w:rsidR="00A43189" w:rsidRDefault="00A43189">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="178E21C0" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="0D40E89B" w14:textId="77777777" w:rsidR="00A43189" w:rsidRDefault="00A43189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -6142,94 +6201,94 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict w14:anchorId="7009B368">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1031" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -6265,60 +6324,60 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict w14:anchorId="38E6EEEE">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1032" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -6392,51 +6451,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7468,51 +7527,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -7949,51 +8008,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -8780,176 +8839,179 @@
   <w:num w:numId="16" w16cid:durableId="723797622">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="18437688">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1228301476">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1055012354">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="484778703">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="659777234">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1389838234">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000A0E73"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="00217583"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="00311D79"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C4D21"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
@@ -8957,361 +9019,402 @@
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004D343A"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501249"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="00535AAA"/>
     <w:rsid w:val="00536A5A"/>
+    <w:rsid w:val="00540B15"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00644848"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B3243"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D3929"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F35E3"/>
     <w:rsid w:val="00706EEC"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00717C18"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="0078502D"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00805D79"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00833024"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00884E57"/>
     <w:rsid w:val="00892C00"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F1C2B"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009A7F1A"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A023F5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A43189"/>
+    <w:rsid w:val="00A43751"/>
+    <w:rsid w:val="00A4748A"/>
+    <w:rsid w:val="00A50982"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55AC6"/>
+    <w:rsid w:val="00A61A05"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7C23"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00B00410"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00B35348"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B37819"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B705C4"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
+    <w:rsid w:val="00B77DA1"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC5110"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF2321"/>
+    <w:rsid w:val="00C0670F"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C12B5B"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D30350"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D916EB"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E82EBB"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E97818"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
+    <w:rsid w:val="00ED71BA"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F64C99"/>
+    <w:rsid w:val="00F8496E"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0FEC9734"/>
+    <w:rsid w:val="42B7AA04"/>
+    <w:rsid w:val="50A8560E"/>
+    <w:rsid w:val="513B2FE3"/>
+    <w:rsid w:val="5C7B9C8B"/>
+    <w:rsid w:val="5D68F471"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{0FDE3220-EE58-4E87-B955-EADF45FFBF65}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9659,196 +9762,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9926,606 +10029,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -10556,81 +10659,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -10669,53 +10772,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -10789,53 +10892,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -10909,53 +11012,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11005,53 +11108,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -11101,53 +11204,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -11183,53 +11286,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -11278,51 +11381,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -11366,51 +11469,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -11497,67 +11600,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -11601,131 +11704,131 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14848,74 +14951,81 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1557</Characters>
+  <Pages>1</Pages>
+  <Words>276</Words>
+  <Characters>1578</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1742</CharactersWithSpaces>
+  <CharactersWithSpaces>1851</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>2228285</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-19/SURROGATE/Str%c3%a5lskydd vid unders%c3%b6kningar och behandlingar med r%c3%b6ntgenstr%c3%a5lning.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>DT Akut njursten (852706A)</dc:title>
+  <dc:title>DT Urinvägsöversikt akut (852706A)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>7</revision>
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <revision>25</revision>
+  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>