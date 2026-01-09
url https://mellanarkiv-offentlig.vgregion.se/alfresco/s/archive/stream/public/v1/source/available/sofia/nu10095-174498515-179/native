--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -18,70 +18,73 @@
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="061914D4" w14:textId="748B6E60" w:rsidR="00184167" w:rsidRPr="006B266D" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w14:paraId="061914D4" w14:textId="0270BFAD" w:rsidR="00184167" w:rsidRPr="006B266D" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t xml:space="preserve">DT </w:t>
       </w:r>
       <w:r w:rsidR="55FABB09">
         <w:t xml:space="preserve">Njurar och urinvägar </w:t>
       </w:r>
       <w:r>
         <w:t>2-fas</w:t>
       </w:r>
       <w:r w:rsidR="0094503E">
         <w:t xml:space="preserve"> 85290</w:t>
       </w:r>
       <w:r w:rsidR="6099B330">
         <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="4A60E933">
+        <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="16005861" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F66B56">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
@@ -2142,51 +2145,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict w14:anchorId="7CAB72AC">
                     <v:line id="Rak 820408384" style="position:absolute;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="56.6pt,-.95pt" to="57.1pt,116.75pt" w14:anchorId="4FB6D088" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbqIwsrwEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tuGzEMvBfoPwi6x1rnVWfhdQ4x3EvQ&#10;BmjyAbRW2hWgF0TVa/99Kdlx0vRWxAeZEskhOZxd3u+dZTuV0ATf8fms4Ux5GXrjh46/PG8uFpxh&#10;Bt+DDV51/KCQ36++fllOsVWXYQy2V4kRiMd2ih0fc46tEChH5QBnISpPTh2Sg0zXNIg+wUTozorL&#10;prkVU0h9TEEqRHpdH518VfG1VjL/1BpVZrbj1FuuZ6rntpxitYR2SBBHI09twH904cB4KnqGWkMG&#10;9juZf6CckSlg0HkmgxNBayNVnYGmmTcfpvk1QlR1FiIH45km/DxY+WP34J8S0TBFbDE+pTLFXidX&#10;/qk/tq9kHc5kqX1mkh5vr26IUEmO+fXd9be7yqV4y40J83cVHCtGx63xZRRoYfeImepR6GtIefZh&#10;Y6yt67CeTR2/WsybUgBIFdpCJtPFvuPoB87ADiQ3mVOFxGBNX9ILEKZh+2AT2wGtfLNp6Fe2TOX+&#10;Ciu114DjMa66jmJwJpMirXEdX5Tk12zrC7qqmjpN8EZZsbahP1QmRbnRvmrRk7aKIN7fyX7/Baz+&#10;AAAA//8DAFBLAwQUAAYACAAAACEA9vdliN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkblvSlqGtNJ0Q0iTgNDYOcMta01QkTtVkW3l7vBMcf/vT78/VevJOnHCMfSAN2VyB&#10;QGpC21On4X2/mS1BxGSoNS4QavjBCOv6+qoyZRvO9IanXeoEl1AsjQab0lBKGRuL3sR5GJB49xVG&#10;bxLHsZPtaM5c7p3MlbqX3vTEF6wZ8Mli8707eg0fav9J29XSUoPPixf/ulG0dVrf3kyPDyASTukP&#10;hos+q0PNTodwpDYKxzkrckY1zLIViAuQ3fHgoCEvigXIupL/X6h/AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJuojCyvAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPb3ZYjeAAAACgEAAA8AAAAAAAAAAAAAAAAACQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F66B56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="578F6BC8" wp14:editId="3426B5FE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>9525</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>718185</wp:posOffset>
                       </wp:positionV>
@@ -2208,51 +2211,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict w14:anchorId="52C90386">
                     <v:line id="Rak 8" style="position:absolute;flip:x;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from=".75pt,56.55pt" to="112.1pt,56.55pt" w14:anchorId="5F7B60CD" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCODikesQEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K8bzPdBVSNmu7DVoUH&#10;BCvBfoCbSWYi5aY4dNq/x0kvLPCGmJEiJ3aOfY6d9ePRO3bQGW0Mki8XHWc6qDjYMEr+8n13t+IM&#10;C4QBXAxa8pNG/rh5+2Y9p17fxym6QWdGIAH7OUk+lZJ6IVBN2gMuYtKBnCZmD4W2eRRDhpnQvRP3&#10;XfdBzDEPKUelEel0e3byTcM3Rqvy1RjUhTnJqbbS1tzWfV3FZg39mCFNVl3KgH+owoMNlPQGtYUC&#10;7Ee2f0F5q3LEaMpCRS+iMVbpxoHYLLs/2HybIOnGhcTBdJMJ/x+s+nJ4Cs+ZZJgT9piec2VxNNkz&#10;42z6RD1tvKhSdmyynW6y6WNhig6X7+r/njN19YkzRIVKGctHHT2rhuTOhsoIejh8xkJpKfQaUo9D&#10;3FnnWldcYLPkD6tlR41TQMNhHBQyfRokxzByBm6kqVMlN0iMzg71egXCPO6fXGYHoM7vdh19tdmU&#10;7rewmnsLOJ3jmus8E94WGkxnveSrevl624WKrttoXRj8Uq5a+zicmqCi7qhtLellxOpcvN6T/foh&#10;bH4CAAD//wMAUEsDBBQABgAIAAAAIQCNmwVq3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqONAAYU4VYnEgQMSLXyAGy92RLwOsdsGvp5FQoLTanZGs2/r1RwGccAp9ZE0&#10;qEUBAqmLtien4fXl4eIWRMqGrBkioYZPTLBqTk9qU9l4pA0ettkJLqFUGQ0+57GSMnUeg0mLOCKx&#10;9xanYDLLyUk7mSOXh0GWRXEtg+mJL3gzYuuxe9/ug4an+EXtzfKxK9Yf7lmp9j6Xzmt9fjav70Bk&#10;nPNfGH7wGR0aZtrFPdkkBtZLDvJQlwoE+2V5VYLY/W5kU8v/HzTfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI4OKR6xAQAAUAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI2bBWrcAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F66B56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C209F0C" wp14:editId="300CB617">
                   <wp:extent cx="1420495" cy="1476612"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="9525"/>
                   <wp:docPr id="7" name="Bildobjekt 7" descr="En bild som visar röntgenfilm, Medicinsk bildtagning, Röntgen, radiografi&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2477,51 +2480,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict w14:anchorId="7B2FB18E">
                     <v:line id="Rak 820408385" style="position:absolute;flip:x;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" w14:anchorId="240F06C3" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcdgFgswEAAFADAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0X2R36BoYcXpokO4w&#10;bAW2/gBGlmwB+oKoxcm/H6V8rGtvw3wQSJF65COfVw8HZ9leJTTB97xdNJwpL8Ng/Njzl5/bj0vO&#10;MIMfwAaven5UyB/WNx9Wc+zUbZiCHVRiBOKxm2PPp5xjJwTKSTnARYjKU1CH5CCTm0YxJJgJ3Vlx&#10;2zSfxRzSEFOQCpFuN6cgX1d8rZXM37VGlZntOfWW65nquSunWK+gGxPEychzG/APXTgwnopeoTaQ&#10;gf1K5h2UMzIFDDovZHAiaG2kqhyITdu8YfNjgqgqFxoOxuuY8P/Bym/7R/+caAxzxA7jcyosDjo5&#10;pq2JX2inlRd1yg51bMfr2NQhM0mX7X1zf9fecSYvMXGCKFAxYX5SwbFi9NwaXxhBB/uvmKkspV5S&#10;yrUPW2Nt3Yr1bO75p2Xb0OIkkDi0hUymi0PP0Y+cgR1JdTKnConBmqE8L0CYxt2jTWwPtPnttqGv&#10;LJvK/ZVWam8Ap1NeDZ004UwmYVrjer4sjy+vrS/oqkrrzODP5Iq1C8OxDlQUj9ZWi54lVnTx2if7&#10;9Y+w/g0AAP//AwBQSwMEFAAGAAgAAAAhACgmIyjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FOwzAQRfdI3MEaJHatnUDaKo1TlUgsWCDRwgHceLCjxuMQu23g9BgJCZbz5+nPm2ozuZ6dcQyd&#10;JwnZXABDar3uyEh4e32crYCFqEir3hNK+MQAm/r6qlKl9hfa4XkfDUslFEolwcY4lJyH1qJTYe4H&#10;pLR796NTMY2j4XpUl1Tuep4LseBOdZQuWDVgY7E97k9OwrP/omZZPLVi+2Fesqx5iLmxUt7eTNs1&#10;sIhT/IPhRz+pQ52cDv5EOrBewqwoEplysVoCS0C+uLsHdvhNeF3x/y/U3wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAcdgFgswEAAFADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAoJiMo3gAAAAoBAAAPAAAAAAAAAAAAAAAAAA0EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAGAUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F66B56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="400F7549" wp14:editId="2C13491D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>837565</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1270</wp:posOffset>
                       </wp:positionV>
@@ -2543,51 +2546,51 @@
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="FF0000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
                   <w:pict w14:anchorId="60B7FBDD">
                     <v:line id="Rak 12" style="position:absolute;flip:x;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="red" strokeweight="3pt" from="65.95pt,.1pt" to="66.3pt,109.6pt" w14:anchorId="2D030C88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAhRaAuAEAAFMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0b+S0aZEacXpokO1Q&#10;bAW2/QBGlmwB+oKoxcm/L6WkabfehvkgkCL1yPdIrx4OzrK9SmiC7/h81nCmvAy98UPHf/3cXi05&#10;wwy+Bxu86vhRIX9Yf/60mmKrrsMYbK8SIxCP7RQ7PuYcWyFQjsoBzkJUnoI6JAeZ3DSIPsFE6M6K&#10;66a5E1NIfUxBKkS63ZyCfF3xtVYyf9caVWa249Rbrmeq566cYr2CdkgQRyPPbcA/dOHAeCp6gdpA&#10;BvY7mQ9QzsgUMOg8k8GJoLWRqnIgNvPmLzY/RoiqciFxMF5kwv8HK7/tH/1zIhmmiC3G51RYHHRy&#10;TFsTv9JMKy/qlB2qbMeLbOqQmaTLxWJxy5mkwPzmvrm7raqKE0pBiwnzFxUcK0bHrfGFFLSwf8JM&#10;lSn1NaVc+7A11tbBWM+mjt8s5w3NTgLth7aQyXSx7zj6gTOwAy2ezKlCYrCmL88LEKZh92gT2wMN&#10;f7tt6CvzpnJ/pJXaG8DxlFdDp7VwJtNuWuM6viyPX19bX9BV3a4zgzfxirUL/bFqKopHk6tFz1tW&#10;VuO9T/b7f2H9AgAA//8DAFBLAwQUAAYACAAAACEAQYVE6twAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU7DMBBF90jcwRokdtSxKwpN41QlEgsWSLRwADd27Yh4HGK3DZye6QqWT//rz5tqPYWe&#10;neyYuogKxKwAZrGNpkOn4OP9+e4RWMoaje4jWgXfNsG6vr6qdGniGbf2tMuO0QimUivwOQ8l56n1&#10;Nug0i4NFyg5xDDoTjo6bUZ9pPPRcFsWCB90hXfB6sI237efuGBS8xh9sHu5f2mLz5d6EaJ6ydF6p&#10;25tpswKW7ZT/ynDRJ3WoyWkfj2gS64nnYklVBRLYJZ7LBbA9oVhK4HXF/z9Q/wIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAAhRaAuAEAAFMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBBhUTq3AAAAAgBAAAPAAAAAAAAAAAAAAAAABIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;">
                       <v:stroke joinstyle="miter"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00F66B56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7AE89DF8" wp14:editId="49013B63">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>364490</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>156210</wp:posOffset>
                       </wp:positionV>
@@ -3146,51 +3149,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2149E53A" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F66B56">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
@@ -6927,65 +6929,65 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11010C13" w14:textId="5152B756" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00747066"/>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00BD7866">
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="even" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:headerReference w:type="first" r:id="rId29"/>
       <w:footerReference w:type="first" r:id="rId30"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="701" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5167278A" w14:textId="77777777" w:rsidR="002F6B87" w:rsidRDefault="002F6B87">
+    <w:p w14:paraId="1892B336" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CD67940" w14:textId="77777777" w:rsidR="002F6B87" w:rsidRDefault="002F6B87">
+    <w:p w14:paraId="329F0025" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="05B80012" w14:textId="77777777" w:rsidR="002F6B87" w:rsidRDefault="002F6B87">
+    <w:p w14:paraId="4B3FA7FC" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7043,107 +7045,107 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00B32F97" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="007918AF" w:rsidP="00EC0A68">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
@@ -7236,51 +7238,51 @@
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="987216498" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -7319,74 +7321,74 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4850246A" w14:textId="77777777" w:rsidR="002F6B87" w:rsidRDefault="002F6B87"/>
+    <w:p w14:paraId="1608B16F" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06E42D25" w14:textId="77777777" w:rsidR="002F6B87" w:rsidRDefault="002F6B87">
+    <w:p w14:paraId="14EEAFC9" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="17312660" w14:textId="77777777" w:rsidR="002F6B87" w:rsidRDefault="002F6B87">
+    <w:p w14:paraId="103A5F5C" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -7464,51 +7466,51 @@
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="788FEAC4" w14:textId="7FCD22BD" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -8664,51 +8666,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -9258,51 +9260,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -10093,51 +10095,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2007393488">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1474063764">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="227689575">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1707177460">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="130"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -10159,181 +10161,186 @@
     <w:rsid w:val="000039BB"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="000072D4"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="000323A1"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000666EE"/>
     <w:rsid w:val="0006795D"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00086A98"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="00097EB5"/>
+    <w:rsid w:val="000A28F6"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B05C1"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F5DEA"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00107D80"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00116EE8"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
+    <w:rsid w:val="00166729"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186D97"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B5263"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C2752"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D7816"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00216B25"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00221C4D"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="0024203E"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="002570A2"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C54B6"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D702C"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E39BD"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F6B87"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00303451"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="003969CB"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B1CAD"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C49CE"/>
     <w:rsid w:val="003D00A9"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00416986"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004641AE"/>
+    <w:rsid w:val="00464426"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004746CA"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00494D07"/>
     <w:rsid w:val="00497A7C"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B674A"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C5817"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="005336A9"/>
@@ -10409,52 +10416,54 @@
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E32EF"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E7117"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00706ECF"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="00715A97"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00771F66"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00776862"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007918AF"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C7EC1"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="007F7B8C"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00822AC6"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00840A25"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="008504D3"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="0085356B"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
@@ -10646,50 +10655,51 @@
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA3DFF"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB4BF7"/>
     <w:rsid w:val="00DB7F46"/>
     <w:rsid w:val="00DD0BF1"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE7B70"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E12D9D"/>
     <w:rsid w:val="00E42372"/>
     <w:rsid w:val="00E43AA0"/>
     <w:rsid w:val="00E45014"/>
     <w:rsid w:val="00E5260D"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E62B4E"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E73225"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E85F21"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E951FE"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF64E0"/>
     <w:rsid w:val="00F15822"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F352D6"/>
     <w:rsid w:val="00F35B05"/>
@@ -10702,86 +10712,88 @@
     <w:rsid w:val="00F839C9"/>
     <w:rsid w:val="00F860DC"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F96F9B"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC41E1"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE3F3F"/>
     <w:rsid w:val="00FF5545"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0639A851"/>
     <w:rsid w:val="0A72A13D"/>
     <w:rsid w:val="1492EC97"/>
     <w:rsid w:val="1612E60B"/>
     <w:rsid w:val="1C62A751"/>
     <w:rsid w:val="2C97CA95"/>
     <w:rsid w:val="343BA995"/>
+    <w:rsid w:val="4A60E933"/>
     <w:rsid w:val="4ABBF60F"/>
     <w:rsid w:val="55FABB09"/>
+    <w:rsid w:val="58CDB952"/>
     <w:rsid w:val="6099B330"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11137,197 +11149,197 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EF64E0"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00494D07"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -11405,607 +11417,607 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00494D07"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00134541"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00134541"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
     <w:name w:val="Underrubrik VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -12036,72 +12048,72 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr/>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tcBorders>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -12131,53 +12143,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -12251,53 +12263,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -12371,53 +12383,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
@@ -12453,53 +12465,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
@@ -12535,53 +12547,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tcBorders>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -12608,53 +12620,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -12703,51 +12715,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -12791,51 +12803,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -12906,67 +12918,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tcBorders>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -12991,137 +13003,137 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Underrubrik">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="UnderrubrikChar"/>
+    <w:link w:val="SubtitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Underrubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19362,58 +19374,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2366</Characters>
+  <Pages>1</Pages>
+  <Words>395</Words>
+  <Characters>2253</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2642</CharactersWithSpaces>
+  <CharactersWithSpaces>2643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>DT Njurar och urinvägar 2-fas (852902)</dc:title>
+  <dc:title>DT Njurar och urinvägar 2-fas (852902A)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>3</revision>
+  <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>