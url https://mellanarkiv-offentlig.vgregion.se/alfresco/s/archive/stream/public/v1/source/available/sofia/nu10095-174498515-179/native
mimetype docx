--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -20,51 +20,51 @@
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061914D4" w14:textId="0270BFAD" w:rsidR="00184167" w:rsidRPr="006B266D" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t xml:space="preserve">DT </w:t>
       </w:r>
       <w:r w:rsidR="55FABB09">
         <w:t xml:space="preserve">Njurar och urinvägar </w:t>
       </w:r>
       <w:r>
         <w:t>2-fas</w:t>
       </w:r>
       <w:r w:rsidR="0094503E">
         <w:t xml:space="preserve"> 85290</w:t>
       </w:r>
       <w:r w:rsidR="6099B330">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="4A60E933">
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="16005861" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
       <w:pPr>
@@ -129,67 +129,67 @@
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F66B56">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58510A95" w14:textId="7BA912BA" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00D57C62" w:rsidP="00F66B56">
+    <w:p w14:paraId="58510A95" w14:textId="0A1117E3" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="009434C6" w:rsidP="00F66B56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Ny metod.</w:t>
+        <w:t>PVK specificerad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="380FE925" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55700350" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="453BE9DB" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
@@ -400,72 +400,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00F66B56">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F66B56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="142CD19F" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
+          <w:p w14:paraId="142CD19F" w14:textId="06F8B3FF" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F66B56">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PVK (efter flöde).</w:t>
+              <w:t>PVK</w:t>
+            </w:r>
+            <w:r w:rsidR="009434C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F66B56" w:rsidRPr="00F66B56" w14:paraId="3461659B" w14:textId="77777777" w:rsidTr="00DB4BF7">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="425D5D40" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -3149,50 +3157,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2149E53A" w14:textId="77777777" w:rsidR="00F66B56" w:rsidRPr="00F66B56" w:rsidRDefault="00F66B56" w:rsidP="00F66B56">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F66B56">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1417"/>
@@ -6929,65 +6938,65 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11010C13" w14:textId="5152B756" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00747066"/>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00BD7866">
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="even" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:headerReference w:type="first" r:id="rId29"/>
       <w:footerReference w:type="first" r:id="rId30"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="701" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1892B336" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
+    <w:p w14:paraId="4E0B3736" w14:textId="77777777" w:rsidR="00202EFD" w:rsidRDefault="00202EFD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="329F0025" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
+    <w:p w14:paraId="28614E37" w14:textId="77777777" w:rsidR="00202EFD" w:rsidRDefault="00202EFD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4B3FA7FC" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
+    <w:p w14:paraId="4F0E108A" w14:textId="77777777" w:rsidR="00202EFD" w:rsidRDefault="00202EFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7045,107 +7054,107 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="007918AF" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="003444BD" w:rsidP="00EC0A68">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
@@ -7238,51 +7247,51 @@
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="987216498" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -7321,74 +7330,74 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1608B16F" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6"/>
+    <w:p w14:paraId="55F73995" w14:textId="77777777" w:rsidR="00202EFD" w:rsidRDefault="00202EFD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14EEAFC9" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
+    <w:p w14:paraId="3C172769" w14:textId="77777777" w:rsidR="00202EFD" w:rsidRDefault="00202EFD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="103A5F5C" w14:textId="77777777" w:rsidR="000A28F6" w:rsidRDefault="000A28F6">
+    <w:p w14:paraId="120A30F4" w14:textId="77777777" w:rsidR="00202EFD" w:rsidRDefault="00202EFD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -7466,51 +7475,51 @@
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="788FEAC4" w14:textId="7FCD22BD" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -8666,51 +8675,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -9260,51 +9269,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -10095,51 +10104,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2007393488">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1474063764">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="227689575">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1707177460">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -10209,50 +10218,51 @@
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166729"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186D97"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B5263"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C2752"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D7816"/>
+    <w:rsid w:val="00202EFD"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00216B25"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00221C4D"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="0024203E"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="002570A2"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
@@ -10260,65 +10270,67 @@
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C54B6"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D702C"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E39BD"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F6B87"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00303451"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
+    <w:rsid w:val="003444BD"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="003969CB"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B1CAD"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C3123"/>
     <w:rsid w:val="003C49CE"/>
     <w:rsid w:val="003D00A9"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00416986"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004641AE"/>
     <w:rsid w:val="00464426"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
@@ -10475,98 +10487,100 @@
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="008F6896"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00915241"/>
     <w:rsid w:val="009205C4"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="00927CAC"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="009434C6"/>
     <w:rsid w:val="0094503E"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00947D1E"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00954AAE"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00960984"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0099586E"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D32C6"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E59DD"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A76196"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
+    <w:rsid w:val="00A94BC6"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC314C"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC537C"/>
     <w:rsid w:val="00AD271B"/>
     <w:rsid w:val="00AD707A"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE7C6E"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B06E11"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B32F97"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B41A39"/>
@@ -10644,52 +10658,55 @@
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D26473"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D438B4"/>
     <w:rsid w:val="00D441FB"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D57C62"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA3DFF"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB4BF7"/>
     <w:rsid w:val="00DB7F46"/>
     <w:rsid w:val="00DD0BF1"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE7B70"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E12D9D"/>
+    <w:rsid w:val="00E35D6E"/>
+    <w:rsid w:val="00E36618"/>
     <w:rsid w:val="00E42372"/>
     <w:rsid w:val="00E43AA0"/>
+    <w:rsid w:val="00E44ACC"/>
     <w:rsid w:val="00E45014"/>
     <w:rsid w:val="00E5260D"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E62B4E"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E73225"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E85F21"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E951FE"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
@@ -10748,52 +10765,52 @@
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11149,197 +11166,197 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EF64E0"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00494D07"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -11417,607 +11434,607 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
+    <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00494D07"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00134541"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00134541"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
     <w:name w:val="Underrubrik VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00134541"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -12048,72 +12065,72 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr/>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tcBorders>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -12143,53 +12160,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -12263,53 +12280,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -12383,53 +12400,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
@@ -12465,53 +12482,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
@@ -12547,53 +12564,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tcBorders>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -12620,53 +12637,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -12715,51 +12732,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -12803,51 +12820,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -12918,67 +12935,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tcBorders>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
@@ -13003,137 +13020,137 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="SubtitleChar"/>
+    <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="004641AE"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15587,51 +15604,51 @@
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId22" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{4784DBD1-3CBE-41A8-A2C7-CF088F838C79}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="63" y="0"/>
-          <a:ext cx="1330165" cy="540000"/>
+          <a:ext cx="1330154" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="homePlate">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF">
             <a:lumMod val="85000"/>
           </a:sysClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -15658,62 +15675,62 @@
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Scout</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="63" y="0"/>
-        <a:ext cx="1195165" cy="540000"/>
+        <a:ext cx="1195217" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{E13D0391-DAD9-4B61-AB66-3FA48A4F7006}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1063863" y="0"/>
-          <a:ext cx="1330165" cy="540000"/>
+          <a:off x="1063854" y="0"/>
+          <a:ext cx="1330154" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FF0000"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -15737,63 +15754,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Serie 1</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1333863" y="0"/>
-        <a:ext cx="790165" cy="540000"/>
+        <a:off x="1333729" y="0"/>
+        <a:ext cx="790404" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{AD4E5296-B06F-4F82-9CB5-F741BF6BFCC1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2127662" y="0"/>
-          <a:ext cx="1330165" cy="540000"/>
+          <a:off x="2127645" y="0"/>
+          <a:ext cx="1330154" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF">
             <a:lumMod val="85000"/>
           </a:sysClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -15819,63 +15836,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Pre-monitor</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2397662" y="0"/>
-        <a:ext cx="790165" cy="540000"/>
+        <a:off x="2397520" y="0"/>
+        <a:ext cx="790404" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{6CE68A43-9C69-4212-AF24-9AFEE7CA1715}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="3191462" y="0"/>
-          <a:ext cx="1330165" cy="540000"/>
+          <a:off x="3191436" y="0"/>
+          <a:ext cx="1330154" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF">
             <a:lumMod val="85000"/>
           </a:sysClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -15901,63 +15918,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>IV kontrast</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3461462" y="0"/>
-        <a:ext cx="790165" cy="540000"/>
+        <a:off x="3461311" y="0"/>
+        <a:ext cx="790404" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{6AC59577-EC82-4A35-90CE-96CD0348AB0D}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="4255261" y="0"/>
-          <a:ext cx="1328274" cy="540000"/>
+          <a:off x="4255227" y="0"/>
+          <a:ext cx="1328263" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="C00000"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -16006,75 +16023,75 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>BT+25 s</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="4525261" y="0"/>
-        <a:ext cx="788274" cy="540000"/>
+        <a:off x="4525102" y="0"/>
+        <a:ext cx="788513" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{6CE68A43-9C69-4212-AF24-9AFEE7CA1715}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="1931" y="0"/>
-          <a:ext cx="1639221" cy="540000"/>
+          <a:ext cx="1639208" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -16098,63 +16115,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Töm rektalpip</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="271931" y="0"/>
-        <a:ext cx="1099221" cy="540000"/>
+        <a:off x="271806" y="0"/>
+        <a:ext cx="1099458" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{6AC59577-EC82-4A35-90CE-96CD0348AB0D}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1312898" y="0"/>
-          <a:ext cx="1636890" cy="540000"/>
+          <a:off x="1312887" y="0"/>
+          <a:ext cx="1636877" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -16203,63 +16220,63 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>80 s</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1582898" y="0"/>
-        <a:ext cx="1096890" cy="540000"/>
+        <a:off x="1582762" y="0"/>
+        <a:ext cx="1097127" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{33A1349C-0317-431F-9E60-7456885DCFD5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2621534" y="0"/>
-          <a:ext cx="1643029" cy="540000"/>
+          <a:off x="2621513" y="0"/>
+          <a:ext cx="1643015" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -16327,63 +16344,63 @@
             </a:rPr>
             <a:t>CO</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200" baseline="-25000">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>2</a:t>
           </a:r>
           <a:endParaRPr lang="sv-SE" sz="900" kern="1200">
             <a:solidFill>
               <a:sysClr val="window" lastClr="FFFFFF"/>
             </a:solidFill>
             <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2891534" y="0"/>
-        <a:ext cx="1103029" cy="540000"/>
+        <a:off x="2891388" y="0"/>
+        <a:ext cx="1103265" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{764FC522-4A5B-4DA0-8EA0-0B136026E7A3}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="3936308" y="0"/>
-          <a:ext cx="1645359" cy="540000"/>
+          <a:off x="3936277" y="0"/>
+          <a:ext cx="1645346" cy="539750"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:sysClr val="window" lastClr="FFFFFF"/>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
@@ -16432,52 +16449,52 @@
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="sv-SE" sz="900" kern="1200">
               <a:solidFill>
                 <a:sysClr val="window" lastClr="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>3 min</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="4206308" y="0"/>
-        <a:ext cx="1105359" cy="540000"/>
+        <a:off x="4206152" y="0"/>
+        <a:ext cx="1105596" cy="539750"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/hChevron3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="process" pri="10000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
       <dgm:ptLst/>
       <dgm:bg/>
       <dgm:whole/>
     </dgm:dataModel>
   </dgm:sampData>
   <dgm:styleData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1"/>
@@ -19374,58 +19391,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2253</Characters>
+  <Pages>3</Pages>
+  <Words>421</Words>
+  <Characters>2233</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2643</CharactersWithSpaces>
+  <CharactersWithSpaces>2649</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Njurar och urinvägar 2-fas (852902A)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>