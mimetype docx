--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -328,102 +328,100 @@
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C810C5E" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="009204A5">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DC440AD" w14:textId="2A65B313" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
+          <w:p w14:paraId="1DC440AD" w14:textId="1211B376" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00302C61">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="00245913">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst rosa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009204A5" w:rsidRPr="009204A5" w14:paraId="356A1A88" w14:textId="77777777" w:rsidTr="007E6FE2">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38488A07" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -511,85 +509,57 @@
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EEFACA2" w14:textId="4B92F8A1" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Omnipaque</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> ”Thorax</w:t>
+              <w:t>Omnipaque 350 mg I/ml enligt OmniJect ”Thorax</w:t>
             </w:r>
             <w:r w:rsidR="00A44687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-ROI</w:t>
             </w:r>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009204A5" w:rsidRPr="009204A5" w14:paraId="6D4E149D" w14:textId="77777777" w:rsidTr="007E6FE2">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
@@ -640,69 +610,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kvinnor mellan 15–50 år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">I andra och tredje </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> finns risk att fostret hamnar i strålfältet.</w:t>
+              <w:t>I andra och tredje trimestern finns risk att fostret hamnar i strålfältet.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40361CC1" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76F9EEE1" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
@@ -736,61 +688,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6779B402" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patientposition</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="42FB9D00" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
@@ -808,69 +758,51 @@
               </w:rPr>
               <w:t>Ryggläge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49C2CE88" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fötterna mot </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Fötterna mot gantryt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="517A26D3" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Armarna ovanför huvudet.</w:t>
             </w:r>
@@ -1202,67 +1134,57 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3D0B509D" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Jugulum</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> – lungbaser.</w:t>
+              <w:t>Jugulum – lungbaser.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76206DE0" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1311,86 +1233,74 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ROI i</w:t>
             </w:r>
             <w:r w:rsidR="00A44687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aortae</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00A44687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> descendens</w:t>
             </w:r>
             <w:r w:rsidR="004B3462">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> snittet läggs strax nedför </w:t>
+              <w:t xml:space="preserve"> snittet läggs strax nedför carina</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, tröskelvärde 150 HU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43761885" w14:textId="77777777" w:rsidR="00BE277B" w:rsidRPr="009204A5" w:rsidRDefault="00BE277B" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
@@ -1450,69 +1360,51 @@
           <w:p w14:paraId="01B7A79C" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0E2"/>
             </w:r>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> – lungbaser.</w:t>
+              <w:t xml:space="preserve"> Jugulum – lungbaser.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DA5C297" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska andas in och hålla andan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1546,61 +1438,59 @@
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="373D68D7" w14:textId="47046782" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009204A5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Reformatering</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2664"/>
       </w:tblGrid>
       <w:tr w:rsidR="009204A5" w:rsidRPr="009204A5" w14:paraId="50716577" w14:textId="77777777" w:rsidTr="007E6FE2">
         <w:trPr>
@@ -3087,61 +2977,59 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C7DE75D" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75219BD2" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3392,71 +3280,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F039"/>
             </w:r>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t xml:space="preserve">  Mediastinum K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="513810C8" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3657,71 +3525,59 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F039"/>
             </w:r>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Lungor</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t>Lungor K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19A963AD" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -4506,62 +4362,60 @@
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C6AA512" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dosrapport</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="124B766A" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
@@ -4912,69 +4766,58 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="F2F2F2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8496B0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A752E1C" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mediastinum</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t>Mediastinum K+</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C76EBF8" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="009204A5" w:rsidRDefault="009204A5" w:rsidP="009204A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009204A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AX</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6456,65 +6299,65 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0940814E" w14:textId="5D85EAD2" w:rsidR="00E03C4B" w:rsidRPr="00E03C4B" w:rsidRDefault="00E03C4B" w:rsidP="00E03C4B"/>
     <w:p w14:paraId="11010C13" w14:textId="73B096C1" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00747066"/>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00330F6A">
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="even" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:headerReference w:type="first" r:id="rId29"/>
       <w:footerReference w:type="first" r:id="rId30"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="019AA3E0" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
+    <w:p w14:paraId="092904A8" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6099259A" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
+    <w:p w14:paraId="0AB2A344" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="53C7DA9E" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
+    <w:p w14:paraId="3F39F559" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6822,51 +6665,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00245913" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
@@ -7044,61 +6887,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1ACC28B4" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE"/>
+    <w:p w14:paraId="2FF3DB38" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78BC3144" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
+    <w:p w14:paraId="2DBACF06" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2B9DA235" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
+    <w:p w14:paraId="399C4010" w14:textId="77777777" w:rsidR="00387FAE" w:rsidRDefault="00387FAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D247311" w14:textId="77777777" w:rsidR="009204A5" w:rsidRPr="00DA65C4" w:rsidRDefault="009204A5" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13984B63" wp14:editId="5490CBD0">
               <wp:simplePos x="0" y="0"/>
@@ -10154,51 +9997,50 @@
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2079745478">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="961687870">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1708406576">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2076582395">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -10256,60 +10098,62 @@
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00154F00"/>
     <w:rsid w:val="001568B3"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00192827"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D6D43"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00245913"/>
     <w:rsid w:val="00245BE5"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="0027786F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D7696"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F1603"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00302C61"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
@@ -10438,80 +10282,82 @@
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B266D"/>
     <w:rsid w:val="006B5ED4"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00727670"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="007342E6"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="007433E6"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="0077003D"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D19FF"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00856CEF"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00892DF0"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F1CFE"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="009204A5"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
@@ -10542,50 +10388,51 @@
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A44687"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A668CC"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA0ECE"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC6A02"/>
     <w:rsid w:val="00AD707A"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B36120"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B6477F"/>
     <w:rsid w:val="00B65A9D"/>
@@ -10665,50 +10512,51 @@
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF0E42"/>
     <w:rsid w:val="00EF2F07"/>
     <w:rsid w:val="00EF64E0"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F356C5"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC41E1"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD3FC6"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1492EC97"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -16536,70 +16384,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>357</Words>
-  <Characters>1897</Characters>
+  <Words>232</Words>
+  <Characters>2021</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2250</CharactersWithSpaces>
+  <CharactersWithSpaces>2249</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Thorax K+ ROI (830800)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>