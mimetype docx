--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -12,70 +12,78 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061914D4" w14:textId="5305278C" w:rsidR="00184167" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
-        <w:t>DT Sinus navigation K+ med skelett- och mjukdelsfönster (815</w:t>
+        <w:t>DT Sinus navigation K+ med skelett- och mjukdelsfönster (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>815</w:t>
       </w:r>
       <w:r w:rsidR="001F452F">
-        <w:t>866)</w:t>
+        <w:t>866</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F452F">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138C3303" w14:textId="77777777" w:rsidR="001F452F" w:rsidRPr="001F452F" w:rsidRDefault="001F452F" w:rsidP="001F452F"/>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="73995A15" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D21C8C5" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Metodbeskrivning för DT-undersökning i NU-sjukvården.</w:t>
       </w:r>
     </w:p>
@@ -97,142 +105,90 @@
         </w:rPr>
         <w:t>På begäran av ÖNH-</w:t>
       </w:r>
       <w:r w:rsidR="00382EF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>kliniken ska frontalbenet vara med på bilden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74201231" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D66DFD5" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA5B5F0" w14:textId="09066BBF" w:rsidR="00760D08" w:rsidRDefault="00AD59F5" w:rsidP="00760D08">
+    <w:p w14:paraId="3EA5B5F0" w14:textId="18102A2F" w:rsidR="00760D08" w:rsidRDefault="000B168E" w:rsidP="00760D08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reviderad: </w:t>
-[...51 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>PVK specificerad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76417D91" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="497B2B85" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9045" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:insideV w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1953"/>
@@ -346,152 +302,152 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3602E822" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska snyta sig.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28902BE2" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00A91B3A" w:rsidP="00760D08">
-[...1 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          <w:p w14:paraId="28902BE2" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00760D08">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00760D08">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DF0342D" w14:textId="7EDDB561" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
-[...1 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          <w:p w14:paraId="3DF0342D" w14:textId="7CA2F729" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
+            <w:pPr>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00507F62">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="000B168E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst rosa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. Helst i höger arm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="430E693B" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Avlägsna eventuell tandprotes, örhängen, halsband och allt annat på huden. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -629,51 +585,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV kontrast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6BF547CC" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="205" w:right="0" w:hanging="205"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bolus 1: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -684,56 +640,74 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 350 mg l/ml enligt </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OmniJect</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ”Hals split bolus 1”</w:t>
+              <w:t xml:space="preserve"> ”Hals </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>split bolus</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1”</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3BD043C3" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="205" w:right="0" w:hanging="205"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bolus 2: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -744,51 +718,69 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 350 mg l/ml enligt </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OmniJect</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ”Hals split bolus 2”</w:t>
+              <w:t xml:space="preserve"> ”Hals </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>split bolus</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00760D08" w14:paraId="1B3687A8" w14:textId="77777777" w:rsidTr="00760D08">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C3C93B6" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -818,65 +810,65 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6AFB8CCC" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Se kapitel 4.2 och 5.2 i </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F556CAA" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00A91B3A">
+          <w:p w14:paraId="4F556CAA" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="00760D08">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00760D08" w14:paraId="2B553284" w14:textId="77777777" w:rsidTr="00760D08">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
@@ -1084,54 +1076,55 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="042225CE" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68635421" w14:textId="77777777" w:rsidR="00055967" w:rsidRPr="00C7286D" w:rsidRDefault="00055967" w:rsidP="00055967">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C7286D">
+        <w:lastRenderedPageBreak/>
         <w:t>Bildtagning</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1950"/>
         <w:gridCol w:w="3999"/>
         <w:gridCol w:w="3089"/>
       </w:tblGrid>
@@ -1557,51 +1550,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="6808127B" w14:textId="77777777" w:rsidR="00055967" w:rsidRPr="00C7286D" w:rsidRDefault="00055967">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BC5DE86" w14:textId="77777777" w:rsidR="00055967" w:rsidRPr="00055967" w:rsidRDefault="00055967" w:rsidP="00055967"/>
     <w:p w14:paraId="29F6CAAE" w14:textId="4228B765" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Reformatering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9045" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -2538,51 +2531,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B651D2A" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A03A84E" w14:textId="40155334" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Arkivering</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8902" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
@@ -3007,67 +3000,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F261041" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  mjukdelar</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="724A7F80" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4889,54 +4884,55 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B0822CE" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="022C2676" w14:textId="77777777" w:rsidR="00760D08" w:rsidRDefault="00760D08" w:rsidP="00760D08">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9045" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1954"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1561"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1560"/>
@@ -6911,238 +6907,241 @@
     <w:p w14:paraId="11010C13" w14:textId="5652C7D8" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00760D08">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00330F6A">
       <w:headerReference w:type="even" r:id="rId22"/>
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:footerReference w:type="even" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:headerReference w:type="first" r:id="rId26"/>
       <w:footerReference w:type="first" r:id="rId27"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10BACA53" w14:textId="77777777" w:rsidR="00314C0B" w:rsidRDefault="00314C0B">
+    <w:p w14:paraId="25F22034" w14:textId="77777777" w:rsidR="00C412BD" w:rsidRDefault="00C412BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70A4A7BE" w14:textId="77777777" w:rsidR="00314C0B" w:rsidRDefault="00314C0B">
+    <w:p w14:paraId="6BE72C31" w14:textId="77777777" w:rsidR="00C412BD" w:rsidRDefault="00C412BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="362B0ACF" w14:textId="77777777" w:rsidR="00314C0B" w:rsidRDefault="00314C0B">
+    <w:p w14:paraId="2ED4B83B" w14:textId="77777777" w:rsidR="00C412BD" w:rsidRDefault="00C412BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VGR Sans">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VGR Sans Medium">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 3">
+    <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A91B3A" w:rsidP="00EC0A68">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
@@ -7218,54 +7217,54 @@
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -7296,86 +7295,86 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17A68C84" w14:textId="77777777" w:rsidR="00314C0B" w:rsidRDefault="00314C0B"/>
+    <w:p w14:paraId="0FEC393B" w14:textId="77777777" w:rsidR="00C412BD" w:rsidRDefault="00C412BD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45E10AE3" w14:textId="77777777" w:rsidR="00314C0B" w:rsidRDefault="00314C0B">
+    <w:p w14:paraId="125FFB92" w14:textId="77777777" w:rsidR="00C412BD" w:rsidRDefault="00C412BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="69C3EF62" w14:textId="77777777" w:rsidR="00314C0B" w:rsidRDefault="00314C0B">
+    <w:p w14:paraId="269B78E7" w14:textId="77777777" w:rsidR="00C412BD" w:rsidRDefault="00C412BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0862B03E" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -7450,54 +7449,54 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="788FEAC4" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="442E56B1" wp14:editId="40C096F2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
@@ -7657,51 +7656,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8843,51 +8842,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -9324,51 +9323,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -10342,56 +10341,56 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1961955818">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -10408,50 +10407,51 @@
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="000369FD"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00055967"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="0008181B"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B168E"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D20D0"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E565C"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00150BA4"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
@@ -10463,50 +10463,51 @@
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E21CB"/>
     <w:rsid w:val="001E6916"/>
     <w:rsid w:val="001F452F"/>
     <w:rsid w:val="001F6A58"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="00251684"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E10A8"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00314107"/>
     <w:rsid w:val="00314A3D"/>
     <w:rsid w:val="00314C0B"/>
@@ -10567,92 +10568,95 @@
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B674A"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C4388"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00507F62"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="0052656A"/>
     <w:rsid w:val="00527E47"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00544C04"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00547E5F"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="00597FCE"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E478F"/>
     <w:rsid w:val="005E541E"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="006111C3"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00616B65"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="00620582"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672129"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006769DA"/>
+    <w:rsid w:val="00682871"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00691BF3"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B266D"/>
     <w:rsid w:val="006B5ED4"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E6249"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F76C7"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
@@ -10805,50 +10809,51 @@
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B87353"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B934C8"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB2EB3"/>
     <w:rsid w:val="00BB50BE"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD278B"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C32F9D"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C412BD"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C45BFD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C77648"/>
     <w:rsid w:val="00C83FF9"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC22DE"/>
     <w:rsid w:val="00CC4B53"/>
@@ -10857,50 +10862,51 @@
     <w:rsid w:val="00CD3A61"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D258CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB0262"/>
     <w:rsid w:val="00DB164B"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF3830"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
+    <w:rsid w:val="00E548A1"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA4803"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF7925"/>
     <w:rsid w:val="00F10F34"/>
@@ -10942,59 +10948,59 @@
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11343,196 +11349,196 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B266D"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="006B266D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="VGR Sans" w:eastAsia="MS Gothic" w:hAnsi="VGR Sans"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -11610,607 +11616,607 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
+    <w:link w:val="Rubrik1"/>
     <w:rsid w:val="006B266D"/>
     <w:rPr>
       <w:rFonts w:ascii="VGR Sans" w:eastAsia="MS Gothic" w:hAnsi="VGR Sans"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00CC4B53"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="VGR Sans Medium" w:hAnsi="VGR Sans Medium"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -12241,81 +12247,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -12354,53 +12360,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -12474,53 +12480,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -12594,53 +12600,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -12690,53 +12696,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -12786,53 +12792,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -12868,53 +12874,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -12963,51 +12969,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -13051,51 +13057,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -13182,67 +13188,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -13286,131 +13292,131 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16525,79 +16531,79 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2380</Characters>
+  <Pages>3</Pages>
+  <Words>436</Words>
+  <Characters>2317</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2792</CharactersWithSpaces>
+  <CharactersWithSpaces>2748</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2228285</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-19/SURROGATE/Str%c3%a5lskydd vid unders%c3%b6kningar och behandlingar med r%c3%b6ntgenstr%c3%a5lning.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8126525</vt:i4>
       </vt:variant>