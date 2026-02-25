--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1F21CA34" w14:textId="76DFD56C" w:rsidR="008F14DA" w:rsidRPr="00DC736D" w:rsidRDefault="0061349B" w:rsidP="00DC736D">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5B0723A2">
         <w:t xml:space="preserve">DT Njurar tumör </w:t>
       </w:r>
       <w:r w:rsidR="0083203D">
         <w:t xml:space="preserve">3-fas </w:t>
       </w:r>
       <w:r w:rsidRPr="5B0723A2">
         <w:t>(8528</w:t>
       </w:r>
       <w:r w:rsidR="0083203D">
         <w:t>02C</w:t>
       </w:r>
       <w:r w:rsidRPr="5B0723A2">
         <w:t>)</w:t>
       </w:r>
@@ -114,65 +114,65 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i NU-sjukvården</w:t>
       </w:r>
       <w:r w:rsidRPr="0078345B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="257F5220" w14:textId="40654EDA" w:rsidR="008F14DA" w:rsidRPr="00496CC3" w:rsidRDefault="00201280" w:rsidP="008F14DA">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående</w:t>
       </w:r>
       <w:r w:rsidR="008F14DA">
         <w:t xml:space="preserve"> version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207E5E3C" w14:textId="7020D0DB" w:rsidR="008F14DA" w:rsidRDefault="0011224F" w:rsidP="008F14DA">
+    <w:p w14:paraId="207E5E3C" w14:textId="6EB1179D" w:rsidR="008F14DA" w:rsidRDefault="002A7F1C" w:rsidP="008F14DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Reviderad, justerat kernel Siemens X-cite</w:t>
+        <w:t>PVK specificerad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C3F524A" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRDefault="008F14DA" w:rsidP="00DC736D">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6444B0FB" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="00DA39B6" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA39B6">
         <w:t>Inför undersökningen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblBorders>
@@ -294,115 +294,115 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00390584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48ECB470" w14:textId="29F04BE2" w:rsidR="008F14DA" w:rsidRPr="006D411C" w:rsidRDefault="00000000" w:rsidP="008F14DA">
+          <w:p w14:paraId="48ECB470" w14:textId="29F04BE2" w:rsidR="008F14DA" w:rsidRPr="006D411C" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="008F14DA" w:rsidRPr="006D411C">
+              <w:r w:rsidRPr="006D411C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="008F14DA" w:rsidRPr="006D411C">
+            <w:r w:rsidRPr="006D411C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BD3003C" w14:textId="749AE1C5" w:rsidR="008F14DA" w:rsidRPr="006D411C" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
+          <w:p w14:paraId="3BD3003C" w14:textId="76584033" w:rsidR="008F14DA" w:rsidRPr="006D411C" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="007D622B">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="002A7F1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F14DA" w14:paraId="6ED648EA" w14:textId="77777777" w:rsidTr="00201280">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CF4990D" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="00390584" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1031,51 +1031,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E01C9E7" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="001B6509" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C040225" wp14:editId="60D30D98">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C040225" wp14:editId="60D30D98">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>994410</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>432435</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="1416050"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="9" name="Upp 9"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="1416050"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1169,51 +1169,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="1C040225" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 9" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:78.3pt;margin-top:34.05pt;width:32.3pt;height:111.5pt;rotation:180;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaUNSZhwIAAHoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7aztiiCOkWQosOA&#10;oi2WDj0rshwbkEWNUuJkXz9Kst2s6y7DfBBIkXwknyle3xw6zfYKXQum5MVZzpkyEqrWbEv+/fnu&#10;0xVnzgtTCQ1GlfyoHL9ZfPxw3du5mkEDulLICMS4eW9L3nhv51nmZKM64c7AKkPGGrATnlTcZhWK&#10;ntA7nc3y/DLrASuLIJVzdHubjHwR8etaSf9Y1055pktOtfl4Yjw34cwW12K+RWGbVg5liH+oohOt&#10;oaQT1K3wgu2w/QOqayWCg9qfSegyqOtWqtgDdVPkb7pZN8Kq2AuR4+xEk/t/sPJhv7ZPSDT01s0d&#10;iaGLQ40dQyC2ivwqD19sjsplh8jdceJOHTyTdHle5LOCGJZkKs6Ly/wikpslsABq0fkvCjoWhJLv&#10;7BIR+ggs9vfOUw3kPXqFCAe6re5araOC281KI9sL+pWrVFQK+c1Nm+BsIIQlc7jJXruLkj9qFfy0&#10;+aZq1lbUwCxWEgdPTXmElMr4IpkaUamU/iJSMmQPoxoiYvkRMCDXlH/CHgBGzwQyYieYwT+Eqji3&#10;U3Di/i+FpeApImYG46fgrjWA73Wmqashc/IfSUrUBJb8YXMglyBuoDo+YRoJ+snOyruW/uK9cP5J&#10;IL0YuqQt4B/pqDX0JYdB4qwB/PneffCnQSYrZz29wJK7HzuBijP91dCIf74Mc8f8qYKnyuZUMbtu&#10;BTQZRawuihSMXo9ijdC90LJYhqxkEkZS7pJLj6Oy8mkz0LqRarmMbjuL7bYJL4FmGzor/L1ZWxn0&#10;QHYY1+fDi0A7jLWnB/EA48sV8zejnXwHrhOrg0IPPE7QsIzCBjnVo9frylz8AgAA//8DAFBLAwQU&#10;AAYACAAAACEAz018nd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+EMBCG7yb+h2ZMvJjd&#10;UqKISNn4EU8eiLiHPXZpF4jtlNAu4L93POlt3syTd54pd6uzbDZTGDxKENsEmMHW6wE7CfvPt00O&#10;LESFWlmPRsK3CbCrLi9KVWi/4IeZm9gxKsFQKAl9jGPBeWh741TY+tEg7U5+cipSnDquJ7VQubM8&#10;TZKMOzUgXejVaF560341ZyfhZsxDg/eH5/28qPr99Frf2q6W8vpqfXoEFs0a/2D41Sd1qMjp6M+o&#10;A7OU77KMUAlZLoARkKYiBXak4UEI4FXJ/79Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAaUNSZhwIAAHoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDPTXyd3wAAAAoBAAAPAAAAAAAAAAAAAAAAAOEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" adj="3129" fillcolor="#c00000" stroked="f" strokeweight="2pt">
+                    <v:shape id="Upp 9" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:78.3pt;margin-top:34.05pt;width:32.3pt;height:111.5pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaUNSZhwIAAHoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7aztiiCOkWQosOA&#10;oi2WDj0rshwbkEWNUuJkXz9Kst2s6y7DfBBIkXwknyle3xw6zfYKXQum5MVZzpkyEqrWbEv+/fnu&#10;0xVnzgtTCQ1GlfyoHL9ZfPxw3du5mkEDulLICMS4eW9L3nhv51nmZKM64c7AKkPGGrATnlTcZhWK&#10;ntA7nc3y/DLrASuLIJVzdHubjHwR8etaSf9Y1055pktOtfl4Yjw34cwW12K+RWGbVg5liH+oohOt&#10;oaQT1K3wgu2w/QOqayWCg9qfSegyqOtWqtgDdVPkb7pZN8Kq2AuR4+xEk/t/sPJhv7ZPSDT01s0d&#10;iaGLQ40dQyC2ivwqD19sjsplh8jdceJOHTyTdHle5LOCGJZkKs6Ly/wikpslsABq0fkvCjoWhJLv&#10;7BIR+ggs9vfOUw3kPXqFCAe6re5araOC281KI9sL+pWrVFQK+c1Nm+BsIIQlc7jJXruLkj9qFfy0&#10;+aZq1lbUwCxWEgdPTXmElMr4IpkaUamU/iJSMmQPoxoiYvkRMCDXlH/CHgBGzwQyYieYwT+Eqji3&#10;U3Di/i+FpeApImYG46fgrjWA73Wmqashc/IfSUrUBJb8YXMglyBuoDo+YRoJ+snOyruW/uK9cP5J&#10;IL0YuqQt4B/pqDX0JYdB4qwB/PneffCnQSYrZz29wJK7HzuBijP91dCIf74Mc8f8qYKnyuZUMbtu&#10;BTQZRawuihSMXo9ijdC90LJYhqxkEkZS7pJLj6Oy8mkz0LqRarmMbjuL7bYJL4FmGzor/L1ZWxn0&#10;QHYY1+fDi0A7jLWnB/EA48sV8zejnXwHrhOrg0IPPE7QsIzCBjnVo9frylz8AgAA//8DAFBLAwQU&#10;AAYACAAAACEAz018nd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+EMBCG7yb+h2ZMvJjd&#10;UqKISNn4EU8eiLiHPXZpF4jtlNAu4L93POlt3syTd54pd6uzbDZTGDxKENsEmMHW6wE7CfvPt00O&#10;LESFWlmPRsK3CbCrLi9KVWi/4IeZm9gxKsFQKAl9jGPBeWh741TY+tEg7U5+cipSnDquJ7VQubM8&#10;TZKMOzUgXejVaF560341ZyfhZsxDg/eH5/28qPr99Frf2q6W8vpqfXoEFs0a/2D41Sd1qMjp6M+o&#10;A7OU77KMUAlZLoARkKYiBXak4UEI4FXJ/79Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAaUNSZhwIAAHoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDPTXyd3wAAAAoBAAAPAAAAAAAAAAAAAAAAAOEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" adj="3129" fillcolor="#c00000" stroked="f" strokeweight="2pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="58531051" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="05A5DCDB" w14:textId="5AAE8067" w:rsidR="008F14DA" w:rsidRDefault="005A6452" w:rsidP="00123EE0">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
@@ -1239,51 +1239,51 @@
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BBD7D5A" wp14:editId="4F7EA635">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BBD7D5A" wp14:editId="4F7EA635">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>22860</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>432435</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1623695" cy="1416050"/>
                       <wp:effectExtent l="19050" t="19050" r="14605" b="12700"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rektangel 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1623695" cy="1416050"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1320,51 +1320,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="4019771F" id="Rektangel 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.8pt;margin-top:34.05pt;width:127.85pt;height:111.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcLn5EZgIAACgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2yna9AGdYoiRXcJ&#10;2mDt0LMqS7EBWdQoNU7260fJHym6YodhPsiUSD6Kj6Surg+tYXuFvgFb8mKWc6ashKqxu5L/eLr7&#10;csGZD8JWwoBVJT8qz69Xnz9ddW6p5lCDqRQyArF+2bmS1yG4ZZZ5WatW+Bk4ZUmpAVsRaIu7rELR&#10;EXprsnmeL7IOsHIIUnlPp7e9kq8SvtZKhgetvQrMlJzuFtKKaX2Ja7a6EssdClc3criG+IdbtKKx&#10;FHSCuhVBsFds/oBqG4ngQYeZhDYDrRupUg6UTZG/y+axFk6lXIgc7yaa/P+Dlff7R7dFoqFzfulJ&#10;jFkcNLbxT/djh0TWcSJLHQKTdFgs5meLy3POJOmKr8UiP090Zid3hz58U9CyKJQcqRqJJLHf+EAh&#10;yXQ0idEs3DXGpIoYy7qSn10UeZ48PJimitpo53H3sjbI9oKKus7jF+tIaG/MaGcsHZ7SSlI4GhUx&#10;jP2uNGsqSmTeR4gdpyZYIaWyoehVtahUH+38bbDRI4VOgBFZ0y0n7AFgtOxBRuz+zoN9dFWpYSfn&#10;IfW/OU8eKTLYMDm3jQX8KDNDWQ2Re/uRpJ6ayNILVMctMoR+XLyTdw1VcCN82Aqk+aBJopkPD7Ro&#10;A1QpGCTOasBfH51He2pb0nLW0byV3P98Fag4s6/tGqiSBb0UTiaR8DGYUdQI7TON+U1EIJWwknBK&#10;LgOOm3XoZ5oeCqlubpIZDZgTYWMfnYzgkaHYbU+HZ4FuaMlA3XwP45yJ5bvO7G0HgnpWhg2NYyr7&#10;8HTEeX+7T1anB271GwAA//8DAFBLAwQUAAYACAAAACEAvSE3RN4AAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPUUvDQBCE34X+h2MLvtlLUgxtzKWENoIgKKb9AdfcmgRzeyF3beO/d33St1lmmPk2&#10;3812EFecfO9IQbyKQCA1zvTUKjgdnx82IHzQZPTgCBV8o4ddsbjLdWbcjT7wWodWcAn5TCvoQhgz&#10;KX3TodV+5UYk9j7dZHXgc2qlmfSNy+0gkyhKpdU98UKnR9x32HzVF6vgWIWmKk/zIale5UvA8k2+&#10;16jU/XIun0AEnMNfGH7xGR0KZjq7CxkvBgXrlIMK0k0Mgu3kcbsGcWaxjWOQRS7/P1D8AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABwufkRmAgAAKAUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL0hN0TeAAAACAEAAA8AAAAAAAAAAAAAAAAAwAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" filled="f" strokecolor="#c00000" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48BB2827" wp14:editId="4F004565">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48BB2827" wp14:editId="4F004565">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>314960</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>286385</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="819150"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Upp 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="819150"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1424,101 +1424,101 @@
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" upright="1" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="48BB2827" id="Upp 8" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:24.8pt;margin-top:22.55pt;width:32.3pt;height:64.5pt;rotation:180;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSD5l2igIAAIAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azteiCOkXQIsOA&#10;oi2WDj0rshwbkEWNUuJkXz9Kst2s6y7DfBBEkXwkn0leXR86zfYKXQum5MVZzpkyEqrWbEv+/Wn1&#10;4ZIz54WphAajSn5Ujl8v3r+76u1czaABXSlkBGLcvLclb7y38yxzslGdcGdglSFlDdgJTyJuswpF&#10;T+idzmZ5fpH1gJVFkMo5er1NSr6I+HWtpH+oa6c80yWn3Hw8MZ6bcGaLKzHforBNK4c0xD9k0YnW&#10;UNAJ6lZ4wXbY/gHVtRLBQe3PJHQZ1HUrVayBqinyV9WsG2FVrIXIcXaiyf0/WHm/X9tHJBp66+aO&#10;rqGKQ40dQyC2ivwyD18sjtJlh8jdceJOHTyT9PipyGcFMSxJdVl8Ls4jt1nCCpgWnf+ioGPhUvKd&#10;XSJCH3HF/s55SoGsR6vg4UC31arVOgq43dxoZHtBf3K1ijkll9/MtAnGBoJbUoeX7KW4ePNHrYKd&#10;Nt9UzdqK8p/FTGLfqSmOkFIZXyRVIyqVwp+fRg+dGjxi+hEwINcUf8IeAEbLBDJipywH++CqYttO&#10;zon6vySWnCePGBmMn5y71gC+VZmmqobIyX4kKVETWPKHzYG4oR4IluFlA9XxEVNj0K92Vq5a+pl3&#10;wvlHgTQ39Ei7wD/QUWvoSw7DjbMG8Odb78Ge2pm0nPU0hyV3P3YCFWf6q6FG/3gRuo/5UwFPhc2p&#10;YHbdDVCDFDG7eCVn9Hq81gjdM62MZYhKKmEkxS659DgKNz7tB1o6Ui2X0Wxnsd025ELANLhW+Duz&#10;tjLIgfPQtU+HZ4F26G5PY3EP4/yK+asOT7YD5YnVQaAxj400rKSwR07laPWyOBe/AAAA//8DAFBL&#10;AwQUAAYACAAAACEA9NQkiN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KiTkpYmxKlQgQsSCNp8wCZekpTYDrHbhr9ne4LT7mpGs2/y9WR6caTRd84qiGcRCLK1051tFJS7&#10;55sVCB/QauydJQU/5GFdXF7kmGl3sh903IZGcIj1GSpoQxgyKX3dkkE/cwNZ1j7daDDwOTZSj3ji&#10;cNPLeRQtpcHO8ocWB9q0VH9tD0ZB5PrSPab4vXh5eq/e9uXrfnObKnV9NT3cgwg0hT8znPEZHQpm&#10;qtzBai96BUm6ZCfPRQzirMfJHETFy10Sgyxy+b9B8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDSD5l2igIAAIAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQD01CSI3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" adj="5408" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape w14:anchorId="48BB2827" id="Upp 8" o:spid="_x0000_s1027" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:24.8pt;margin-top:22.55pt;width:32.3pt;height:64.5pt;rotation:180;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSD5l2igIAAIAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azteiCOkXQIsOA&#10;oi2WDj0rshwbkEWNUuJkXz9Kst2s6y7DfBBEkXwkn0leXR86zfYKXQum5MVZzpkyEqrWbEv+/Wn1&#10;4ZIz54WphAajSn5Ujl8v3r+76u1czaABXSlkBGLcvLclb7y38yxzslGdcGdglSFlDdgJTyJuswpF&#10;T+idzmZ5fpH1gJVFkMo5er1NSr6I+HWtpH+oa6c80yWn3Hw8MZ6bcGaLKzHforBNK4c0xD9k0YnW&#10;UNAJ6lZ4wXbY/gHVtRLBQe3PJHQZ1HUrVayBqinyV9WsG2FVrIXIcXaiyf0/WHm/X9tHJBp66+aO&#10;rqGKQ40dQyC2ivwyD18sjtJlh8jdceJOHTyT9PipyGcFMSxJdVl8Ls4jt1nCCpgWnf+ioGPhUvKd&#10;XSJCH3HF/s55SoGsR6vg4UC31arVOgq43dxoZHtBf3K1ijkll9/MtAnGBoJbUoeX7KW4ePNHrYKd&#10;Nt9UzdqK8p/FTGLfqSmOkFIZXyRVIyqVwp+fRg+dGjxi+hEwINcUf8IeAEbLBDJipywH++CqYttO&#10;zon6vySWnCePGBmMn5y71gC+VZmmqobIyX4kKVETWPKHzYG4oR4IluFlA9XxEVNj0K92Vq5a+pl3&#10;wvlHgTQ39Ei7wD/QUWvoSw7DjbMG8Odb78Ge2pm0nPU0hyV3P3YCFWf6q6FG/3gRuo/5UwFPhc2p&#10;YHbdDVCDFDG7eCVn9Hq81gjdM62MZYhKKmEkxS659DgKNz7tB1o6Ui2X0Wxnsd025ELANLhW+Duz&#10;tjLIgfPQtU+HZ4F26G5PY3EP4/yK+asOT7YD5YnVQaAxj400rKSwR07laPWyOBe/AAAA//8DAFBL&#10;AwQUAAYACAAAACEA9NQkiN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KiTkpYmxKlQgQsSCNp8wCZekpTYDrHbhr9ne4LT7mpGs2/y9WR6caTRd84qiGcRCLK1051tFJS7&#10;55sVCB/QauydJQU/5GFdXF7kmGl3sh903IZGcIj1GSpoQxgyKX3dkkE/cwNZ1j7daDDwOTZSj3ji&#10;cNPLeRQtpcHO8ocWB9q0VH9tD0ZB5PrSPab4vXh5eq/e9uXrfnObKnV9NT3cgwg0hT8znPEZHQpm&#10;qtzBai96BUm6ZCfPRQzirMfJHETFy10Sgyxy+b9B8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDSD5l2igIAAIAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQD01CSI3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" adj="5408" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="75E7497F" w14:textId="22BD79FE" w:rsidR="008F14DA" w:rsidRDefault="008F14DA" w:rsidP="002D2CC8">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>13</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="44FB742A" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="0066567D" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58731CBD" wp14:editId="532271D3">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58731CBD" wp14:editId="532271D3">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>22860</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>286385</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1623695" cy="819150"/>
                       <wp:effectExtent l="19050" t="19050" r="14605" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="4" name="Rektangel 4"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1623695" cy="819150"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -2442,51 +2442,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CDB5784" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="004A5758" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002700D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="173EDAB7" wp14:editId="615949CA">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="173EDAB7" wp14:editId="615949CA">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>269875</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>855345</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="24" name="Upp 24"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2535,90 +2535,90 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="173EDAB7" id="Upp 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:21.25pt;margin-top:67.35pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1iN6HhAIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNNuCOkXQIsOA&#10;oi3aDj0rshwbkEWNUmJnXz9Kst2s6y7DfBBE6fGRfKZ4cdk1mh0UuhpMzqdnE86UkVDUZpfz70+b&#10;D585c16YQmgwKudH5fjl6v27i9Yu1Qwq0IVCRiTGLVub88p7u8wyJyvVCHcGVhm6LAEb4cnEXVag&#10;aIm90dlsMllkLWBhEaRyjk6v0yVfRf6yVNLflaVTnumcU24+rhjXbViz1YVY7lDYqpZ9GuIfsmhE&#10;bSjoSHUtvGB7rP+gamqJ4KD0ZxKaDMqylirWQNVMJ6+qeayEVbEWEsfZUSb3/2jl7eHR3iPJ0Fq3&#10;dLQNVXQlNgyB1DqfT8IXa6NsWRelO47Sqc4zSYfz6WQ2JYElXc2/zBeL8yBtlqgCpUXnvypoWNjk&#10;fG/XiNBGXnG4cT6hB1TwcKDrYlNrHQ3cba80soOgH7nZxJySy28wbQLYQHBL1+Eke6kt7vxRq4DT&#10;5kGVrC4o/1nMJLadGuMIKZXx03RViUKl8Oen0UOjBo9YbCQMzCXFH7l7ggGZSAbulGWPD64qdu3o&#10;nKT/S2LJefSIkcH40bmpDeBblWmqqo+c8INISZqgku+2HWkTpCFkONlCcbzH1Bf0q52Vm5p+5o1w&#10;/l4gPRs6pFHg72gpNbQ5h37HWQX4863zgM95WGefyL2ll5hz92MvUHGmvxlq9Y+L0IDMnxp4amxP&#10;DbNvroB6ZBoTjFtyRq+HbYnQPNPQWIfAdCWMpORyLj0OxpVPE4LGjlTrdYTRc7XC35hHKwN5kDo0&#10;61P3LND2Te3pNdzC8GrF8lVjJ2yvdBKzN+hxx/7pB1GYHqd2RL2My9UvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA0VdsmtsAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXCpqJ/1V&#10;iFNBJR6AFu7b2NgR9jqKnSa8Pe4Jjjs7mvmmPszesaseYhdIQrEUwDS1QXVkJHyc3572wGJCUugC&#10;aQk/OsKhub+rsVJhond9PSXDcgjFCiXYlPqK89ha7TEuQ68p/77C4DHlczBcDTjlcO94KcSWe+wo&#10;N1js9dHq9vs0eglj+Zn47mg3Zr+YjEW+wFc3Svn4ML88A0t6Tn9muOFndGgy0yWMpCJzElabTJ6y&#10;vi7WwG6GYrUDdpFQiq0A3tT8/4TmFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADWI3oeE&#10;AgAAdgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANFX&#10;bJrbAAAACgEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape w14:anchorId="173EDAB7" id="Upp 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:21.25pt;margin-top:67.35pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1iN6HhAIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNNuCOkXQIsOA&#10;oi3aDj0rshwbkEWNUmJnXz9Kst2s6y7DfBBE6fGRfKZ4cdk1mh0UuhpMzqdnE86UkVDUZpfz70+b&#10;D585c16YQmgwKudH5fjl6v27i9Yu1Qwq0IVCRiTGLVub88p7u8wyJyvVCHcGVhm6LAEb4cnEXVag&#10;aIm90dlsMllkLWBhEaRyjk6v0yVfRf6yVNLflaVTnumcU24+rhjXbViz1YVY7lDYqpZ9GuIfsmhE&#10;bSjoSHUtvGB7rP+gamqJ4KD0ZxKaDMqylirWQNVMJ6+qeayEVbEWEsfZUSb3/2jl7eHR3iPJ0Fq3&#10;dLQNVXQlNgyB1DqfT8IXa6NsWRelO47Sqc4zSYfz6WQ2JYElXc2/zBeL8yBtlqgCpUXnvypoWNjk&#10;fG/XiNBGXnG4cT6hB1TwcKDrYlNrHQ3cba80soOgH7nZxJySy28wbQLYQHBL1+Eke6kt7vxRq4DT&#10;5kGVrC4o/1nMJLadGuMIKZXx03RViUKl8Oen0UOjBo9YbCQMzCXFH7l7ggGZSAbulGWPD64qdu3o&#10;nKT/S2LJefSIkcH40bmpDeBblWmqqo+c8INISZqgku+2HWkTpCFkONlCcbzH1Bf0q52Vm5p+5o1w&#10;/l4gPRs6pFHg72gpNbQ5h37HWQX4863zgM95WGefyL2ll5hz92MvUHGmvxlq9Y+L0IDMnxp4amxP&#10;DbNvroB6ZBoTjFtyRq+HbYnQPNPQWIfAdCWMpORyLj0OxpVPE4LGjlTrdYTRc7XC35hHKwN5kDo0&#10;61P3LND2Te3pNdzC8GrF8lVjJ2yvdBKzN+hxx/7pB1GYHqd2RL2My9UvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA0VdsmtsAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXCpqJ/1V&#10;iFNBJR6AFu7b2NgR9jqKnSa8Pe4Jjjs7mvmmPszesaseYhdIQrEUwDS1QXVkJHyc3572wGJCUugC&#10;aQk/OsKhub+rsVJhond9PSXDcgjFCiXYlPqK89ha7TEuQ68p/77C4DHlczBcDTjlcO94KcSWe+wo&#10;N1js9dHq9vs0eglj+Zn47mg3Zr+YjEW+wFc3Svn4ML88A0t6Tn9muOFndGgy0yWMpCJzElabTJ6y&#10;vi7WwG6GYrUDdpFQiq0A3tT8/4TmFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADWI3oeE&#10;AgAAdgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANFX&#10;bJrbAAAACgEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="2130A5CB" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="0066567D" w:rsidRDefault="008F14DA" w:rsidP="00DE40D3">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3970A3C6" wp14:editId="3147B128">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3970A3C6" wp14:editId="3147B128">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>730885</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-15875</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="5715" cy="1317625"/>
                       <wp:effectExtent l="19050" t="19050" r="32385" b="34925"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="5938" cy="1317658"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="38100">
@@ -2648,51 +2648,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="39AEC0DA" id="Rak 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="57.55pt,-1.25pt" to="58pt,102.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4SEYexAEAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5JiJHEFyzkkcC5F&#10;G6TtB9DU0iLAF0jWkv++S0qWgzQokCA6UBS5Mzs7u1rfDVqRA/ggrWlotSgpAcNtK82+ob9/bS9X&#10;lITITMuUNdDQIwR6t7n4su5dDVe2s6oFT5DEhLp3De1idHVRBN6BZmFhHRi8FNZrFvHT74vWsx7Z&#10;tSquyvKm6K1vnbccQsDTh/GSbjK/EMDjDyECRKIaitpiXn1ed2ktNmtW7z1zneSTDPYBFZpJg0ln&#10;qgcWGfnj5T9UWnJvgxVxwa0urBCSQ64Bq6nKV9X87JiDXAuaE9xsU/g8Wv79cG+ePNrQu1AH9+RT&#10;FYPwOr1RHxmyWcfZLBgi4Xh4/XWJveV4US2r25vrVfKyOGOdD/ERrCZp01AlTSqF1ezwLcQx9BSS&#10;jpUhfUOXq6osc1iwSrZbqVS6DH6/u1eeHBi2cbst8ZmyvQjD3MqghHMheRePCsYEzyCIbFF6NWZI&#10;MwYzLeMcTKwmXmUwOsEESpiBk7T/Aaf4BIU8f+8Bz4ic2Zo4g7U01r8lOw4nyWKMPzkw1p0s2Nn2&#10;mFucrcFByn2ahj5N6svvDD//mpu/AAAA//8DAFBLAwQUAAYACAAAACEAzbmZwOEAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPUUvDMBSF3wX/Q7iCL7IlLXRI13QMQZzuwVmF4VvWXNuyJqlJutV/&#10;792TPh7ux7nfKVaT6dkJfeiclZDMBTC0tdOdbSR8vD/O7oGFqKxWvbMo4QcDrMrrq0Ll2p3tG56q&#10;2DAqsSFXEtoYh5zzULdoVJi7AS3dvpw3KlL0Dddenanc9DwVYsGN6ix9aNWADy3Wx2o0EsyrWfPP&#10;7dNY+d3zy/57u9kd7zZS3t5M6yWwiFP8g+GiT+pQktPBjVYH1lNOsoRQCbM0A3YBkgWNO0hIRSaA&#10;lwX/P6H8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPhIRh7EAQAA4gMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM25mcDhAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAHgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0002700D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26641749" wp14:editId="68DE177F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26641749" wp14:editId="68DE177F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>835660</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>122555</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2757,91 +2757,91 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="26641749" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" o:spid="_x0000_s1029" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:65.8pt;margin-top:9.65pt;width:32.25pt;height:45.35pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhG9jIewIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3bapluDOkXQIsOA&#10;oi3aDj0rshwbkEWNUmNnXz9Kst2sK3YYloNCSuQj+Uzy4rJvNdspdA2Ygs+Ocs6UkVA2Zlvw70/r&#10;T184c16YUmgwquB75fjl8uOHi84u1DHUoEuFjECMW3S24LX3dpFlTtaqFe4IrDL0WAG2wpOK26xE&#10;0RF6q7PjPD/LOsDSIkjlHN1ep0e+jPhVpaS/qyqnPNMFp9x8PDGem3Bmywux2KKwdSOHNMQ/ZNGK&#10;xlDQCepaeMFesPkDqm0kgoPKH0loM6iqRqpYA1Uzy99U81gLq2ItRI6zE03u/8HK292jvUeiobNu&#10;4UgMVfQVtuGf8mN9JGs/kaV6zyRdnubn889zziQ9kXB+Og9kZq/OFp3/qqBlQSh4CZ1ZIUIXeRK7&#10;G+eT/WgXAjrQTblutI4KbjdXGtlO0Mdbr3P6DSF+M9MmGBsIbgkx3GSv9UTJ77UKdto8qIo1JVVw&#10;HDOJraamOEJKZfwsPdWiVCn8/DB6aM7gEcuNgAG5ovgT9gAwWiaQETtlOdgHVxU7dXLO/5ZYcp48&#10;YmQwfnJuGwP4HoCmqobIyX4kKVETWPL9piduCn4SLMPNBsr9PTKENDnOynVDn/NGOH8vkEaFhorG&#10;39/RUWnoCg6DxFkN+PO9+2Bf8HBy1tHoFdz9eBGoONPfDPX2yVn40swfKniobA4V89JeATXIjBaN&#10;lVEkZ/R6FCuE9pm2xCpEpSdhJGVWcOlxVK58Wgm0Z6RaraIZzacV/sY8WhnAA8+hU5/6Z4F26GlP&#10;w3AL45iKxZuuTrYDzYnJQaFpjs0zbJ6wLg71aPW6H5e/AAAA//8DAFBLAwQUAAYACAAAACEAZ0Ii&#10;8N4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1Q6WIpHEqVIkixIlS&#10;7m68TVLidYidNv17tid6m9E+zc4Uy8l14ohDaD1pSGYKBFLlbUu1hu3X6+MziBANWdN5Qg1nDLAs&#10;b28Kk1t/ok88bmItOIRCbjQ0Mfa5lKFq0Jkw8z0S3/Z+cCayHWppB3PicNfJJ6VS6UxL/KExPa4a&#10;rH42o9Pwlrnx8L46b7tsPe6/8eF3PX2kWt/fTS8LEBGn+A/DpT5Xh5I77fxINoiO/TxJGWWRzUFc&#10;gCxNQOxYJEqBLAt5PaH8AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACEb2Mh7AgAAZwUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGdCIvDeAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape id="Ned 20" o:spid="_x0000_s1029" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:65.8pt;margin-top:9.65pt;width:32.25pt;height:45.35pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhG9jIewIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3bapluDOkXQIsOA&#10;oi3aDj0rshwbkEWNUmNnXz9Kst2sK3YYloNCSuQj+Uzy4rJvNdspdA2Ygs+Ocs6UkVA2Zlvw70/r&#10;T184c16YUmgwquB75fjl8uOHi84u1DHUoEuFjECMW3S24LX3dpFlTtaqFe4IrDL0WAG2wpOK26xE&#10;0RF6q7PjPD/LOsDSIkjlHN1ep0e+jPhVpaS/qyqnPNMFp9x8PDGem3Bmywux2KKwdSOHNMQ/ZNGK&#10;xlDQCepaeMFesPkDqm0kgoPKH0loM6iqRqpYA1Uzy99U81gLq2ItRI6zE03u/8HK292jvUeiobNu&#10;4UgMVfQVtuGf8mN9JGs/kaV6zyRdnubn889zziQ9kXB+Og9kZq/OFp3/qqBlQSh4CZ1ZIUIXeRK7&#10;G+eT/WgXAjrQTblutI4KbjdXGtlO0Mdbr3P6DSF+M9MmGBsIbgkx3GSv9UTJ77UKdto8qIo1JVVw&#10;HDOJraamOEJKZfwsPdWiVCn8/DB6aM7gEcuNgAG5ovgT9gAwWiaQETtlOdgHVxU7dXLO/5ZYcp48&#10;YmQwfnJuGwP4HoCmqobIyX4kKVETWPL9piduCn4SLMPNBsr9PTKENDnOynVDn/NGOH8vkEaFhorG&#10;39/RUWnoCg6DxFkN+PO9+2Bf8HBy1tHoFdz9eBGoONPfDPX2yVn40swfKniobA4V89JeATXIjBaN&#10;lVEkZ/R6FCuE9pm2xCpEpSdhJGVWcOlxVK58Wgm0Z6RaraIZzacV/sY8WhnAA8+hU5/6Z4F26GlP&#10;w3AL45iKxZuuTrYDzYnJQaFpjs0zbJ6wLg71aPW6H5e/AAAA//8DAFBLAwQUAAYACAAAACEAZ0Ii&#10;8N4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1Q6WIpHEqVIkixIlS&#10;7m68TVLidYidNv17tid6m9E+zc4Uy8l14ohDaD1pSGYKBFLlbUu1hu3X6+MziBANWdN5Qg1nDLAs&#10;b28Kk1t/ok88bmItOIRCbjQ0Mfa5lKFq0Jkw8z0S3/Z+cCayHWppB3PicNfJJ6VS6UxL/KExPa4a&#10;rH42o9Pwlrnx8L46b7tsPe6/8eF3PX2kWt/fTS8LEBGn+A/DpT5Xh5I77fxINoiO/TxJGWWRzUFc&#10;gCxNQOxYJEqBLAt5PaH8AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACEb2Mh7AgAAZwUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGdCIvDeAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="762817AF" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="0066564D" w:rsidRDefault="008F14DA" w:rsidP="00DE40D3">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B384405" wp14:editId="28964856">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B384405" wp14:editId="28964856">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>9525</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>718185</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1414145" cy="0"/>
                       <wp:effectExtent l="19050" t="19050" r="14605" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="28" name="Rak 28"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1414145" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="38100">
@@ -2947,51 +2947,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45B946D5" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="004A5758" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002700D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0515C17D" wp14:editId="2EAC91A8">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0515C17D" wp14:editId="2EAC91A8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1174115</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>698500</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="552450"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Upp 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="552450"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -3040,90 +3040,90 @@
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="0515C17D" id="Upp 19" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:92.45pt;margin-top:55pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBObZMAhQIAAHcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azpiuCOkXQIsOA&#10;oivWDj0rshwbkEWNUmJnXz9Kctys6y7DfBBE6fGRfKZ4dT10mu0VuhZMyYuznDNlJFSt2Zb8+9P6&#10;wyVnzgtTCQ1GlfygHL9evn931duFmkEDulLIiMS4RW9L3nhvF1nmZKM64c7AKkOXNWAnPJm4zSoU&#10;PbF3Opvl+UXWA1YWQSrn6PQ2XfJl5K9rJf3XunbKM11yys3HFeO6CWu2vBKLLQrbtHJMQ/xDFp1o&#10;DQWdqG6FF2yH7R9UXSsRHNT+TEKXQV23UsUaqJoif1XNYyOsirWQOM5OMrn/Ryvv94/2AUmG3rqF&#10;o22oYqixYwikVpFf5uGLxVG6bIjaHSbt1OCZpMPzIp8VpLCkq/l8dj6P2maJK3BadP6zgo6FTcl3&#10;doUIfeQV+zvnKQVCH1HBw4Fuq3WrdTRwu7nRyPaC/uR6HXNKLr/BtAlgA8EtXYeT7KW4uPMHrQJO&#10;m2+qZm1F+c9iJrHv1BRHSKmML9JVIyqVws9Po4dODR4x/UgYmGuKP3GPBEdkIjlypyxHfHBVsW0n&#10;5yT9XxJLzpNHjAzGT85dawDfqkxTVWPkhD+KlKQJKvlhM5A29GsDMpxsoDo8YGoM+tXOynVLP/NO&#10;OP8gkN4NHdIs8F9pqTX0JYdxx1kD+POt84AveVhnn8i9p6dYcvdjJ1Bxpr8Y6vWPF6EBmT818NTY&#10;nBpm190A9UgRE4xbckavj9saoXumqbEKgelKGEnJlVx6PBo3Po0ImjtSrVYRRu/VCn9nHq0M5EHq&#10;0KxPw7NAOza1p9dwD8dnKxavGjthR6WTmKNBrzv2zziJwvg4tSPqZV4ufwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAIG1srrhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdRIV&#10;aEKcih8hVG6kSMDNjbdJhL2OYrdN377LCW47u6PZb8rl5KzY4xh6TwrSWQICqfGmp1bBx/rlegEi&#10;RE1GW0+o4IgBltX5WakL4w/0jvs6toJDKBRaQRfjUEgZmg6dDjM/IPFt60enI8uxlWbUBw53VmZJ&#10;ciud7ok/dHrApw6bn3rnFHy/2vRLfq63z+GtXmXHq/RRrqxSlxfTwz2IiFP8M8MvPqNDxUwbvyMT&#10;hGW9mOds5SFNuBQ7snl+A2LDm/wuAVmV8n+H6gQAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBObZMAhQIAAHcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCBtbK64QAAAAsBAAAPAAAAAAAAAAAAAAAAAN8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape w14:anchorId="0515C17D" id="Upp 19" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:92.45pt;margin-top:55pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBObZMAhQIAAHcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7azpiuCOkXQIsOA&#10;oivWDj0rshwbkEWNUmJnXz9Kctys6y7DfBBE6fGRfKZ4dT10mu0VuhZMyYuznDNlJFSt2Zb8+9P6&#10;wyVnzgtTCQ1GlfygHL9evn931duFmkEDulLIiMS4RW9L3nhvF1nmZKM64c7AKkOXNWAnPJm4zSoU&#10;PbF3Opvl+UXWA1YWQSrn6PQ2XfJl5K9rJf3XunbKM11yys3HFeO6CWu2vBKLLQrbtHJMQ/xDFp1o&#10;DQWdqG6FF2yH7R9UXSsRHNT+TEKXQV23UsUaqJoif1XNYyOsirWQOM5OMrn/Ryvv94/2AUmG3rqF&#10;o22oYqixYwikVpFf5uGLxVG6bIjaHSbt1OCZpMPzIp8VpLCkq/l8dj6P2maJK3BadP6zgo6FTcl3&#10;doUIfeQV+zvnKQVCH1HBw4Fuq3WrdTRwu7nRyPaC/uR6HXNKLr/BtAlgA8EtXYeT7KW4uPMHrQJO&#10;m2+qZm1F+c9iJrHv1BRHSKmML9JVIyqVws9Po4dODR4x/UgYmGuKP3GPBEdkIjlypyxHfHBVsW0n&#10;5yT9XxJLzpNHjAzGT85dawDfqkxTVWPkhD+KlKQJKvlhM5A29GsDMpxsoDo8YGoM+tXOynVLP/NO&#10;OP8gkN4NHdIs8F9pqTX0JYdxx1kD+POt84AveVhnn8i9p6dYcvdjJ1Bxpr8Y6vWPF6EBmT818NTY&#10;nBpm190A9UgRE4xbckavj9saoXumqbEKgelKGEnJlVx6PBo3Po0ImjtSrVYRRu/VCn9nHq0M5EHq&#10;0KxPw7NAOza1p9dwD8dnKxavGjthR6WTmKNBrzv2zziJwvg4tSPqZV4ufwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAIG1srrhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdRIV&#10;aEKcih8hVG6kSMDNjbdJhL2OYrdN377LCW47u6PZb8rl5KzY4xh6TwrSWQICqfGmp1bBx/rlegEi&#10;RE1GW0+o4IgBltX5WakL4w/0jvs6toJDKBRaQRfjUEgZmg6dDjM/IPFt60enI8uxlWbUBw53VmZJ&#10;ciud7ok/dHrApw6bn3rnFHy/2vRLfq63z+GtXmXHq/RRrqxSlxfTwz2IiFP8M8MvPqNDxUwbvyMT&#10;hGW9mOds5SFNuBQ7snl+A2LDm/wuAVmV8n+H6gQAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBObZMAhQIAAHcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCBtbK64QAAAAsBAAAPAAAAAAAAAAAAAAAAAN8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="5130353B" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="0066567D" w:rsidRDefault="008F14DA" w:rsidP="00DE40D3">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5CAB2E" wp14:editId="571FD2AF">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5CAB2E" wp14:editId="571FD2AF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-34925</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>690245</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1707515" cy="0"/>
                       <wp:effectExtent l="19050" t="19050" r="6985" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="23" name="Rak 23"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1707515" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="38100">
@@ -3151,51 +3151,51 @@
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="4C152479" id="Rak 23" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.75pt,54.35pt" to="131.7pt,54.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9l5cyyAEAAOkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzf2SRFpVW02R5aLRwQ&#10;VFB+gNcZbyz5S2Ozyf57xk42rQAhgcjBssczb957nmzvJmvYCTBq7zrebGrOwEnfa3fs+Len/Ztb&#10;zmISrhfGO+j4GSK/271+tR1DC1d+8KYHZATiYjuGjg8phbaqohzAirjxARxdKo9WJDrisepRjIRu&#10;TXVV1++q0WMf0EuIkaIP8yXfFXylQKbPSkVIzHScuKWyYlkPea12W9EeUYRBy4WG+AcWVmhHTVeo&#10;B5EE+476FyirJfroVdpIbyuvlJZQNJCapv5JzddBBChayJwYVpvi/4OVn0737hHJhjHENoZHzCom&#10;hZYpo8MHetOii5iyqdh2Xm2DKTFJweamvrlurjmTl7tqhshQAWN6D96yvOm40S4rEq04fYyJ2lLq&#10;JSWHjWNjx9/eNnVd0qI3ut9rY/JlxOPh3iA7CXrN/b6mLz8gQbxIo5NxFHzWU3bpbGBu8AUU033m&#10;PXfIowYrrJASXGoWXOMoO5cporAWLtT+VLjk51IoY/g3xWtF6exdWoutdh5/RztNF8pqzr84MOvO&#10;Fhx8fy4vXayheSrOLbOfB/bluZQ//6G7HwAAAP//AwBQSwMEFAAGAAgAAAAhANCgQ2jfAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkpN22lI6NUZpOaNMkDlzYQOKYNaYpa5zS&#10;pFvH02MkJDj696ffn/Pl4BpxxC7UnhRcTxIQSKU3NVUKXnab8QJEiJqMbjyhgjMGWBaXF7nOjD/R&#10;Mx63sRJcQiHTCmyMbSZlKC06HSa+ReLdu++cjjx2lTSdPnG5a2SaJHPpdE18weoWVxbLw7Z3Cl7f&#10;LH6md+sne9h9TT/iYy/PQ6/U6Gp4uAcRcYh/MPzoszoU7LT3PZkgGgXj2YxJzpPFLQgG0vn0BsT+&#10;N5FFLv+/UHwDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/ZeXMsgBAADpAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0KBDaN8AAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7AE26EA5" wp14:editId="5BBB9F6F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7AE26EA5" wp14:editId="5BBB9F6F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>837565</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1270</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="4445" cy="1390650"/>
                       <wp:effectExtent l="19050" t="19050" r="33655" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="29" name="Rak 29"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="4445" cy="1390650"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="38100">
@@ -3225,51 +3225,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="606E022B" id="Rak 29" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="65.95pt,.1pt" to="66.3pt,109.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1ECgG0AEAAOwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815ISJ0gFyzkkcHso&#10;2qDLB9DU0CLADRzWkv++Q8pW0hY9tKgOBDnLm3lvRpv7yRp2hIjau443q5ozcNL32h06/u3r7s0d&#10;Z5iE64XxDjp+AuT329evNmNo4coP3vQQGYE4bMfQ8SGl0FYVygGswJUP4MipfLQi0TMeqj6KkdCt&#10;qa7q+rYafexD9BIQyfo4O/m24CsFMn1SCiEx03HqLZUzlnOfz2q7Ee0hijBoeW5D/EMXVmhHRReo&#10;R5EE+x71b1BWy+jRq7SS3lZeKS2hcCA2Tf0Lmy+DCFC4kDgYFpnw/8HKj8cH9xRJhjFgi+EpZhaT&#10;ipYpo8N7mmnhRZ2yqch2WmSDKTFJxvV6fcOZJEdz/ba+vSmqVjNKRgsR0zvwluVLx412mZRoxfED&#10;JqpMoZeQbDaOjR2/vmvquoShN7rfaWOyE+Nh/2AiOwoa6G5X05dnSBAvwuhlHBmfKZVbOhmYC3wG&#10;xXRPrc/kyrbBAiukBJeaM65xFJ3TFLWwJJ5by2v6p8RzfE6Fsol/k7xklMrepSXZaufjLMzP1dN0&#10;aVnN8RcFZt5Zgr3vT2XYRRpaqaLcef3zzr58l/Tnn3T7AwAA//8DAFBLAwQUAAYACAAAACEAcnm7&#10;t90AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KjzkCoS4lQIhMSCDS1I&#10;LN14GqeNxyF22pSvZ7qC5dG9unOmWs2uF0ccQ+dJQbpIQCA13nTUKvjYvNzdgwhRk9G9J1RwxgCr&#10;+vqq0qXxJ3rH4zq2gkcolFqBjXEopQyNRafDwg9InO386HRkHFtpRn3icdfLLEmW0umO+ILVAz5Z&#10;bA7rySn4/LL4nRXPb/aw+cn38XWS53lS6vZmfnwAEXGOf2W46LM61Oy09ROZIHrmPC24qiADcYnz&#10;bAliy5gWGci6kv8fqH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANRAoBtABAADsAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcnm7t90AAAAI&#10;AQAADwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0002700D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47E049F4" wp14:editId="0281ED50">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47E049F4" wp14:editId="0281ED50">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>364490</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>156210</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="22" name="Upp 22"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -3318,51 +3318,51 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="47E049F4" id="Upp 22" o:spid="_x0000_s1031" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:28.7pt;margin-top:12.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/5BeMhAIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNNuCOkXQIsOA&#10;oi3aDj0rshwbkEWNUmJnXz9Kst2s6y7DfBBE6fGRfKZ4cdk1mh0UuhpMzqdnE86UkVDUZpfz70+b&#10;D585c16YQmgwKudH5fjl6v27i9Yu1Qwq0IVCRiTGLVub88p7u8wyJyvVCHcGVhm6LAEb4cnEXVag&#10;aIm90dlsMllkLWBhEaRyjk6v0yVfRf6yVNLflaVTnumcU24+rhjXbViz1YVY7lDYqpZ9GuIfsmhE&#10;bSjoSHUtvGB7rP+gamqJ4KD0ZxKaDMqylirWQNVMJ6+qeayEVbEWEsfZUSb3/2jl7eHR3iPJ0Fq3&#10;dLQNVXQlNgyB1DqfT8IXa6NsWRelO47Sqc4zSYfz6WQ2JYElXc2/zBeL8yBtlqgCpUXnvypoWNjk&#10;fG/XiNBGXnG4cT6hB1TwcKDrYlNrHQ3cba80soOgH7nZxJySy28wbQLYQHBL1+Eke6kt7vxRq4DT&#10;5kGVrC4o/1nMJLadGuMIKZXx03RViUKl8Oen0UOjBo9YbCQMzCXFH7l7ggGZSAbulGWPD64qdu3o&#10;nKT/S2LJefSIkcH40bmpDeBblWmqqo+c8INISZqgku+2HWlDLRCQ4WQLxfEeU1/Qr3ZWbmr6mTfC&#10;+XuB9GzokEaBv6Ol1NDmHPodZxXgz7fOAz7nYZ19IveWXmLO3Y+9QMWZ/mao1T8uQgMyf2rgqbE9&#10;Ncy+uQLqkWlMMG7JGb0etiVC80xDYx0C05UwkpLLufQ4GFc+TQgaO1Kt1xFGz9UKf2MerQzkQerQ&#10;rE/ds0DbN7Wn13ALw6sVy1eNnbC90knM3qDHHfunH0RhepzaEfUyLle/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAxNyQRtsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9ZW6gUVh6BA&#10;CHFQi9QPKLT3JXbtCHsdxQ5J/77m1B5HM5p5Ux9mZ9lNDaHzJGC1zIApar3sSAv4PL+/lMBCRJJo&#10;PSkBPyrAoXl8qLGSfqIPdTtFzVIJhQoFmBj7ivPQGuUwLH2vKHnffnAYkxw0lwNOqdxZnmfZhjvs&#10;KC0Y7NXRqPZ6Gp2AMf+KfHs0hS4XkzbIF/hmRyGen+bXPbCo5vgXhjt+QocmMV38SDIwK6DItikp&#10;YL1aA7v7ebkBdhGwK3bAm5r/P9D8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL/kF4yE&#10;AgAAdgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMTc&#10;kEbbAAAACAEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape w14:anchorId="47E049F4" id="Upp 22" o:spid="_x0000_s1031" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:28.7pt;margin-top:12.3pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/5BeMhAIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNNuCOkXQIsOA&#10;oi3aDj0rshwbkEWNUmJnXz9Kst2s6y7DfBBE6fGRfKZ4cdk1mh0UuhpMzqdnE86UkVDUZpfz70+b&#10;D585c16YQmgwKudH5fjl6v27i9Yu1Qwq0IVCRiTGLVub88p7u8wyJyvVCHcGVhm6LAEb4cnEXVag&#10;aIm90dlsMllkLWBhEaRyjk6v0yVfRf6yVNLflaVTnumcU24+rhjXbViz1YVY7lDYqpZ9GuIfsmhE&#10;bSjoSHUtvGB7rP+gamqJ4KD0ZxKaDMqylirWQNVMJ6+qeayEVbEWEsfZUSb3/2jl7eHR3iPJ0Fq3&#10;dLQNVXQlNgyB1DqfT8IXa6NsWRelO47Sqc4zSYfz6WQ2JYElXc2/zBeL8yBtlqgCpUXnvypoWNjk&#10;fG/XiNBGXnG4cT6hB1TwcKDrYlNrHQ3cba80soOgH7nZxJySy28wbQLYQHBL1+Eke6kt7vxRq4DT&#10;5kGVrC4o/1nMJLadGuMIKZXx03RViUKl8Oen0UOjBo9YbCQMzCXFH7l7ggGZSAbulGWPD64qdu3o&#10;nKT/S2LJefSIkcH40bmpDeBblWmqqo+c8INISZqgku+2HWlDLRCQ4WQLxfEeU1/Qr3ZWbmr6mTfC&#10;+XuB9GzokEaBv6Ol1NDmHPodZxXgz7fOAz7nYZ19IveWXmLO3Y+9QMWZ/mao1T8uQgMyf2rgqbE9&#10;Ncy+uQLqkWlMMG7JGb0etiVC80xDYx0C05UwkpLLufQ4GFc+TQgaO1Kt1xFGz9UKf2MerQzkQerQ&#10;rE/ds0DbN7Wn13ALw6sVy1eNnbC90knM3qDHHfunH0RhepzaEfUyLle/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAxNyQRtsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9ZW6gUVh6BA&#10;CHFQi9QPKLT3JXbtCHsdxQ5J/77m1B5HM5p5Ux9mZ9lNDaHzJGC1zIApar3sSAv4PL+/lMBCRJJo&#10;PSkBPyrAoXl8qLGSfqIPdTtFzVIJhQoFmBj7ivPQGuUwLH2vKHnffnAYkxw0lwNOqdxZnmfZhjvs&#10;KC0Y7NXRqPZ6Gp2AMf+KfHs0hS4XkzbIF/hmRyGen+bXPbCo5vgXhjt+QocmMV38SDIwK6DItikp&#10;YL1aA7v7ebkBdhGwK3bAm5r/P9D8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL/kF4yE&#10;AgAAdgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMTc&#10;kEbbAAAACAEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="0BF6F092" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="0066567D" w:rsidRDefault="008F14DA" w:rsidP="00DE40D3">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
@@ -6575,51 +6575,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PACS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D7D0A5A" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3102F0AB" w14:textId="77777777" w:rsidR="008F14DA" w:rsidRPr="00DA39B6" w:rsidRDefault="008F14DA" w:rsidP="008F14DA">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA39B6">
-        <w:lastRenderedPageBreak/>
         <w:t>Hängning PACS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:left w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
           <w:right w:val="dotted" w:sz="2" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="283"/>
@@ -8652,118 +8651,118 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40AA233F" w14:textId="63D4C824" w:rsidR="009C6C0C" w:rsidRPr="008F14DA" w:rsidRDefault="009C6C0C" w:rsidP="008F14DA"/>
     <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="008F14DA" w:rsidSect="00D12FF0">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:headerReference w:type="first" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1979" w:bottom="426" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BD79718" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
+    <w:p w14:paraId="58348843" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F4709F3" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
+    <w:p w14:paraId="5DCE9C40" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25AD7C39" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
+    <w:p w14:paraId="5CE8BB70" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -8771,89 +8770,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -8882,63 +8881,63 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="40" name="Bildobjekt 40">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -8960,87 +8959,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="173C1CBB" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7"/>
+    <w:p w14:paraId="58702B9D" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="090A8A00" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
+    <w:p w14:paraId="34E00A3E" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="26B60F2B" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
+    <w:p w14:paraId="1C299693" w14:textId="77777777" w:rsidR="00961EB7" w:rsidRDefault="00961EB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -9070,98 +9069,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="39" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -9199,51 +9198,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00413A60">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -9276,86 +9275,86 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11815,52 +11814,52 @@
   <w:num w:numId="17" w16cid:durableId="296909706">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1429816471">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="867839750">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1202285626">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="730037128">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1395395561">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="271938254">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -11935,71 +11934,73 @@
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D3B12"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00201280"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
+    <w:rsid w:val="002A7F1C"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D2CC8"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="003352DF"/>
+    <w:rsid w:val="003361A7"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D4E83"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
@@ -12041,55 +12042,57 @@
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A6452"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="0061349B"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00646B8C"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="006637B4"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="0067333C"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006940CC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A402C"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A5372"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00705B72"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
@@ -12193,50 +12196,51 @@
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B23612"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA017B"/>
     <w:rsid w:val="00BB12E2"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
@@ -12299,50 +12303,51 @@
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F70FBF"/>
     <w:rsid w:val="00F82ED8"/>
     <w:rsid w:val="00F866CC"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB1331"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -12354,51 +12359,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14873,51 +14878,51 @@
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00045B09"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18286,71 +18291,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>440</Words>
-  <Characters>2335</Characters>
+  <Words>302</Words>
+  <Characters>2448</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2770</CharactersWithSpaces>
+  <CharactersWithSpaces>2745</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Njurar tumör 3-fas (852802C)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>49</revision>
+  <revision>51</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>