--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="32179775" w14:textId="2445D538" w:rsidR="006F2493" w:rsidRPr="00046ECF" w:rsidRDefault="00396666" w:rsidP="00046ECF">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="55031AB0">
         <w:t>DT Njurar tumör, storlekskontroll (8528</w:t>
       </w:r>
       <w:r w:rsidR="00277BA3">
         <w:t>00</w:t>
       </w:r>
       <w:r w:rsidRPr="55031AB0">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1A3819" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="0078345B" w:rsidRDefault="006F2493" w:rsidP="006F2493">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -111,101 +111,70 @@
         </w:rPr>
         <w:t xml:space="preserve">undersökning </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i NU-sjukvården</w:t>
       </w:r>
       <w:r w:rsidRPr="0078345B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F4ADC7D" w14:textId="22502869" w:rsidR="00046ECF" w:rsidRDefault="00046ECF" w:rsidP="00046ECF">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Förändringar </w:t>
-[...2 lines deleted...]
-        <w:t>i denna version</w:t>
+        <w:t>Förändringar i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25FF82B1" w14:textId="4CC65A38" w:rsidR="00046ECF" w:rsidRPr="00691DBF" w:rsidRDefault="00691DBF" w:rsidP="00046ECF">
+    <w:p w14:paraId="25FF82B1" w14:textId="6F7BBA38" w:rsidR="00046ECF" w:rsidRPr="00691DBF" w:rsidRDefault="009E5140" w:rsidP="00046ECF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00691DBF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reviderad, justerat </w:t>
+        <w:t>PVK specificerad</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00691DBF">
+      <w:r w:rsidR="00691DBF" w:rsidRPr="00691DBF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25474021" w14:textId="77777777" w:rsidR="006F2493" w:rsidRDefault="006F2493" w:rsidP="008E7DC3">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3973E7B6" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00DA39B6" w:rsidRDefault="006F2493" w:rsidP="006F2493">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA39B6">
         <w:t>Inför undersökningen</w:t>
       </w:r>
@@ -291,69 +260,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="6465CD80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Storlekskontroll av känd liten </w:t>
             </w:r>
             <w:r w:rsidR="00E81DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(mindre än 4 cm) </w:t>
             </w:r>
             <w:r w:rsidRPr="6465CD80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">njurtumör som följs med aktiv </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">njurtumör som följs med aktiv expektans. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2493" w14:paraId="7130B444" w14:textId="77777777" w:rsidTr="00BE1EF6">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="027EC313" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00390584" w:rsidRDefault="006F2493" w:rsidP="005606E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -362,117 +313,115 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00390584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Förberedelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="540E5F1B" w14:textId="47CD6D50" w:rsidR="006F2493" w:rsidRDefault="00000000" w:rsidP="004F7426">
+          <w:p w14:paraId="540E5F1B" w14:textId="47CD6D50" w:rsidR="006F2493" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="006F2493" w:rsidRPr="001C23D7">
+              <w:r w:rsidRPr="001C23D7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Kreatinin</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="006F2493" w:rsidRPr="001C23D7">
+            <w:r w:rsidRPr="001C23D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> och GFR.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46637949" w14:textId="08C11A33" w:rsidR="006F2493" w:rsidRPr="00147B9A" w:rsidRDefault="006F2493" w:rsidP="004F7426">
+          <w:p w14:paraId="46637949" w14:textId="0CB32F6F" w:rsidR="006F2493" w:rsidRPr="00147B9A" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00064F73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PVK</w:t>
             </w:r>
-            <w:r w:rsidR="00046ECF">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (efter flöde)</w:t>
+            <w:r w:rsidR="009E5140">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, helst grön.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2493" w14:paraId="425C3A34" w14:textId="77777777" w:rsidTr="00BE1EF6">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7480913B" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00390584" w:rsidRDefault="006F2493" w:rsidP="005606E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -566,69 +515,51 @@
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A4D2052" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00390584" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Omnipaque 350 mg I/ml enligt </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> ”Buk venös”.</w:t>
+              <w:t>Omnipaque 350 mg I/ml enligt OmniJect ”Buk venös”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2493" w14:paraId="7788A26D" w14:textId="77777777" w:rsidTr="00BE1EF6">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08CBA507" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00390584" w:rsidRDefault="006F2493" w:rsidP="005606E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -679,63 +610,63 @@
               </w:rPr>
               <w:t>Kvinnor mellan 15-50 år ska tillfrågas om eventuell graviditet. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55CBD848" w14:textId="77777777" w:rsidR="006F2493" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:pStyle w:val="Normalwebb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>För övriga strålskyddsregler se kapitel 4.2 och 5.2 i</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0835158E" w14:textId="2ECDDBB8" w:rsidR="006F2493" w:rsidRPr="0074369F" w:rsidRDefault="00000000" w:rsidP="004F7426">
+          <w:p w14:paraId="0835158E" w14:textId="2ECDDBB8" w:rsidR="006F2493" w:rsidRPr="0074369F" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:pStyle w:val="Normalwebb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="006F2493">
+              <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2493" w14:paraId="0990B712" w14:textId="77777777" w:rsidTr="00BE1EF6">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -994,51 +925,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C3699D3" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00A85166" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27997147" wp14:editId="449B665E">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27997147" wp14:editId="449B665E">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>746760</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>423545</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="588010"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="2540"/>
                       <wp:wrapNone/>
                       <wp:docPr id="17" name="Upp 17"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="588010"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1101,90 +1032,90 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="27997147" id="_x0000_t68" coordsize="21600,21600" o:spt="68" adj="5400,5400" path="m0@0l@1@0@1,21600@2,21600@2@0,21600@0,10800,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,@4,@2,21600"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:58.8pt;margin-top:33.35pt;width:32.3pt;height:46.3pt;rotation:180;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB74fx8hAIAAHkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7aztQiCOkXQIsOA&#10;oi3WFj0rshwbkEWNUmJnXz9Kctys6y7DfBBIkXwknyleXg2dZnuFrgVT8uIs50wZCVVrtiV/flp/&#10;mnPmvDCV0GBUyQ/K8avlxw+XvV2oGTSgK4WMQIxb9Lbkjfd2kWVONqoT7gysMmSsATvhScVtVqHo&#10;Cb3T2SzPL7IesLIIUjlHtzfJyJcRv66V9Pd17ZRnuuRUm48nxnMTzmx5KRZbFLZp5ViG+IcqOtEa&#10;SjpB3Qgv2A7bP6C6ViI4qP2ZhC6Dum6lij1QN0X+ppvHRlgVeyFynJ1ocv8PVt7tH+0DEg29dQtH&#10;YuhiqLFjCMRWkc/z8MXmqFw2RO4OE3dq8EzS5ZcinxXEsCTT+XxOzQRus4QVMC06/1VBx4JQ8p1d&#10;IUIfccX+1vnkffQKEQ50W61braOC2821RrYX9CfX61hTCvnNTZvgbCCEJXO4yV6bi5I/aBX8tPmu&#10;atZWVP8sVhLnTk15hJTK+CKZGlGplP78NHuY1BARm42AAbmm/BP2CHD0TCBH7FTl6B9CVRzbKThR&#10;/5fCUvAUETOD8VNw1xrA9zrT1NWYOfkfSUrUBJb8sBnIJYgbqA4PmCaC/rGzct3SX7wVzj8IpAdD&#10;l7QE/D0dtYa+5DBKnDWAP9+7D/40x2TlrKcHWHL3YydQcaa/GZrwzxdh7Jg/VfBU2ZwqZtddA01G&#10;EauLIgWj10exRuheaFesQlYyCSMpd8mlx6Ny7dNioG0j1WoV3XYW220THgKNNnRW+FvzaGXQA9lh&#10;XJ+GF4F2HGtP7+EOjg9XLN6MdvIduU6sjgq97zhB4y4KC+RUj16vG3P5CwAA//8DAFBLAwQUAAYA&#10;CAAAACEAQCCTLt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbixdq2Vd&#10;13QCJI4gbSDOXhPark1SJVlX3h7vxG7+5U+/P5e72Qxs0j50zkpYLhJg2tZOdbaR8PX59pQDCxGt&#10;wsFZLeFXB9hV93clFspd7F5Ph9gwKrGhQAltjGPBeahbbTAs3Kgt7X6cNxgp+oYrjxcqNwNPk0Rw&#10;g52lCy2O+rXVdX84GwkfG/+Op5dp3Pcq5VnWi1X+LaR8fJift8CinuM/DFd9UoeKnI7ubFVgA+Xl&#10;WhAqQYg1sCuQpymwIw2rTQa8KvntC9UfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHvh&#10;/HyEAgAAeQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AEAgky7eAAAACgEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" adj="7534" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape id="Upp 17" o:spid="_x0000_s1026" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:58.8pt;margin-top:33.35pt;width:32.3pt;height:46.3pt;rotation:180;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB74fx8hAIAAHkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7aztQiCOkXQIsOA&#10;oi3WFj0rshwbkEWNUmJnXz9Kctys6y7DfBBIkXwknyleXg2dZnuFrgVT8uIs50wZCVVrtiV/flp/&#10;mnPmvDCV0GBUyQ/K8avlxw+XvV2oGTSgK4WMQIxb9Lbkjfd2kWVONqoT7gysMmSsATvhScVtVqHo&#10;Cb3T2SzPL7IesLIIUjlHtzfJyJcRv66V9Pd17ZRnuuRUm48nxnMTzmx5KRZbFLZp5ViG+IcqOtEa&#10;SjpB3Qgv2A7bP6C6ViI4qP2ZhC6Dum6lij1QN0X+ppvHRlgVeyFynJ1ocv8PVt7tH+0DEg29dQtH&#10;YuhiqLFjCMRWkc/z8MXmqFw2RO4OE3dq8EzS5ZcinxXEsCTT+XxOzQRus4QVMC06/1VBx4JQ8p1d&#10;IUIfccX+1vnkffQKEQ50W61braOC2821RrYX9CfX61hTCvnNTZvgbCCEJXO4yV6bi5I/aBX8tPmu&#10;atZWVP8sVhLnTk15hJTK+CKZGlGplP78NHuY1BARm42AAbmm/BP2CHD0TCBH7FTl6B9CVRzbKThR&#10;/5fCUvAUETOD8VNw1xrA9zrT1NWYOfkfSUrUBJb8sBnIJYgbqA4PmCaC/rGzct3SX7wVzj8IpAdD&#10;l7QE/D0dtYa+5DBKnDWAP9+7D/40x2TlrKcHWHL3YydQcaa/GZrwzxdh7Jg/VfBU2ZwqZtddA01G&#10;EauLIgWj10exRuheaFesQlYyCSMpd8mlx6Ny7dNioG0j1WoV3XYW220THgKNNnRW+FvzaGXQA9lh&#10;XJ+GF4F2HGtP7+EOjg9XLN6MdvIduU6sjgq97zhB4y4KC+RUj16vG3P5CwAA//8DAFBLAwQUAAYA&#10;CAAAACEAQCCTLt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbixdq2Vd&#10;13QCJI4gbSDOXhPark1SJVlX3h7vxG7+5U+/P5e72Qxs0j50zkpYLhJg2tZOdbaR8PX59pQDCxGt&#10;wsFZLeFXB9hV93clFspd7F5Ph9gwKrGhQAltjGPBeahbbTAs3Kgt7X6cNxgp+oYrjxcqNwNPk0Rw&#10;g52lCy2O+rXVdX84GwkfG/+Op5dp3Pcq5VnWi1X+LaR8fJift8CinuM/DFd9UoeKnI7ubFVgA+Xl&#10;WhAqQYg1sCuQpymwIw2rTQa8KvntC9UfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHvh&#10;/HyEAgAAeQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AEAgky7eAAAACgEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" adj="7534" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="5E0FA749" w14:textId="33704E26" w:rsidR="006F2493" w:rsidRPr="0066567D" w:rsidRDefault="006F2493" w:rsidP="00A57A55">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18B2F91F" wp14:editId="250BCCFD">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18B2F91F" wp14:editId="250BCCFD">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>102235</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>431165</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1621790" cy="603250"/>
                       <wp:effectExtent l="19050" t="19050" r="16510" b="25400"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Rektangel 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1621790" cy="603747"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1399,67 +1330,57 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Scout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="51187E3D" w14:textId="77777777" w:rsidR="006F2493" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mamiller</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Mamiller </w:t>
             </w:r>
             <w:r w:rsidRPr="001B6509">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>höftleder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1486,73 +1407,51 @@
           </w:tcPr>
           <w:p w14:paraId="783704A3" w14:textId="77777777" w:rsidR="006F2493" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="55031AB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Njurar K+ </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> fas</w:t>
+              <w:t>Njurar K+ nefrografisk fas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="71B9EB4E" w14:textId="77777777" w:rsidR="006F2493" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="18"/>
@@ -1562,85 +1461,57 @@
             </w:r>
             <w:r w:rsidRPr="001B6509">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nedanför diafragma </w:t>
             </w:r>
             <w:r w:rsidRPr="001B6509">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>crista</w:t>
-[...26 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>crista iliaca.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0485068D" w14:textId="77777777" w:rsidR="006F2493" w:rsidRDefault="006F2493" w:rsidP="004F7426">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patienten ska</w:t>
             </w:r>
             <w:r w:rsidRPr="00A03640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -1673,56 +1544,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A292B02" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="0066503B" w:rsidRDefault="006F2493" w:rsidP="006F2493">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61687D7F" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00DA39B6" w:rsidRDefault="006F2493" w:rsidP="006F2493">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DA39B6">
         <w:lastRenderedPageBreak/>
         <w:t>Reformatering</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9038" w:type="dxa"/>
         <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2664"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F2493" w14:paraId="51A2F2F9" w14:textId="77777777" w:rsidTr="00BE1EF6">
@@ -1806,51 +1675,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="303D681E" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="004A5758" w:rsidRDefault="006F2493" w:rsidP="002138A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002700D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15EFC644" wp14:editId="2A95E74F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15EFC644" wp14:editId="2A95E74F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="margin">
                         <wp:posOffset>993775</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>120015</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="409575" cy="575945"/>
                       <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="20" name="Ned 20"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="409575" cy="575945"/>
                               </a:xfrm>
                               <a:prstGeom prst="downArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -1915,91 +1784,91 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="15EFC644" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
                       <v:handles>
                         <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Ned 20" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:78.25pt;margin-top:9.45pt;width:32.25pt;height:45.35pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVRaWuegIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3a6pluDOkXQIsOA&#10;og3WDj0rshwbkEWNUmNnXz9Kst2sK3YYloNCSuQj+Uzy8qpvNdsrdA2Ygs9Ocs6UkVA2Zlfw74/r&#10;D585c16YUmgwquAH5fjV8v27y84u1CnUoEuFjECMW3S24LX3dpFlTtaqFe4ErDL0WAG2wpOKu6xE&#10;0RF6q7PTPD/POsDSIkjlHN3epEe+jPhVpaS/ryqnPNMFp9x8PDGe23Bmy0ux2KGwdSOHNMQ/ZNGK&#10;xlDQCepGeMGesfkDqm0kgoPKn0hoM6iqRqpYA1Uzy19V81ALq2ItRI6zE03u/8HKu/2D3SDR0Fm3&#10;cCSGKvoK2/BP+bE+knWYyFK9Z5Iuz/KL+ac5Z5KeSLg4mwcysxdni85/UdCyIBS8hM6sEKGLPIn9&#10;rfPJfrQLAR3oplw3WkcFd9trjWwv6OOt1zn9hhC/mWkTjA0Et4QYbrKXeqLkD1oFO22+qYo1JVVw&#10;GjOJraamOEJKZfwsPdWiVCn8/Dh6aM7gEcuNgAG5ovgT9gAwWiaQETtlOdgHVxU7dXLO/5ZYcp48&#10;YmQwfnJuGwP4FoCmqobIyX4kKVETWPL9tiduaJCDZbjZQnnYIENIk+OsXDf0OW+F8xuBNCo0VDT+&#10;/p6OSkNXcBgkzmrAn2/dB/uCh5Ozjkav4O7Hs0DFmf5qqLc/nocvzfyxgsfK9lgxz+01UIPMaNFY&#10;GUVyRq9HsUJon2hLrEJUehJGUmYFlx5H5dqnlUB7RqrVKprRfFrhb82DlQE88Bw69bF/EmiHnvY0&#10;DHcwjqlYvOrqZDvQnJgcFJrm2DzD5gnr4liPVi/7cfkLAAD//wMAUEsDBBQABgAIAAAAIQAFLqoq&#10;3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEtXadXaNZ3QJIYQJ8a4&#10;Z43XdiROadKt+/eYE9z87Kfn75XryVlxxiF0nhTMZwkIpNqbjhoF+4/nxyWIEDUZbT2hgisGWFe3&#10;N6UujL/QO553sREcQqHQCtoY+0LKULfodJj5HolvRz84HVkOjTSDvnC4szJNkkw63RF/aHWPmxbr&#10;r93oFLzkbjy9bq57m2/H4yc+fG+nt0yp+7vpaQUi4hT/zPCLz+hQMdPBj2SCsKwX2YKtPCxzEGxI&#10;0zmXO/AiyTOQVSn/V6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJVFpa56AgAAZwUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAUuqirfAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape id="Ned 20" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:78.25pt;margin-top:9.45pt;width:32.25pt;height:45.35pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVRaWuegIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3a6pluDOkXQIsOA&#10;og3WDj0rshwbkEWNUmNnXz9Kst2sK3YYloNCSuQj+Uzy8qpvNdsrdA2Ygs9Ocs6UkVA2Zlfw74/r&#10;D585c16YUmgwquAH5fjV8v27y84u1CnUoEuFjECMW3S24LX3dpFlTtaqFe4ErDL0WAG2wpOKu6xE&#10;0RF6q7PTPD/POsDSIkjlHN3epEe+jPhVpaS/ryqnPNMFp9x8PDGe23Bmy0ux2KGwdSOHNMQ/ZNGK&#10;xlDQCepGeMGesfkDqm0kgoPKn0hoM6iqRqpYA1Uzy19V81ALq2ItRI6zE03u/8HKu/2D3SDR0Fm3&#10;cCSGKvoK2/BP+bE+knWYyFK9Z5Iuz/KL+ac5Z5KeSLg4mwcysxdni85/UdCyIBS8hM6sEKGLPIn9&#10;rfPJfrQLAR3oplw3WkcFd9trjWwv6OOt1zn9hhC/mWkTjA0Et4QYbrKXeqLkD1oFO22+qYo1JVVw&#10;GjOJraamOEJKZfwsPdWiVCn8/Dh6aM7gEcuNgAG5ovgT9gAwWiaQETtlOdgHVxU7dXLO/5ZYcp48&#10;YmQwfnJuGwP4FoCmqobIyX4kKVETWPL9tiduaJCDZbjZQnnYIENIk+OsXDf0OW+F8xuBNCo0VDT+&#10;/p6OSkNXcBgkzmrAn2/dB/uCh5Ozjkav4O7Hs0DFmf5qqLc/nocvzfyxgsfK9lgxz+01UIPMaNFY&#10;GUVyRq9HsUJon2hLrEJUehJGUmYFlx5H5dqnlUB7RqrVKprRfFrhb82DlQE88Bw69bF/EmiHnvY0&#10;DHcwjqlYvOrqZDvQnJgcFJrm2DzD5gnr4liPVi/7cfkLAAD//wMAUEsDBBQABgAIAAAAIQAFLqoq&#10;3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEtXadXaNZ3QJIYQJ8a4&#10;Z43XdiROadKt+/eYE9z87Kfn75XryVlxxiF0nhTMZwkIpNqbjhoF+4/nxyWIEDUZbT2hgisGWFe3&#10;N6UujL/QO553sREcQqHQCtoY+0LKULfodJj5HolvRz84HVkOjTSDvnC4szJNkkw63RF/aHWPmxbr&#10;r93oFLzkbjy9bq57m2/H4yc+fG+nt0yp+7vpaQUi4hT/zPCLz+hQMdPBj2SCsKwX2YKtPCxzEGxI&#10;0zmXO/AiyTOQVSn/V6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJVFpa56AgAAZwUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAUuqirfAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" adj="13920" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox style="layout-flow:vertical" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="7DD70A80" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="0066564D" w:rsidRDefault="006F2493" w:rsidP="00F65E79">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>AX</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="margin"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53D79BE9" wp14:editId="11852E29">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53D79BE9" wp14:editId="11852E29">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-32385</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>706120</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1568450" cy="12700"/>
                       <wp:effectExtent l="19050" t="19050" r="12700" b="25400"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Rak 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1568450" cy="12700"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="38100">
@@ -2030,51 +1899,51 @@
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="46F0F47F" id="Rak 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.55pt,55.6pt" to="120.95pt,56.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAduOsOzAEAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySFXaqo6T7sqvCA&#10;YMXlA1xn3FjyTWPTtH/P2EmzK0BIIPJgeeyZM+ccT7Z3Z2vYCTBq7zrerGrOwEnfa3fs+Lev+1cb&#10;zmISrhfGO+j4BSK/2718sR1DC2s/eNMDMgJxsR1Dx4eUQltVUQ5gRVz5AI4ulUcrEoV4rHoUI6Fb&#10;U63r+rYaPfYBvYQY6fRhuuS7gq8UyPRJqQiJmY4Tt1RWLOshr9VuK9ojijBoOdMQ/8DCCu2o6QL1&#10;IJJg31H/AmW1RB+9SivpbeWV0hKKBlLT1D+p+TKIAEULmRPDYlP8f7Dy4+nePSLZMIbYxvCIWcVZ&#10;oWXK6PCe3rToIqbsXGy7LLbBOTFJh83N7ebNDbkr6a5Zv62LrdUEk+ECxvQOvGV503GjXVYlWnH6&#10;EBO1ptRrSj42jo0df71pCCjH0Rvd77UxJcDj4d4gOwl60f2+pi8/IkE8S6PIODp80lR26WJgavAZ&#10;FNN95j51yOMGC6yQElxqZlzjKDuXKaKwFM7U/lQ45+dSKKP4N8VLRensXVqKrXYef0c7na+U1ZR/&#10;dWDSnS04+P5SXrtYQzNVnJvnPw/t87iUP/2lux8AAAD//wMAUEsDBBQABgAIAAAAIQAlhfbx3wAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW9oMECtNJwRC4sCFDSSOWWOa&#10;ssYpTbp1PD3eCY7+/en353I1+U7scYhtIA35PAOBVAfbUqPhbfM0uwURkyFrukCo4YgRVtX5WWkK&#10;Gw70ivt1agSXUCyMBpdSX0gZa4fexHnokXj3GQZvEo9DI+1gDlzuO6my7EZ60xJfcKbHB4f1bj16&#10;De8fDr/V8vHF7TY/i6/0PMrjNGp9eTHd34FIOKU/GE76rA4VO23DSDaKTsPsOmeS8zxXIBhQV/kS&#10;xPaULBTIqpT/X6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB246w7MAQAA7QMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACWF9vHfAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAJgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0002700D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D489FAE" wp14:editId="2622A650">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D489FAE" wp14:editId="2622A650">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>285750</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>100965</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="24" name="Upp 24"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2123,90 +1992,90 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="3D489FAE" id="Upp 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:22.5pt;margin-top:7.95pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1iN6HhAIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNNuCOkXQIsOA&#10;oi3aDj0rshwbkEWNUmJnXz9Kst2s6y7DfBBE6fGRfKZ4cdk1mh0UuhpMzqdnE86UkVDUZpfz70+b&#10;D585c16YQmgwKudH5fjl6v27i9Yu1Qwq0IVCRiTGLVub88p7u8wyJyvVCHcGVhm6LAEb4cnEXVag&#10;aIm90dlsMllkLWBhEaRyjk6v0yVfRf6yVNLflaVTnumcU24+rhjXbViz1YVY7lDYqpZ9GuIfsmhE&#10;bSjoSHUtvGB7rP+gamqJ4KD0ZxKaDMqylirWQNVMJ6+qeayEVbEWEsfZUSb3/2jl7eHR3iPJ0Fq3&#10;dLQNVXQlNgyB1DqfT8IXa6NsWRelO47Sqc4zSYfz6WQ2JYElXc2/zBeL8yBtlqgCpUXnvypoWNjk&#10;fG/XiNBGXnG4cT6hB1TwcKDrYlNrHQ3cba80soOgH7nZxJySy28wbQLYQHBL1+Eke6kt7vxRq4DT&#10;5kGVrC4o/1nMJLadGuMIKZXx03RViUKl8Oen0UOjBo9YbCQMzCXFH7l7ggGZSAbulGWPD64qdu3o&#10;nKT/S2LJefSIkcH40bmpDeBblWmqqo+c8INISZqgku+2HWkTpCFkONlCcbzH1Bf0q52Vm5p+5o1w&#10;/l4gPRs6pFHg72gpNbQ5h37HWQX4863zgM95WGefyL2ll5hz92MvUHGmvxlq9Y+L0IDMnxp4amxP&#10;DbNvroB6ZBoTjFtyRq+HbYnQPNPQWIfAdCWMpORyLj0OxpVPE4LGjlTrdYTRc7XC35hHKwN5kDo0&#10;61P3LND2Te3pNdzC8GrF8lVjJ2yvdBKzN+hxx/7pB1GYHqd2RL2My9UvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA8fViYNoAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrq1BVp&#10;lMapoBIfQIH7NjZ2VHsdxU4T/h73BMfRjGbeNIfFO3bVY+wDSdisC2CauqB6MhI+P96eKmAxISl0&#10;gbSEHx3h0N7fNVirMNO7vp6SYbmEYo0SbEpDzXnsrPYY12HQlL3vMHpMWY6GqxHnXO4dF0VRco89&#10;5QWLgz5a3V1Ok5cwia/Ed0f7bKrVbCzyFb66ScrHh+VlDyzpJf2F4Yaf0aHNTOcwkYrMSdhW25yU&#10;IEQJ7OZvSgHsLKHaCeBtw/8faH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANYjeh4QC&#10;AAB2BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8fVi&#10;YNoAAAAIAQAADwAAAAAAAAAAAAAAAADeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape w14:anchorId="3D489FAE" id="Upp 24" o:spid="_x0000_s1028" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:22.5pt;margin-top:7.95pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1iN6HhAIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNNuCOkXQIsOA&#10;oi3aDj0rshwbkEWNUmJnXz9Kst2s6y7DfBBE6fGRfKZ4cdk1mh0UuhpMzqdnE86UkVDUZpfz70+b&#10;D585c16YQmgwKudH5fjl6v27i9Yu1Qwq0IVCRiTGLVub88p7u8wyJyvVCHcGVhm6LAEb4cnEXVag&#10;aIm90dlsMllkLWBhEaRyjk6v0yVfRf6yVNLflaVTnumcU24+rhjXbViz1YVY7lDYqpZ9GuIfsmhE&#10;bSjoSHUtvGB7rP+gamqJ4KD0ZxKaDMqylirWQNVMJ6+qeayEVbEWEsfZUSb3/2jl7eHR3iPJ0Fq3&#10;dLQNVXQlNgyB1DqfT8IXa6NsWRelO47Sqc4zSYfz6WQ2JYElXc2/zBeL8yBtlqgCpUXnvypoWNjk&#10;fG/XiNBGXnG4cT6hB1TwcKDrYlNrHQ3cba80soOgH7nZxJySy28wbQLYQHBL1+Eke6kt7vxRq4DT&#10;5kGVrC4o/1nMJLadGuMIKZXx03RViUKl8Oen0UOjBo9YbCQMzCXFH7l7ggGZSAbulGWPD64qdu3o&#10;nKT/S2LJefSIkcH40bmpDeBblWmqqo+c8INISZqgku+2HWkTpCFkONlCcbzH1Bf0q52Vm5p+5o1w&#10;/l4gPRs6pFHg72gpNbQ5h37HWQX4863zgM95WGefyL2ll5hz92MvUHGmvxlq9Y+L0IDMnxp4amxP&#10;DbNvroB6ZBoTjFtyRq+HbYnQPNPQWIfAdCWMpORyLj0OxpVPE4LGjlTrdYTRc7XC35hHKwN5kDo0&#10;61P3LND2Te3pNdzC8GrF8lVjJ2yvdBKzN+hxx/7pB1GYHqd2RL2My9UvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA8fViYNoAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrq1BVp&#10;lMapoBIfQIH7NjZ2VHsdxU4T/h73BMfRjGbeNIfFO3bVY+wDSdisC2CauqB6MhI+P96eKmAxISl0&#10;gbSEHx3h0N7fNVirMNO7vp6SYbmEYo0SbEpDzXnsrPYY12HQlL3vMHpMWY6GqxHnXO4dF0VRco89&#10;5QWLgz5a3V1Ok5cwia/Ed0f7bKrVbCzyFb66ScrHh+VlDyzpJf2F4Yaf0aHNTOcwkYrMSdhW25yU&#10;IEQJ7OZvSgHsLKHaCeBtw/8faH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANYjeh4QC&#10;AAB2BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8fVi&#10;YNoAAAAIAQAADwAAAAAAAAAAAAAAAADeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="4513020C" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="0066567D" w:rsidRDefault="006F2493" w:rsidP="00F65E79">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A530536" wp14:editId="7DFB9A4B">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A530536" wp14:editId="7DFB9A4B">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>754380</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-39370</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1270" cy="1083945"/>
                       <wp:effectExtent l="19050" t="19050" r="36830" b="20955"/>
                       <wp:wrapNone/>
                       <wp:docPr id="16" name="Rak 16"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1410" cy="1084299"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="38100">
@@ -2312,51 +2181,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ED02186" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="004A5758" w:rsidRDefault="006F2493" w:rsidP="002138A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002700D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56B042F1" wp14:editId="43050938">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56B042F1" wp14:editId="43050938">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1096010</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>685800</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="552450"/>
                       <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="19" name="Upp 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="10800000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="552450"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2405,90 +2274,90 @@
                                     </w:rPr>
                                     <w:t>COR</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="56B042F1" id="Upp 19" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:86.3pt;margin-top:54pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDEAVoLhQIAAHcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X22nTVdFdaqoVaZJ&#10;VVstnfpMMMSWMLCDxM5+/Q6w3azrXqb5AXHw3Xd3n4+7vulbRQ4CXGN0SYuznBKhuakavSvp9+f1&#10;pytKnGe6YspoUdKjcPRm+fHDdWcXYmZqoyoBBEm0W3S2pLX3dpFljteiZe7MWKHxUhpomUcTdlkF&#10;rEP2VmWzPL/MOgOVBcOFc3h6ly7pMvJLKbh/lNIJT1RJMTcfV4jrNqzZ8potdsBs3fAhDfYPWbSs&#10;0Rh0orpjnpE9NH9QtQ0H44z0Z9y0mZGy4SLWgNUU+ZtqNjWzItaC4jg7yeT+Hy1/OGzsE6AMnXUL&#10;h9tQRS+hJWBQrSK/ysMXi8N0SR+1O07aid4TjocXRT4rUGGOV/P57GIetc0SV+C04PwXYVoSNiXd&#10;2xWA6SIvO9w7jykgekQFD2dUU60bpaIBu+2tAnJg+CfX65hTcvkNpnQAaxPc0nU4yV6Lizt/VCLg&#10;lP4mJGkqzH8WM4l9J6Y4jHOhfZGualaJFH5+Gj10avCI6UfCwCwx/sQ9EIzIRDJypywHfHAVsW0n&#10;5yT9XxJLzpNHjGy0n5zbRht4rzKFVQ2RE34UKUkTVPL9tkdtSnoekOFka6rjE6TGwF/tLF83+DPv&#10;mfNPDPDd4CHOAv+Ii1SmK6kZdpTUBn6+dx7wJQ3r7DO6d/gUS+p+7BkIStRXjb1+fhkakPhTA06N&#10;7amh9+2twR4pYoJxi87g1biVYNoXnBqrEBivmOaYXEm5h9G49WlE4NzhYrWKMHyvlvl7vbE8kAep&#10;Q7M+9y8M7NDUHl/DgxmfLVu8aeyEHZROYg4Gvu7YP8MkCuPj1I6o13m5/AUAAP//AwBQSwMEFAAG&#10;AAgAAAAhAGqyLcHhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFxQa8eI&#10;toQ4FT9CqNxIKwE3N3aTCHsdxW6bvn2XE9x2dkez3xTL0Tt2sEPsAirIpgKYxTqYDhsFm/XrZAEs&#10;Jo1Gu4BWwclGWJaXF4XOTTjihz1UqWEUgjHXCtqU+pzzWLfW6zgNvUW67cLgdSI5NNwM+kjh3nEp&#10;xIx73SF9aHVvn1tb/1R7r+D7zWVf/HO9e4nv1UqebrInvnJKXV+Njw/Akh3Tnxl+8QkdSmLahj2a&#10;yBzpuZyRlQaxoFLkkLdzCWxLm/s7Abws+P8O5RkAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDEAVoLhQIAAHcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBqsi3B4QAAAAsBAAAPAAAAAAAAAAAAAAAAAN8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape w14:anchorId="56B042F1" id="Upp 19" o:spid="_x0000_s1029" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:86.3pt;margin-top:54pt;width:32.3pt;height:43.5pt;rotation:180;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDEAVoLhQIAAHcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X22nTVdFdaqoVaZJ&#10;VVstnfpMMMSWMLCDxM5+/Q6w3azrXqb5AXHw3Xd3n4+7vulbRQ4CXGN0SYuznBKhuakavSvp9+f1&#10;pytKnGe6YspoUdKjcPRm+fHDdWcXYmZqoyoBBEm0W3S2pLX3dpFljteiZe7MWKHxUhpomUcTdlkF&#10;rEP2VmWzPL/MOgOVBcOFc3h6ly7pMvJLKbh/lNIJT1RJMTcfV4jrNqzZ8potdsBs3fAhDfYPWbSs&#10;0Rh0orpjnpE9NH9QtQ0H44z0Z9y0mZGy4SLWgNUU+ZtqNjWzItaC4jg7yeT+Hy1/OGzsE6AMnXUL&#10;h9tQRS+hJWBQrSK/ysMXi8N0SR+1O07aid4TjocXRT4rUGGOV/P57GIetc0SV+C04PwXYVoSNiXd&#10;2xWA6SIvO9w7jykgekQFD2dUU60bpaIBu+2tAnJg+CfX65hTcvkNpnQAaxPc0nU4yV6Lizt/VCLg&#10;lP4mJGkqzH8WM4l9J6Y4jHOhfZGualaJFH5+Gj10avCI6UfCwCwx/sQ9EIzIRDJypywHfHAVsW0n&#10;5yT9XxJLzpNHjGy0n5zbRht4rzKFVQ2RE34UKUkTVPL9tkdtSnoekOFka6rjE6TGwF/tLF83+DPv&#10;mfNPDPDd4CHOAv+Ii1SmK6kZdpTUBn6+dx7wJQ3r7DO6d/gUS+p+7BkIStRXjb1+fhkakPhTA06N&#10;7amh9+2twR4pYoJxi87g1biVYNoXnBqrEBivmOaYXEm5h9G49WlE4NzhYrWKMHyvlvl7vbE8kAep&#10;Q7M+9y8M7NDUHl/DgxmfLVu8aeyEHZROYg4Gvu7YP8MkCuPj1I6o13m5/AUAAP//AwBQSwMEFAAG&#10;AAgAAAAhAGqyLcHhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFxQa8eI&#10;toQ4FT9CqNxIKwE3N3aTCHsdxW6bvn2XE9x2dkez3xTL0Tt2sEPsAirIpgKYxTqYDhsFm/XrZAEs&#10;Jo1Gu4BWwclGWJaXF4XOTTjihz1UqWEUgjHXCtqU+pzzWLfW6zgNvUW67cLgdSI5NNwM+kjh3nEp&#10;xIx73SF9aHVvn1tb/1R7r+D7zWVf/HO9e4nv1UqebrInvnJKXV+Njw/Akh3Tnxl+8QkdSmLahj2a&#10;yBzpuZyRlQaxoFLkkLdzCWxLm/s7Abws+P8O5RkAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDEAVoLhQIAAHcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBqsi3B4QAAAAsBAAAPAAAAAAAAAAAAAAAAAN8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" adj="8019" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="60572057" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="0066567D" w:rsidRDefault="006F2493" w:rsidP="00F65E79">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>COR</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="333F71E0" wp14:editId="2400719F">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="333F71E0" wp14:editId="2400719F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-34925</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>678180</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1593850" cy="0"/>
                       <wp:effectExtent l="19050" t="19050" r="6350" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="23" name="Rak 23"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm flipH="1" flipV="1">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1593850" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="38100">
@@ -2518,51 +2387,51 @@
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="7EBA1B95" id="Rak 23" o:spid="_x0000_s1026" style="position:absolute;flip:x y;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.75pt,53.4pt" to="122.75pt,53.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjB6nXzAEAAPMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815ISpHAFyzkkcHso&#10;2qCvO00tLQJ8Ycla8t93SdlK0BYFGkQHYsndGc4OV5vbyRp2BIzau443q5ozcNL32h06/v3b7s2a&#10;s5iE64XxDjp+gshvt69fbcbQwpUfvOkBGZG42I6h40NKoa2qKAewIq58AEdJ5dGKRFs8VD2Kkdit&#10;qa7q+m01euwDegkx0un9nOTbwq8UyPRZqQiJmY6TtlRWLOs+r9V2I9oDijBoeZYhnqHCCu3o0oXq&#10;XiTBfqL+g8pqiT56lVbS28orpSWUHqibpv6tm6+DCFB6IXNiWGyKL0crPx3v3AOSDWOIbQwPmLuY&#10;FFqmjA4f6E15iX7kKOdIM5uKgafFQJgSk3TY3Ly7Xt+Qz/KSq2ayDAwY03vwluWg40a73JtoxfFj&#10;TCSASi8l+dg4Nnb8et3UdSmL3uh+p43JyYiH/Z1BdhT0rrtdTV9+SqJ4UkY74+jwsbMSpZOB+YIv&#10;oJjus+75hjx0sNAKKcGl5sxrHFVnmCIJC/As7V/Ac32GQhnI/wEviHKzd2kBW+08/k12mi6S1Vx/&#10;cWDuO1uw9/2pvHmxhiarOHf+C/LoPt0X+OO/uv0FAAD//wMAUEsDBBQABgAIAAAAIQDA1t6i3QAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BawIxEIXvBf9DmII3zVZcKdvNShELBYVa20tvMZnu&#10;Lm4mYRN1/fcdodAe583jve+Vy8F14ox9bD0peJhmIJCMty3VCj4/XiaPIGLSZHXnCRVcMcKyGt2V&#10;urD+Qu943qdacAjFQitoUgqFlNE06HSc+oDEv2/fO5347Gtpe33hcNfJWZYtpNMtcUOjA64aNMf9&#10;ySnY1Plu/RVW2+vRmtcNzWXYmTelxvfD8xOIhEP6M8MNn9GhYqaDP5GNolMwyXN2sp4teAIbZvOb&#10;cvhVZFXK/xOqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCjB6nXzAEAAPMDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDA1t6i3QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAACYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMAUAAAAA&#10;" strokecolor="red" strokeweight="3pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0002700D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4013B309" wp14:editId="4EC824AE">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4013B309" wp14:editId="4EC824AE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>323215</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>153670</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="410210" cy="494665"/>
                       <wp:effectExtent l="0" t="4128" r="4763" b="4762"/>
                       <wp:wrapNone/>
                       <wp:docPr id="22" name="Upp 22"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="410210" cy="494665"/>
                               </a:xfrm>
                               <a:prstGeom prst="upArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
@@ -2611,90 +2480,90 @@
                                     </w:rPr>
                                     <w:t>SAG</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="4013B309" id="Upp 22" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:25.45pt;margin-top:12.1pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBn8sIFhAIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNNuCOkXQIsOA&#10;oi3aDj0rshwbkEWNUmJnXz9Kst2s6y7DfBBE6fGRfKZ4cdk1mh0UuhpMzqdnE86UkVDUZpfz70+b&#10;D585c16YQmgwKudH5fjl6v27i9Yu1Qwq0IVCRiTGLVub88p7u8wyJyvVCHcGVhm6LAEb4cnEXVag&#10;aIm90dlsMllkLWBhEaRyjk6v0yVfRf6yVNLflaVTnumcU24+rhjXbViz1YVY7lDYqpZ9GuIfsmhE&#10;bSjoSHUtvGB7rP+gamqJ4KD0ZxKaDMqylirWQNVMJ6+qeayEVbEWEsfZUSb3/2jl7eHR3iPJ0Fq3&#10;dLQNVXQlNgyB1DqfT8IXa6NsWRelO47Sqc4zSYfz6WQ2JYElXc2/zBeL8yBtlqgCpUXnvypoWNjk&#10;fG/XiNBGXnG4cT6hB1TwcKDrYlNrHQ3cba80soOgH7nZxJySy28wbQLYQHBL1+Eke6kt7vxRq4DT&#10;5kGVrC4o/1nMJLadGuMIKZXx03RViUKl8Oen0UOjBo9YbCQMzCXFH7l7ggGZSAbulGWPD64qdu3o&#10;nKT/S2LJefSIkcH40bmpDeBblWmqqo+c8INISZqgku+2HWlDvzMgw8kWiuM9pr6gX+2s3NT0M2+E&#10;8/cC6dnQIY0Cf0dLqaHNOfQ7zirAn2+dB3zOwzr7RO4tvcScux97gYoz/c1Qq39chAZk/tTAU2N7&#10;aph9cwXUI9OYYNySM3o9bEuE5pmGxjoEpithJCWXc+lxMK58mhA0dqRaryOMnqsV/sY8WhnIg9Sh&#10;WZ+6Z4G2b2pPr+EWhlcrlq8aO2F7pZOYvUGPO/ZPP4jC9Di1I+plXK5+AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAJ3gCZdsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXKrWqWlo&#10;G7KpoBIPQIH7NjZ2hH+i2GnC2+Oe4Dia0cw39WF2ll3UELvgEdarApjybZCd1wgf76/LHbCYyEuy&#10;wSuEHxXh0Nze1FTJMPk3dTklzXKJjxUhmJT6ivPYGuUorkKvfPa+wuAoZTloLgeacrmzXBTFI3fU&#10;+bxgqFdHo9rv0+gQRvGZ+PZoSr1bTNoQX9CLHRHv7+bnJ2BJzekvDFf8jA5NZjqH0cvILMJmI3IS&#10;4aHYA7v6QqyBnRH2ZQm8qfn/A80vAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGfywgWE&#10;AgAAdgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACd4&#10;AmXbAAAACAEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="2pt">
+                    <v:shape w14:anchorId="4013B309" id="Upp 22" o:spid="_x0000_s1030" type="#_x0000_t68" style="position:absolute;left:0;text-align:left;margin-left:25.45pt;margin-top:12.1pt;width:32.3pt;height:38.95pt;rotation:90;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBn8sIFhAIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yNNuCOkXQIsOA&#10;oi3aDj0rshwbkEWNUmJnXz9Kst2s6y7DfBBE6fGRfKZ4cdk1mh0UuhpMzqdnE86UkVDUZpfz70+b&#10;D585c16YQmgwKudH5fjl6v27i9Yu1Qwq0IVCRiTGLVub88p7u8wyJyvVCHcGVhm6LAEb4cnEXVag&#10;aIm90dlsMllkLWBhEaRyjk6v0yVfRf6yVNLflaVTnumcU24+rhjXbViz1YVY7lDYqpZ9GuIfsmhE&#10;bSjoSHUtvGB7rP+gamqJ4KD0ZxKaDMqylirWQNVMJ6+qeayEVbEWEsfZUSb3/2jl7eHR3iPJ0Fq3&#10;dLQNVXQlNgyB1DqfT8IXa6NsWRelO47Sqc4zSYfz6WQ2JYElXc2/zBeL8yBtlqgCpUXnvypoWNjk&#10;fG/XiNBGXnG4cT6hB1TwcKDrYlNrHQ3cba80soOgH7nZxJySy28wbQLYQHBL1+Eke6kt7vxRq4DT&#10;5kGVrC4o/1nMJLadGuMIKZXx03RViUKl8Oen0UOjBo9YbCQMzCXFH7l7ggGZSAbulGWPD64qdu3o&#10;nKT/S2LJefSIkcH40bmpDeBblWmqqo+c8INISZqgku+2HWlDvzMgw8kWiuM9pr6gX+2s3NT0M2+E&#10;8/cC6dnQIY0Cf0dLqaHNOfQ7zirAn2+dB3zOwzr7RO4tvcScux97gYoz/c1Qq39chAZk/tTAU2N7&#10;aph9cwXUI9OYYNySM3o9bEuE5pmGxjoEpithJCWXc+lxMK58mhA0dqRaryOMnqsV/sY8WhnIg9Sh&#10;WZ+6Z4G2b2pPr+EWhlcrlq8aO2F7pZOYvUGPO/ZPP4jC9Di1I+plXK5+AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAJ3gCZdsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXKrWqWlo&#10;G7KpoBIPQIH7NjZ2hH+i2GnC2+Oe4Dia0cw39WF2ll3UELvgEdarApjybZCd1wgf76/LHbCYyEuy&#10;wSuEHxXh0Nze1FTJMPk3dTklzXKJjxUhmJT6ivPYGuUorkKvfPa+wuAoZTloLgeacrmzXBTFI3fU&#10;+bxgqFdHo9rv0+gQRvGZ+PZoSr1bTNoQX9CLHRHv7+bnJ2BJzekvDFf8jA5NZjqH0cvILMJmI3IS&#10;4aHYA7v6QqyBnRH2ZQm8qfn/A80vAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGfywgWE&#10;AgAAdgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACd4&#10;AmXbAAAACAEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" adj="8956" fillcolor="red" stroked="f" strokeweight="2pt">
                       <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="1mm,1mm,1mm,1mm">
                         <w:txbxContent>
                           <w:p w14:paraId="270AE6DE" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="0066567D" w:rsidRDefault="006F2493" w:rsidP="00F65E79">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>SAG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F33FAD4" wp14:editId="382A8C21">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F33FAD4" wp14:editId="382A8C21">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>786765</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>22860</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="9525" cy="1258570"/>
                       <wp:effectExtent l="19050" t="19050" r="28575" b="36830"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Rak 12"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="9541" cy="1259031"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="38100">
@@ -3287,61 +3156,59 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CD61511" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00E25E8E" w:rsidRDefault="006F2493" w:rsidP="008422C8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kernel</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>(Siemens/GE/Toshiba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BF2D50B" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00E25E8E" w:rsidRDefault="006F2493" w:rsidP="008422C8">
@@ -3417,73 +3284,60 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FDE8795" w14:textId="77777777" w:rsidR="006F2493" w:rsidRPr="00F44BD7" w:rsidRDefault="006F2493" w:rsidP="008422C8">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="55031AB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Njurar</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> K+</w:t>
+              <w:t>Njurar K+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27044196" w14:textId="0F22A42B" w:rsidR="006F2493" w:rsidRPr="00F44BD7" w:rsidRDefault="006F2493" w:rsidP="008422C8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -5966,118 +5820,118 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40AA233F" w14:textId="44C7FF1D" w:rsidR="009C6C0C" w:rsidRPr="006F2493" w:rsidRDefault="009C6C0C" w:rsidP="006F2493"/>
     <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="006F2493" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:headerReference w:type="first" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3AD3BD84" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
+    <w:p w14:paraId="6F9FA8EA" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="500549D6" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
+    <w:p w14:paraId="76DBFC29" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="58A9870E" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
+    <w:p w14:paraId="07258AF8" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -6085,89 +5939,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -6196,63 +6050,63 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -6274,87 +6128,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EB16727" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0"/>
+    <w:p w14:paraId="1FF9B397" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D1DE683" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
+    <w:p w14:paraId="36370214" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E0F79B1" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
+    <w:p w14:paraId="74407529" w14:textId="77777777" w:rsidR="00534EB0" w:rsidRDefault="00534EB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6384,98 +6238,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -6513,51 +6367,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00413A60">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6590,86 +6444,86 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9129,54 +8983,53 @@
   <w:num w:numId="17" w16cid:durableId="234827480">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="309333395">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1081558012">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2142916766">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="90007863">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="621301808">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2034501340">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -9285,52 +9138,54 @@
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00324ADE"/>
     <w:rsid w:val="00326848"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00396666"/>
+    <w:rsid w:val="003973A7"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A26A4"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C4C9C"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E7DC5"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
@@ -9340,50 +9195,51 @@
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F7426"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00534EB0"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="005606E4"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A0B06"/>
     <w:rsid w:val="005A4FB0"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E49DE"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
@@ -9429,137 +9285,140 @@
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C5012"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="008422C8"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008631A3"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="0088150A"/>
     <w:rsid w:val="00883BA2"/>
+    <w:rsid w:val="00892833"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008E7DC3"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009D78DE"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E5140"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A57A55"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B51633"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB288C"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE1EF6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
@@ -9674,51 +9533,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12266,51 +12125,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00246B29"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00246B29"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15219,71 +15078,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>338</Words>
-  <Characters>1796</Characters>
+  <Words>209</Words>
+  <Characters>1899</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2130</CharactersWithSpaces>
+  <CharactersWithSpaces>2104</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>DT Njurar tumör, storlekskontroll (852800)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>53</revision>
+  <revision>55</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>