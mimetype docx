--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -90,67 +90,116 @@
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B28789" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
+    <w:p w14:paraId="63B28789" w14:textId="5EFE44AB" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="0006543F" w:rsidP="00FE2FEA">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE2FEA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ny rutin.</w:t>
+        <w:t xml:space="preserve">Lagt till FFA 110 cm under </w:t>
+      </w:r>
+      <w:r w:rsidR="00016514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>stycket inför undersökning</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7987">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt ändrad text </w:t>
+      </w:r>
+      <w:r w:rsidR="00016514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under </w:t>
+      </w:r>
+      <w:r w:rsidR="00016514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">stycke - </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7987">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sida vinklad.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2259"/>
         <w:gridCol w:w="3389"/>
         <w:gridCol w:w="3532"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w14:paraId="3AF9D1E5" w14:textId="77777777" w:rsidTr="007D759C">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53067D18" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
@@ -475,57 +524,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbetsplats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6921" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35762BBD" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE2FEA">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Adora </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adora</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1178B566" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w14:paraId="0A7AC46C" w14:textId="77777777" w:rsidTr="007D759C">
         <w:trPr>
@@ -555,131 +614,196 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A14C948" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w14:paraId="454D6BB9" w14:textId="77777777" w:rsidTr="007D759C">
         <w:trPr>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22CE210D" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
+          <w:p w14:paraId="22CE210D" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Detektor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E35C762" w14:textId="77777777" w:rsidR="0006543F" w:rsidRDefault="0006543F" w:rsidP="00FE2FEA">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FD52202" w14:textId="57DAE0B3" w:rsidR="0006543F" w:rsidRPr="00FE2FEA" w:rsidRDefault="0006543F" w:rsidP="00FE2FEA">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FFA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58D6C3F1" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4227D4AF" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tillägg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6921" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D171924" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
+          <w:p w14:paraId="0D171924" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Valfri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="106A5A87" w14:textId="77777777" w:rsidR="0006543F" w:rsidRDefault="0006543F" w:rsidP="00FE2FEA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68A5A83F" w14:textId="2C71B3D7" w:rsidR="0006543F" w:rsidRPr="00FE2FEA" w:rsidRDefault="0006543F" w:rsidP="00FE2FEA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 cm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A2C2C34" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1BA8B497" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
@@ -912,51 +1036,73 @@
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sida </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vid suprakondylär frakturkontroll</w:t>
+              <w:t xml:space="preserve">Vid </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>suprakondylär</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> frakturkontroll</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F342B39" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="435" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vinkling framifrån </w:t>
             </w:r>
@@ -1680,51 +1826,51 @@
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Frontal höger                      Frontal vänster</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18B4924F" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547C06C4" wp14:editId="351C5FED">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547C06C4" wp14:editId="351C5FED">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>76587</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>392099</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="222885" cy="182880"/>
                   <wp:effectExtent l="0" t="0" r="5715" b="7620"/>
                   <wp:wrapNone/>
                   <wp:docPr id="18" name="Bildobjekt 18"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Bild 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13">
@@ -1741,51 +1887,51 @@
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="222885" cy="182880"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C98CEF5" wp14:editId="2D4847E6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C98CEF5" wp14:editId="2D4847E6">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2676663</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>392099</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="213360" cy="148167"/>
                   <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                   <wp:wrapNone/>
                   <wp:docPr id="5" name="Bildobjekt 5"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -1795,51 +1941,51 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="213360" cy="148167"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48FB138D" wp14:editId="6329EF9F">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48FB138D" wp14:editId="6329EF9F">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>1547770</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>209826</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1431925" cy="2084070"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="2" name="Bildobjekt 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -1849,51 +1995,51 @@
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="1435486" cy="2089253"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ADA9A13" wp14:editId="0F55B9A6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ADA9A13" wp14:editId="0F55B9A6">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-66344</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>209826</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1431925" cy="2084070"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="1" name="Bildobjekt 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -2112,51 +2258,86 @@
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Armbågsleden friprojicerad. </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Radius och ulna överlappade.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Radius</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ulna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> överlappade.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C2241C9" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="19427711" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-1913" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -2202,99 +2383,99 @@
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">   Vridning inåt vänster</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63D7A18B" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66BFDA9C" wp14:editId="6932938C">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66BFDA9C" wp14:editId="6932938C">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>1553845</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>145415</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1435100" cy="2090420"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                   <wp:wrapNone/>
                   <wp:docPr id="7" name="Bildobjekt 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="1435100" cy="2090420"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54534BE2" wp14:editId="1A92F7C4">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54534BE2" wp14:editId="1A92F7C4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-69988</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>145415</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1435100" cy="2090420"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                   <wp:wrapNone/>
                   <wp:docPr id="8" name="Bildobjekt 8"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -2310,51 +2491,51 @@
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="625D458F" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1337EBCE" wp14:editId="635DE9E4">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1337EBCE" wp14:editId="635DE9E4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2605791</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>150439</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="213055" cy="147955"/>
                   <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                   <wp:wrapNone/>
                   <wp:docPr id="17" name="Bildobjekt 17"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -2364,51 +2545,51 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="213055" cy="147955"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24E2C88A" wp14:editId="2B342183">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24E2C88A" wp14:editId="2B342183">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-6985</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>149225</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="222885" cy="182880"/>
                   <wp:effectExtent l="0" t="0" r="5715" b="7620"/>
                   <wp:wrapNone/>
                   <wp:docPr id="9" name="Bildobjekt 9"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Bild 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13">
@@ -2662,51 +2843,86 @@
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Armbågsleden friprojicerad. </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Radius och ulna separerade</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Radius</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ulna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> separerade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38CAFDA4" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
@@ -3178,96 +3394,162 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28072/width_160/height_293/preserveAspectRatio_0/scope_0/filename_tjDkoLoTa5xZM1k09bwJ.gif/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FE2FEA">
+            <w:r w:rsidR="005D5D82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="005D5D82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28072/width_160/height_293/preserveAspectRatio_0/scope_0/filename_tjDkoLoTa5xZM1k09bwJ.gif/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D5D82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28072/width_160/height_293/preserveAspectRatio_0/scope_0/filename_tjDkoLoTa5xZM1k09bwJ.gif/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:pict w14:anchorId="5116887A">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1037" type="#_x0000_t75" alt="höger armbåge utåtvridning" style="width:100.8pt;height:183.45pt">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="höger armbåge utåtvridning" style="width:100.5pt;height:183.75pt">
                   <v:imagedata r:id="rId17" r:href="rId18"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00FE2FEA">
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00FE2FEA">
+            <w:r w:rsidR="005D5D82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -3364,50 +3646,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -3726,62 +4030,134 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28073/width_160/height_298/preserveAspectRatio_0/scope_0/filename_bsA037jBx4O2s2NGJBY-.gif/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00FE2FEA">
+            <w:r w:rsidR="005D5D82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="005D5D82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28073/width_160/height_298/preserveAspectRatio_0/scope_0/filename_bsA037jBx4O2s2NGJBY-.gif/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005D5D82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> INCLUDEPICTURE  "http://intranu.vgregion.se/ImageVault/Images/id_28073/width_160/height_298/preserveAspectRatio_0/scope_0/filename_bsA037jBx4O2s2NGJBY-.gif/storage_Edited/ImageVaultHandler.aspx" \* MERGEFORMATINET </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:pict w14:anchorId="687E81B1">
-                <v:shape id="_x0000_i1038" type="#_x0000_t75" alt="vänster armbåge uåtvridning" style="width:97.65pt;height:182.8pt">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="vänster armbåge uåtvridning" style="width:97.5pt;height:183pt">
                   <v:imagedata r:id="rId19" r:href="rId20"/>
                 </v:shape>
               </w:pict>
+            </w:r>
+            <w:r w:rsidR="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="005D5D82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4161,91 +4537,127 @@
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Centrera över leden</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>(om mediala humeruskondylen är utskjutande – lägg kilkudde under handloven för rak sida).</w:t>
+              <w:t xml:space="preserve">(om mediala </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>humeruskondylen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> är utskjutande – lägg kilkudde under handloven för rak sida).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0145C359" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C63D677" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Armbågsleden friprojicerad. Lateral</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Och mediala epicondylen över-</w:t>
+              <w:t xml:space="preserve">Och mediala </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>epicondylen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE2FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> över-</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>projicerade på varandra</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D2788B8" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4288,51 +4700,51 @@
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">        Sida vänster</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34F6C7BF" w14:textId="71DC1C57" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F66E18" wp14:editId="46382F24">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F66E18" wp14:editId="46382F24">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>1594485</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>147320</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1459742" cy="1629347"/>
                   <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
                   <wp:wrapNone/>
                   <wp:docPr id="13" name="Bildobjekt 13"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -4358,51 +4770,51 @@
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A59BAEF" w14:textId="61FE3FA2" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5F3C55" wp14:editId="399A49C4">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D5F3C55" wp14:editId="399A49C4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>1865630</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>128491</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="213360" cy="148167"/>
                   <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                   <wp:wrapNone/>
                   <wp:docPr id="16" name="Bildobjekt 16"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -4412,51 +4824,51 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="213360" cy="148167"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00FE2FEA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F0CC994" wp14:editId="589E29C0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F0CC994" wp14:editId="589E29C0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>227661</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>128491</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="222885" cy="182880"/>
                   <wp:effectExtent l="0" t="0" r="5715" b="7620"/>
                   <wp:wrapNone/>
                   <wp:docPr id="15" name="Bildobjekt 15"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Bild 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13">
@@ -4574,405 +4986,692 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="714DD25C" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="518C198B" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06BCC8BC" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
+    <w:p w14:paraId="06BCC8BC" w14:textId="5A4641C8" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2127" w:hanging="2127"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sida vinklad:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ovinklad </w:t>
+        <w:t>Ovinklad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vid suprakondylär frakturkontroll </w:t>
+        <w:t xml:space="preserve"> Vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suprakondylär</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> frakturkontroll </w:t>
+      </w:r>
+      <w:r w:rsidR="00016514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tas vinklade bilder,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">vinklas röret längs humerus längdaxel 10° </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE2FEA">
+      <w:r w:rsidR="00D932F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t xml:space="preserve">framifrån 0° och 10° bakifrån. </w:t>
+        <w:t xml:space="preserve">utgå från en rak sidobild, vinkla röret medialt </w:t>
+      </w:r>
+      <w:r w:rsidR="00D932F7" w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10°</w:t>
+      </w:r>
+      <w:r w:rsidR="00D932F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5D82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">samt lateralt </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5D82" w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10°</w:t>
+      </w:r>
+      <w:r w:rsidR="005D5D82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Skriv vinkling på bilderna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136D829B" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2127"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kriterier:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B383186" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2127"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proximala delen av radius sidoprojiceras. </w:t>
+        <w:t xml:space="preserve">Proximala delen av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>radius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sidoprojiceras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Laterala humerus-kondylens bendel ligger 2–4 mm </w:t>
+        <w:t xml:space="preserve">Laterala </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>humerus-kondylens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bendel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ligger 2–4 mm </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>från caput radii.</w:t>
+        <w:t xml:space="preserve">från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>caput</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>radii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D0CAE1" w14:textId="77777777" w:rsidR="00FE2FEA" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2127"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid suprakondylär-fraktur tas bilder med successivt </w:t>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suprakondylär</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-fraktur tas bilder med successivt </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">10° ökning runt längdaxeln på humerus för påvisande </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk221523809"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10° </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ökning runt längdaxeln på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>humerus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för påvisande </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>av rotationsfelställning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11010C13" w14:textId="4D667292" w:rsidR="00747066" w:rsidRPr="00FE2FEA" w:rsidRDefault="00FE2FEA" w:rsidP="00FE2FEA">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2127"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tips:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Om mediala humerusepikondylen är relativt </w:t>
+        <w:t xml:space="preserve"> Om mediala </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>humerusepikondylen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är relativt </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">utskjutande behövs ett stöd under handleden för korrekt bild. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">På små barn kan man med fördel kompensera vid att man </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2FEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>lägger en snedkudde under laterala delen av humerus/olecr</w:t>
+        <w:t xml:space="preserve">lägger en snedkudde under laterala delen av </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>humerus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE2FEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>olecr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00FE2FEA" w:rsidSect="00660B9E">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:headerReference w:type="first" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C590EBE" w14:textId="77777777" w:rsidR="00312A05" w:rsidRDefault="00312A05">
+    <w:p w14:paraId="0C3852EF" w14:textId="77777777" w:rsidR="00B66DAE" w:rsidRDefault="00B66DAE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="094C3543" w14:textId="77777777" w:rsidR="00312A05" w:rsidRDefault="00312A05">
+    <w:p w14:paraId="0BD31D79" w14:textId="77777777" w:rsidR="00B66DAE" w:rsidRDefault="00B66DAE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6CE96FCE" w14:textId="77777777" w:rsidR="00312A05" w:rsidRDefault="00312A05">
+    <w:p w14:paraId="526CCABC" w14:textId="77777777" w:rsidR="00B66DAE" w:rsidRDefault="00B66DAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
-    <w:altName w:val="Georgia"/>
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
-    <w:altName w:val="Verdana"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
@@ -5164,51 +5863,51 @@
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="4" name="Bildobjekt 4">
@@ -5238,85 +5937,85 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E67DC0B" w14:textId="77777777" w:rsidR="00312A05" w:rsidRDefault="00312A05"/>
+    <w:p w14:paraId="73C9C5F4" w14:textId="77777777" w:rsidR="00B66DAE" w:rsidRDefault="00B66DAE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68BB5178" w14:textId="77777777" w:rsidR="00312A05" w:rsidRDefault="00312A05">
+    <w:p w14:paraId="327C6C71" w14:textId="77777777" w:rsidR="00B66DAE" w:rsidRDefault="00B66DAE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="03129159" w14:textId="77777777" w:rsidR="00312A05" w:rsidRDefault="00312A05">
+    <w:p w14:paraId="7162EFEC" w14:textId="77777777" w:rsidR="00B66DAE" w:rsidRDefault="00B66DAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -5395,51 +6094,51 @@
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="788FEAC4" w14:textId="7FCD22BD" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7801,103 +8500,107 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1513834274">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="249698029">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1380855434">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="243419300">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="00016514"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00022BF4"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="0006543F"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
     <w:rsid w:val="00137B6D"/>
@@ -7938,50 +8641,51 @@
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00312A05"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
+    <w:rsid w:val="00337E18"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
@@ -8015,53 +8719,55 @@
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D5D82"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E541E"/>
+    <w:rsid w:val="00602EC8"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00660B9E"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672129"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006769DA"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00691BF3"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
@@ -8076,82 +8782,84 @@
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B2BFA"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00905632"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
@@ -8169,148 +8877,155 @@
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B066C4"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B66DAE"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B841D1"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D12DD4"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D733E0"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D932F7"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
+    <w:rsid w:val="00EE3456"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF64E0"/>
+    <w:rsid w:val="00EF7987"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC41E1"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE2FEA"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1492EC97"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
@@ -11158,70 +11873,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1350</Words>
-  <Characters>7159</Characters>
+  <Words>1508</Words>
+  <Characters>7996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8493</CharactersWithSpaces>
+  <CharactersWithSpaces>9486</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Armbåge, Barn - Frakturkontroll</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>