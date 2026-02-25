--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="51B9E655" w14:textId="6FF1FE70" w:rsidR="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30BA6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">Fotled </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
@@ -139,78 +139,77 @@
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB04A1C" w14:textId="77777777" w:rsidR="00547991" w:rsidRDefault="00F30BA6" w:rsidP="00B54698">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30BA6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2F1456" w14:textId="31FC7930" w:rsidR="00F30BA6" w:rsidRPr="00547991" w:rsidRDefault="00547991" w:rsidP="00B54698">
+    <w:p w14:paraId="7D2F1456" w14:textId="52B6B828" w:rsidR="00F30BA6" w:rsidRPr="00547991" w:rsidRDefault="00F30BA6" w:rsidP="00B54698">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00547991">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00901F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lagt till FFA 110 cm under stycket inför undersökning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="122C2A5F" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30BA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43622D31" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
@@ -526,72 +525,72 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FC4C072" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30BA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Se kapitel 4.2 och 5.1 i  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A17B3E7" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00000000" w:rsidP="00F30BA6">
+          <w:p w14:paraId="2A17B3E7" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidR="00F30BA6" w:rsidRPr="00F30BA6">
+              <w:r w:rsidRPr="00F30BA6">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Strålskydd vid undersökningar och behandlingar med röntgenstrålning</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00F30BA6" w:rsidRPr="00F30BA6">
+            <w:r w:rsidRPr="00F30BA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w14:paraId="54D16AA9" w14:textId="77777777" w:rsidTr="00F30BA6">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
@@ -778,62 +777,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w14:paraId="167C7D83" w14:textId="77777777" w:rsidTr="00F30BA6">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="220D4FEA" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
+          <w:p w14:paraId="220D4FEA" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00901F8B" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00901F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6915" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73BF8C76" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
@@ -846,109 +849,199 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w14:paraId="12B02209" w14:textId="77777777" w:rsidTr="00F30BA6">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40E7BAC5" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
+          <w:p w14:paraId="1DACA6A9" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00901F8B" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F30BA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Detektor</w:t>
-[...7 lines deleted...]
-              <w:t> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00901F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Detektor </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE433CF" w14:textId="77777777" w:rsidR="00901F8B" w:rsidRPr="00901F8B" w:rsidRDefault="00901F8B" w:rsidP="00F30BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40E7BAC5" w14:textId="00BF2D7E" w:rsidR="00901F8B" w:rsidRPr="00901F8B" w:rsidRDefault="00901F8B" w:rsidP="00F30BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00901F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FFA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00901F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6915" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14F4E98A" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
+          <w:p w14:paraId="6FFBA1B6" w14:textId="77777777" w:rsidR="00F30BA6" w:rsidRDefault="00F30BA6" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30BA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Liten </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="3FDB6898" w14:textId="77777777" w:rsidR="00901F8B" w:rsidRPr="00901F8B" w:rsidRDefault="00901F8B" w:rsidP="00F30BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6172CAC7" w14:textId="77777777" w:rsidR="00901F8B" w:rsidRDefault="00901F8B" w:rsidP="00F30BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00901F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 cm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F4E98A" w14:textId="4B12BB36" w:rsidR="00901F8B" w:rsidRPr="00901F8B" w:rsidRDefault="00901F8B" w:rsidP="00F30BA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w14:paraId="3275E6DC" w14:textId="77777777" w:rsidTr="00F30BA6">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A167104" w14:textId="368F01B0" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="007D7BC1" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
@@ -2673,51 +2766,51 @@
           </w:p>
           <w:p w14:paraId="40E9EC65" w14:textId="6CC0C123" w:rsidR="00DE0943" w:rsidRPr="00F30BA6" w:rsidRDefault="00DE0943" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49D44AA2" w14:textId="5D0A8DFF" w:rsidR="00F30BA6" w:rsidRPr="00F30BA6" w:rsidRDefault="00066485" w:rsidP="00F30BA6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2926B8D9" wp14:editId="1AB55924">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2926B8D9" wp14:editId="1AB55924">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2769068</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>467912</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="214685" cy="149087"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                   <wp:wrapNone/>
                   <wp:docPr id="2" name="Bildobjekt 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -2733,51 +2826,51 @@
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00F30BA6">
               <w:rPr>
                 <w:rFonts w:ascii="VGR Sans" w:eastAsia="MS Gothic" w:hAnsi="VGR Sans"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E9AB2A9" wp14:editId="0224344C">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E9AB2A9" wp14:editId="0224344C">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>61512</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>407587</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="191135" cy="207010"/>
                   <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                   <wp:wrapNone/>
                   <wp:docPr id="5" name="Bild 5"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16">
@@ -2794,51 +2887,51 @@
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="191135" cy="207010"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="008955F4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F197575" wp14:editId="6B4DA602">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F197575" wp14:editId="6B4DA602">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>1587776</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>3330</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1412331" cy="2404745"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="25" name="Bildobjekt 25"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -4055,51 +4148,51 @@
           <w:tcPr>
             <w:tcW w:w="10621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58ED4210" w14:textId="43C7D6CF" w:rsidR="00906A3C" w:rsidRDefault="004D1CAF" w:rsidP="00906A3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C713B28" wp14:editId="115C22C5">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C713B28" wp14:editId="115C22C5">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>1880870</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>411480</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1430020" cy="1927860"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="14" name="Bildobjekt 14"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -4109,51 +4202,51 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1430020" cy="1927860"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="007E6732">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DDC0343" wp14:editId="69DCDDF2">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DDC0343" wp14:editId="69DCDDF2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2193290</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>476250</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="198755" cy="137795"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="19" name="Bildobjekt 19"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -4163,51 +4256,51 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="198755" cy="137795"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00FB36B1" w:rsidRPr="00276604">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F697FB8" wp14:editId="4FF7995F">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F697FB8" wp14:editId="4FF7995F">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>356483</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>426968</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="222885" cy="182880"/>
                   <wp:effectExtent l="0" t="0" r="5715" b="7620"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="18" name="Bildobjekt 18"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Bild 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19">
@@ -4288,51 +4381,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00906A3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D2C42EB" w14:textId="114BAA59" w:rsidR="00906A3C" w:rsidRDefault="001736C0" w:rsidP="00906A3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1421D31F" wp14:editId="4987D38A">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1421D31F" wp14:editId="4987D38A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>226695</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>275590</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1423035" cy="1918335"/>
                   <wp:effectExtent l="0" t="0" r="5715" b="5715"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="13" name="Bildobjekt 13"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -4422,51 +4515,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BD6435A" w14:textId="3F5FEA19" w:rsidR="002E125D" w:rsidRPr="00906A3C" w:rsidRDefault="001736C0" w:rsidP="00906A3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E2A552A" wp14:editId="48DE5C82">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E2A552A" wp14:editId="48DE5C82">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>1988489</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>335115</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="198755" cy="137795"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="23" name="Bildobjekt 23"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
@@ -4914,77 +5007,77 @@
     <w:p w14:paraId="11010C13" w14:textId="77A89899" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00100DE8">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00330F6A">
       <w:headerReference w:type="even" r:id="rId21"/>
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:headerReference w:type="first" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15197E23" w14:textId="77777777" w:rsidR="0086749A" w:rsidRDefault="0086749A">
+    <w:p w14:paraId="7554CE5F" w14:textId="77777777" w:rsidR="00D23343" w:rsidRDefault="00D23343">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="025DA125" w14:textId="77777777" w:rsidR="0086749A" w:rsidRDefault="0086749A">
+    <w:p w14:paraId="6B141A12" w14:textId="77777777" w:rsidR="00D23343" w:rsidRDefault="00D23343">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="41286F40" w14:textId="77777777" w:rsidR="0086749A" w:rsidRDefault="0086749A">
+    <w:p w14:paraId="143ABF16" w14:textId="77777777" w:rsidR="00D23343" w:rsidRDefault="00D23343">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5004,51 +5097,51 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VGR Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VGR Sans Medium">
@@ -5072,89 +5165,89 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -5233,63 +5326,63 @@
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -5311,97 +5404,97 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="179912EB" w14:textId="77777777" w:rsidR="0086749A" w:rsidRDefault="0086749A"/>
+    <w:p w14:paraId="574A1BA0" w14:textId="77777777" w:rsidR="00D23343" w:rsidRDefault="00D23343"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0ECD85E3" w14:textId="77777777" w:rsidR="0086749A" w:rsidRDefault="0086749A">
+    <w:p w14:paraId="5455E024" w14:textId="77777777" w:rsidR="00D23343" w:rsidRDefault="00D23343">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="026B7A00" w14:textId="77777777" w:rsidR="0086749A" w:rsidRDefault="0086749A">
+    <w:p w14:paraId="659D5A59" w14:textId="77777777" w:rsidR="00D23343" w:rsidRDefault="00D23343">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0862B03E" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -5465,64 +5558,64 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="788FEAC4" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="442E56B1" wp14:editId="40C096F2">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="442E56B1" wp14:editId="40C096F2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -5560,51 +5653,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="384595A3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="384595A3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -5672,51 +5765,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8224,52 +8317,52 @@
   <w:num w:numId="17" w16cid:durableId="249698029">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1873419285">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="251285548">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1968124252">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1303775430">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -8345,50 +8438,51 @@
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00273E82"/>
     <w:rsid w:val="0027663E"/>
+    <w:rsid w:val="002768DE"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1878"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E125D"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
@@ -8421,50 +8515,51 @@
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004758FB"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B674A"/>
+    <w:rsid w:val="004C3148"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D1CAF"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00547991"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
@@ -8512,89 +8607,91 @@
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D6C37"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007C040C"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007D7BC1"/>
     <w:rsid w:val="007E6732"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00852380"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0086749A"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008955F4"/>
     <w:rsid w:val="0089583D"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D50FB"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00901F8B"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00906A3C"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D33EC"/>
     <w:rsid w:val="009D6819"/>
@@ -8637,111 +8734,114 @@
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B02332"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B176B6"/>
     <w:rsid w:val="00B25DFE"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B54698"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B841D1"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96FEA"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF6DAB"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C16847"/>
     <w:rsid w:val="00C20F55"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC5C74"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D02122"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D23343"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D57073"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D806AE"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE0943"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF3E39"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E1211B"/>
     <w:rsid w:val="00E258D8"/>
     <w:rsid w:val="00E5161A"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E67600"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E804CD"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
@@ -8790,51 +8890,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11205,51 +11305,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13737,70 +13837,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>392</Words>
-  <Characters>2081</Characters>
+  <Words>402</Words>
+  <Characters>2131</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2469</CharactersWithSpaces>
+  <CharactersWithSpaces>2528</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Fotled, Barn - Fraktur</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>