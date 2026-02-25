--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="22542671" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="006B266D" w:rsidRDefault="00A75A35" w:rsidP="00A75A35">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t>Patientöverföringar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11536FDB" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="00EF64E0" w:rsidRDefault="00A75A35" w:rsidP="00A75A35">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc72840807"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="48F6DDE1" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -78,692 +78,928 @@
         <w:t>Det finns behov av en rutin och en arbetsbeskrivning vid interna patientöverföringar av pågående</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och nya</w:t>
       </w:r>
       <w:r w:rsidRPr="008B088D">
         <w:t xml:space="preserve"> patienter inom BUP NU</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1871EB98" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00A75A35">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6567EBD3" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
       <w:r w:rsidRPr="008B088D">
         <w:t>Arbetsbeskrivning av interna patientöverföringar inom BUP NU-sjukvården. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ECEF40A" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
-[...1 lines deleted...]
-        <w:pStyle w:val="MellanrubrikVGR"/>
+    <w:p w14:paraId="5ECEF40A" w14:textId="2166C906" w:rsidR="00A75A35" w:rsidRDefault="7B1BF380" w:rsidP="00907CCB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Intern </w:t>
+        <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE6B28">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> akutmottagning</w:t>
+      <w:r w:rsidR="00A75A35">
+        <w:t>rån BUP akutmottagning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4474FD2C" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="008B088D" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
-      <w:r>
+    <w:p w14:paraId="5E8883B2" w14:textId="2C9DA786" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t xml:space="preserve">Klinikintern vårdbegäran gäller </w:t>
       </w:r>
-      <w:r w:rsidRPr="3725A802">
+      <w:r w:rsidRPr="708D3FF4">
         <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>endast patienter som inte har en pågående kontakt</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t xml:space="preserve"> i den barn- och ungdomspsykiatriska öppenvården. Är patienten pågående registreras aldrig en intern vårdbegäran (IV). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C067628" w14:textId="0A1902B4" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00836D38">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> IV-vårdbegäran kopplas alltid till det första besöket patienten får på öppenvårdsmottagningen. </w:t>
+    <w:p w14:paraId="2CC731C3" w14:textId="3931FAAE" w:rsidR="708D3FF4" w:rsidRPr="00907CCB" w:rsidRDefault="3820D9C3" w:rsidP="00907CCB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>I registreringen av IV välj omfattas ej på vårdgaranti. Dessa besök registreras med besökstyp EF - efterföljande besök första kontakt. IV-vårdbegäran kopplas alltid till det första besöket patienten får på öppenvårdsmottagningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEF9002" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="00F1171D" w:rsidRDefault="00A75A35" w:rsidP="00A75A35">
+    <w:p w14:paraId="6389D00C" w14:textId="427962CD" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="00907CCB">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F1171D">
+      <w:r w:rsidRPr="708D3FF4">
         <w:t>Ny patient </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07746E67" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="00F1171D" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="183FC859" w14:textId="78DC4530" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Medarbetare BUP </w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medarbetare BUP akutmottagning (AKM) inhämtar aktuella kontaktuppgifter, bland annat namn på </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE6B28">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>vårdnadshavare/familjehem/patient, adress, telefonnummer och för in i Patientbakgrunden.</w:t>
       </w:r>
-      <w:r w:rsidRPr="3725A802">
+      <w:r w:rsidRPr="708D3FF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BC1872" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="285F7692" w14:textId="70F46383" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Vid behov av fortsatt uppföljning och bedömning inom specialistnivå bokas patienten i ELVIS på den öppenvårdsmottagning som hen geografiskt tillhör.</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid behov av fortsatt uppföljning och bedömning inom specialistnivå bokas patienten i ELVIS på den öppenvårdsmottagning som hen geografiskt tillhör av medarbetare på BUP AKM. För att boka uppföljningsbesök på BUP Öst respektive BUP Väst, se separat </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00F1171D">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="708D3FF4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>lathund Öst</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F1171D">
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00F1171D">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="708D3FF4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>lathund Väst</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03029BA5" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="005053B9" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="05976FD7" w14:textId="05E25296" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> kolumn ”Ärende” väljer man ”Från BUP Akuten” som då automatiskt rödmarkeras. Notera i uppdragslistan om patienten varit positiv på drogtest ”Drogpositiv” och/eller vid läkemedelsförändring, ”läkemedel insatt”, ”läkemedel utsatt” ”läkemedelsjustering”.</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>I uppdragslistans kolumn ”Ärende” väljer man ”Från BUP Akuten” som då automatiskt rödmarkeras. Notera i uppdragslistan om patienten varit positiv på drogtest ”Drogpositiv” och/eller vid läkemedelsförändring, ”läkemedel insatt”, ”läkemedel utsatt” ”läkemedelsjustering”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1619AE55" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="330F2C67" w14:textId="011B72F7" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> bedömning ska ske inom 14 dagar från besöksdatum. </w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En uppföljande bedömning ska ske inom 14 dagar från besöksdatum. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7241BEDB" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="002814A1" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="315C7DAC" w14:textId="47DD2C5F" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="00907CCB">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F1171D">
-[...6 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:t>Pågående patient </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F43CF71" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="00F1171D" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="0EABBBFB" w14:textId="1910E284" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="3725A802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Medarbetare BUP AKM inhämtar aktuella kontaktuppgifter, bland annat telefonnummer (vårdnadshavare/familjehem/patient), adress och för in i Patientbakgrunden.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477A13DE" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="00F1171D" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="0611FCBF" w14:textId="53D31D66" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Medarbetare på BUP </w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Medarbetare på BUP AKM skriver i BUP AKM:s uppdragslista till sekreterare att patienten ska föras över till öppenvården.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE6B28">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="6BF5C324">
+      <w:r w:rsidRPr="708D3FF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3159021E" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="00F1171D" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="0CB02DB5" w14:textId="0C54560E" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Medicinsk </w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Medicinsk sekreterare på BUP AKM skriver in i öppenvårdens uppdragslista till sekreterare att patienten är i behov av uppföljning.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE6B28">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00F1171D">
+      <w:r w:rsidRPr="708D3FF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>  </w:t>
+        <w:t>  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F1171D">
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB303E7" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="003C12B2" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="00EB8A2B" w14:textId="6F7BA20F" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:t>Notera i uppdragslistan om patienten varit positiv på drogtest ”Drogpositiv” och/eller vid läkemedelsförändring, ”läkemedel insatt”, ”läkemedel utsatt” ”läkemedelsjustering”.</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>I uppdragslistans kolumn ”Ärende” väljer man ”Från BUP Akuten” som då automatiskt rödmarkeras. Notera i uppdragslistan om patienten varit positiv på drogtest ”Drogpositiv” och/eller vid läkemedelsförändring, ”läkemedel insatt”, ”läkemedel utsatt” ”läkemedelsjustering”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A987F0" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00FE6B28">
+    <w:p w14:paraId="0CEA3178" w14:textId="49379CBA" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="005F2EB5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Medicinsk sekreterare</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Uppföljning bör ske inom 14 dagar. </w:t>
+        <w:t xml:space="preserve">Medicinsk sekreterare i öppenvården (Öst, Väst, ÄT, 0–5) uppmärksammar teamledare/chef att det finns behov av uppföljning i öppenvården, efter att patienten haft kontakt på BUP AKM NU. Uppföljning bör ske inom 14 dagar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D0E5EB" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="005F2EB5" w:rsidRDefault="00A75A35" w:rsidP="00947109">
+    <w:p w14:paraId="32B83F44" w14:textId="7078B927" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t xml:space="preserve">Vid parallella insatser på ÄT och exempelvis Väst ska det ske notering i respektive enhets uppdragslista. I dessa fall är det viktigt att vårdplan revideras och samordnas enligt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00142D2F">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="708D3FF4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>rutin</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37113938" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="008B088D" w:rsidRDefault="00A75A35" w:rsidP="00947109">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> mellan BUP Öst/Väst/ÄT/0–5 år</w:t>
+    <w:p w14:paraId="7606945D" w14:textId="77777777" w:rsidR="002713D9" w:rsidRDefault="3820D9C3" w:rsidP="002713D9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:t>Till BUP Akutmottagning från öppenvården</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACCF2CF" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="008B088D" w:rsidRDefault="00A75A35" w:rsidP="00947109">
-[...1 lines deleted...]
-        <w:t>Vid interna patientöverföringar av pågående patienter inom BUP NU registreras aldrig någon typ av vårdbegäran. Överföringskommunikation sker på mottagarens behandlingskonferens. Dokumentation sker i Melior under aktiviteten ”</w:t>
+    <w:p w14:paraId="1053AEE6" w14:textId="5A0E6A08" w:rsidR="708D3FF4" w:rsidRPr="002713D9" w:rsidRDefault="3820D9C3" w:rsidP="002713D9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:r w:rsidRPr="6BF5C324">
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="708D3FF4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+            <w:bCs w:val="0"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>länk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="708D3FF4">
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för rutin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C7CF80" w14:textId="77777777" w:rsidR="002713D9" w:rsidRPr="002713D9" w:rsidRDefault="002713D9" w:rsidP="002713D9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76FCFE77" w14:textId="63F530FD" w:rsidR="708D3FF4" w:rsidRPr="002713D9" w:rsidRDefault="3820D9C3" w:rsidP="002713D9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:t>Mellan BUP Öst, Väst och 0–5 år</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD4A159" w14:textId="702A472D" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patient lyfts under mottagande enhets behandlingskonferens, överföringen dokumenteras under sökordet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...37 lines deleted...]
-          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>”överföring”.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6A2281" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00947109">
+    <w:p w14:paraId="0BDFE3AA" w14:textId="5876DC2E" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> beslutar om vidare insats och patienten sätts upp på planeringsunderlag i ELVIS eller avlutas inom BUP.</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid parallella insatser på flera enheter ska vårdplanen revideras och samordnas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBA8C4C" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRDefault="00A75A35" w:rsidP="00947109">
+    <w:p w14:paraId="32A57A8A" w14:textId="01C43D6E" w:rsidR="708D3FF4" w:rsidRPr="002713D9" w:rsidRDefault="3820D9C3" w:rsidP="002713D9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Vid parallella insatser ska vårdplan revideras och samordnas. </w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Mottagande enhet beslutar om vidare insats och patienten sätts upp på planeringsunderlag i ELVIS eller avlutas inom BUP. Om en insats som är planerad sedan tidigare fortsatt ska genomföras bibehålls kötiden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DD4F54" w14:textId="503C3682" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="002713D9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:t>Till och från Ätstörningsmottagningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4041461D" w14:textId="420F8B0C" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Vid tydlig frågeställning om ätstörning som primär problematik och inget samtidigt behov av annan behandling kan patient överföras via planeringsunderlag, vilka bedöms av Ätstörningsmottagningen en gång i veckan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A097999" w14:textId="54CADF81" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om patient tas emot för behandling på ätstörningsmottagningen och inga andra insatser pågår eller är planerade på överförande mottagning stänger ätstörningsmottagningen överförande enhets vårdtillfälle och skriver varför vårdtillfället avslutas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBB8477" w14:textId="0AFE922D" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Om patient inte tas emot för behandling eller behöver diskuteras vid behandlingskonferens återkopplas detta till respektive teamledare via Öst/Västs uppdragslista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5607557F" w14:textId="5C338C2A" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Om patient avslutas på ätstörningsmottagningen och det finns öppet vårdtillfälle på Öst/Väst mottagning tar ätstörningsmottagningens personal upp ärendet på Öst/Västs behandlingskonferens, eller i okomplicerade fall meddelas via uppdragslista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB1EDEB" w14:textId="1676AE61" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="002713D9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:t>Till och från DBT-teamet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E2760A" w14:textId="4B9AC572" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Vid behov av dialektisk beteendeterapi (DBT) lyfts patienten på respektive mottagnings behandlingskonferens. Patienten överförs till DBT-teamet via planeringsunderlag, som tar upp uppsatta patienter en gång i veckan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44797760" w14:textId="6ECF451D" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>DBT-teamet bedömer om patient tas emot för behandling och återkopplar detta till respektive teamledare via Öst/Västs uppdragslista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F420649" w14:textId="0ACF0340" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>När DBT-teamet avslutar sin insats återkopplas detta till respektive öppenvårdsmottagning via deras behandlingskonferens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64EE1A12" w14:textId="5E0E427F" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="002713D9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:t>Administrativa observandum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487BA5FA" w14:textId="2DFF09C4" w:rsidR="3820D9C3" w:rsidRDefault="3820D9C3" w:rsidP="708D3FF4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Vid patientöverföringar av pågående patienter registreras aldrig någon typ av vårdbegäran.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03847E56" w14:textId="2C2B86B5" w:rsidR="708D3FF4" w:rsidRPr="002713D9" w:rsidRDefault="3820D9C3" w:rsidP="002713D9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="708D3FF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Då patienten är pågående i verksamheten registreras aldrig F eller EF på dessa överföringar. Gäller det start av behandling eller utredning registreras G eller M enligt rutin annars är det någon typ av efterföljande besök patienten får.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA52CDB" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="008B088D" w:rsidRDefault="00A75A35" w:rsidP="00947109">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00947109">
-        <w:lastRenderedPageBreak/>
         <w:t>Ansvariga</w:t>
       </w:r>
       <w:r w:rsidRPr="008B088D">
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B6A0F4" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="008B088D" w:rsidRDefault="00A75A35" w:rsidP="00947109">
       <w:r w:rsidRPr="008B088D">
         <w:t>Ansvariga för att rutinen följs är Verksamhetschef, vårdenhetschef och medicinskt ledningsansvarig läkare.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464990D9" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="00947109" w:rsidRDefault="00A75A35" w:rsidP="00947109">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="008B088D">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Uppföljning </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7EC7">
         <w:t>och</w:t>
       </w:r>
       <w:r w:rsidRPr="008B088D">
         <w:t xml:space="preserve"> utvärdering </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F46B75E" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="008B088D" w:rsidRDefault="00A75A35" w:rsidP="00947109">
       <w:r w:rsidRPr="008B088D">
         <w:t>Verksamheten ansvarar för att följa upp att rutinen följs. Avsteg från rutinen rapporteras i MedControl PRO. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26F53F28" w14:textId="77777777" w:rsidR="00A75A35" w:rsidRPr="00747066" w:rsidRDefault="00A75A35" w:rsidP="00A75A35"/>
     <w:p w14:paraId="11010C13" w14:textId="2E3780C7" w:rsidR="00747066" w:rsidRPr="00A75A35" w:rsidRDefault="00747066" w:rsidP="00A75A35"/>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00A75A35" w:rsidSect="00330F6A">
-      <w:headerReference w:type="default" r:id="rId14"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4571D222" w14:textId="77777777" w:rsidR="00594929" w:rsidRDefault="00594929">
+    <w:p w14:paraId="7F44FEA9" w14:textId="77777777" w:rsidR="002D2E0D" w:rsidRDefault="002D2E0D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56A238D6" w14:textId="77777777" w:rsidR="00594929" w:rsidRDefault="00594929">
+    <w:p w14:paraId="08B9E166" w14:textId="77777777" w:rsidR="002D2E0D" w:rsidRDefault="002D2E0D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="34CA8B49" w14:textId="77777777" w:rsidR="00594929" w:rsidRDefault="00594929">
+    <w:p w14:paraId="0D3BA52E" w14:textId="77777777" w:rsidR="002D2E0D" w:rsidRDefault="002D2E0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Georgia, serif">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
@@ -856,51 +1092,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1330CEF9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -940,73 +1176,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76175146" w14:textId="77777777" w:rsidR="00594929" w:rsidRDefault="00594929"/>
+    <w:p w14:paraId="67E21EA7" w14:textId="77777777" w:rsidR="002D2E0D" w:rsidRDefault="002D2E0D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E59CEF5" w14:textId="77777777" w:rsidR="00594929" w:rsidRDefault="00594929">
+    <w:p w14:paraId="7AFA4D93" w14:textId="77777777" w:rsidR="002D2E0D" w:rsidRDefault="002D2E0D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5E0CDCC6" w14:textId="77777777" w:rsidR="00594929" w:rsidRDefault="00594929">
+    <w:p w14:paraId="75D6F105" w14:textId="77777777" w:rsidR="002D2E0D" w:rsidRDefault="002D2E0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1044,91 +1280,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="788FEAC4" w14:textId="7FCD22BD" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="376BA92B" wp14:editId="7BBAB39A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -1170,92 +1406,92 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="376BA92B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="376BA92B">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="03A8AA0A" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
+                  <w:p w:rsidR="005E541E" w:rsidP="005E541E" w:rsidRDefault="005E541E" w14:paraId="03A8AA0A" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1599,50 +1835,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EA10D1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1402EFE0"/>
+    <w:lvl w:ilvl="0" w:tplc="FAD69B8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CE24C7E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7C24065E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BE2088E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D62E56A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3DBEEC8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="ADF40ABA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="001A5186">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F6C21D10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -1711,51 +2060,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1824,51 +2173,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1938,51 +2287,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2051,51 +2400,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2191,51 +2540,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2305,51 +2654,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2418,51 +2767,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2559,51 +2908,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2672,51 +3021,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2786,51 +3135,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2899,51 +3248,140 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A9DC936"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF389B5A"/>
+    <w:lvl w:ilvl="0" w:tplc="586699C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia, serif" w:hAnsi="Georgia, serif" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BE101558">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="41E43DE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F5BA7D68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="83024B1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="449EC70C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AD2AA180">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5A084A36">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="82D0CDE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3012,51 +3450,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3125,51 +3563,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3238,117 +3676,120 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="555165083">
+  <w:num w:numId="1" w16cid:durableId="1990091493">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1917977886">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="555165083">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="77752350">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="907374553">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1816144419">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1010715744">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="77752350">
+  <w:num w:numId="8" w16cid:durableId="82379985">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="32001010">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="800811010">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1918400350">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1120104860">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="789979897">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1611665312">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1657802124">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="907374553">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="16" w16cid:durableId="1621447758">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1816144419">
+  <w:num w:numId="17" w16cid:durableId="771632992">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1513834274">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="249698029">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1010715744">
-[...5 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="32001010">
+  <w:num w:numId="20" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="800811010">
-[...33 lines deleted...]
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="21" w16cid:durableId="532377923">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -3412,62 +3853,64 @@
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="002713D9"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
+    <w:rsid w:val="002D2E0D"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
@@ -3574,85 +4017,87 @@
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A16E8"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00836D38"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
+    <w:rsid w:val="00907CCB"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00947109"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
@@ -3709,50 +4154,51 @@
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C55F59"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
@@ -3769,111 +4215,116 @@
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF64E0"/>
+    <w:rsid w:val="00F01158"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC41E1"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE6B28"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1492EC97"/>
+    <w:rsid w:val="3820D9C3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="708D3FF4"/>
+    <w:rsid w:val="7B1BF380"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{C986B892-BF30-42A6-AD67-B9724FF53C70}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4629,51 +5080,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -4782,51 +5233,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="15"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
@@ -6070,51 +6521,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="16"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -6281,98 +6732,98 @@
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10094-2020762173-56/surrogate/V%C3%A5rdplan%20inom%20Barn-%20och%20ungdomspsykiatrin%20NU-sjukv%C3%A5rden.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8148-1129337954-114/native/Lathund%20-%20Boka%20fiktiv%20resurs%20V%c3%84ST.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8148-1129337954-113/native/Lathund%20-%20Boka%20fiktiv%20resurs%20%c3%96ST.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10094-2020762173-56/surrogate/V%C3%A5rdplan%20inom%20Barn-%20och%20ungdomspsykiatrin%20NU-sjukv%C3%A5rden.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8148-1129337954-114/native/Lathund%20-%20Boka%20fiktiv%20resurs%20V%c3%84ST.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8148-1129337954-113/native/Lathund%20-%20Boka%20fiktiv%20resurs%20%c3%96ST.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10094-2020762173-62/surrogate/Akutansvar%2c%20telefon-%20och%20faxpassning%2c%20akutbed%c3%b6mningar%20och%20inl%c3%a4ggning%20vid%20Barn-%20och%20ungdomspsykiatri%20NU-sjukv%c3%a5rden.pdf" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -6659,71 +7110,56 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4045</Characters>
+  <Pages>5</Pages>
+  <Words>990</Words>
+  <Characters>5251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4799</CharactersWithSpaces>
+  <CharactersWithSpaces>6229</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Patientöverföringar</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Maarit Perttunen</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>