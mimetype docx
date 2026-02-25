--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -83,107 +83,162 @@
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Bedömning och beslut om fortsatt vård till annan vårdinstans sker på behandlingskonferens. Här beaktas vilken vårdnivå patientens vårdbehov motsvarar, se </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">RMR </w:t>
         </w:r>
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:lastRenderedPageBreak/>
           <w:t>Ansvarsfördelning och konsultationer mellan primärvård och specialistpsykiatri (vuxna)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BBB0C27" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00E476B9">
+    <w:p w14:paraId="5BBB0C27" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00E476B9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Samtycker patienten till fortsatt vård till annan vårdinstans remitteras patienten till VUP eller PV.  För att tydliggöra och planera en individuellt anpassad/personcentrerad övergång för patienter vid 18 års ålder från BUP till VUP/PV, se </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>RMR Övergång mellan barn- och ungdomspsykiatri och vuxenpsykiatri eller primärvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t>. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="0216E9EF" w14:textId="27EF9C9A" w:rsidR="00B327C7" w:rsidRPr="00B260AD" w:rsidRDefault="009F7524" w:rsidP="00E476B9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Informera patienten om att när hen fyller 18 år, har hen möjlighet att ge eventuella samtycken via 1177, till delaktighet</w:t>
+      </w:r>
+      <w:r w:rsidR="00411436">
+        <w:t xml:space="preserve"> av exempelvis förälder i vuxenvården.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="31CE1F9E" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00610774">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Utöver remiss till VUP eller PV kan remiss även ställas till HAB. Detta gäller patienter med autism, som oavsett begåvningsnivå hör till habiliteringens målgrupp. Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>RMR Ansvarsfördelning för medicinskt omhändertagande av vuxna med medfödd funktionsnedsättning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9FB602" w14:textId="0E10B5A0" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00610774">
+    <w:p w14:paraId="172FE2FB" w14:textId="6904CA3D" w:rsidR="000A31F7" w:rsidRPr="000A31F7" w:rsidRDefault="000A31F7" w:rsidP="000A31F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Beslut om fortsatt behandling inom BUP för patienter som fyllt 18 år fattas av verksamhetschef och v</w:t>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A31F7">
+        <w:t xml:space="preserve">Patienter som fyllt 18 år ska alltid lyftas under behandlingskonferens. Beslut om fortsatt behandling fattas av verksamhetschef och verksamhetsöverläkare. </w:t>
       </w:r>
-      <w:r w:rsidR="001072B7">
-        <w:t>erksamhetsöverläkare</w:t>
+    </w:p>
+    <w:p w14:paraId="4B9FB602" w14:textId="2323784C" w:rsidR="00B260AD" w:rsidRDefault="000A31F7" w:rsidP="00D46B89">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A31F7">
+        <w:t>Vårdplanen ska uppdateras med att insatserna inom BUP är i en avslutningsfas och att patienten är remitterad till annan vårdgivare. Beskriv vilka insatser patienten får via BUP samt vilka kommande insatser som kommer bedömas inom vuxenvården, exempelvis medicininsättning efter utredning som mynnat ut i en ADHD-diagnos eller behov av psykologisk behandling. I vårdplanen ska det finnas information om att patienten, vid akuta behov ska kontakta vuxenpsykiatrins akutmottagning NÄL, 010-435 04 10 eller via växeltelefonen 010-435 00 00.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B260AD">
-        <w:t>. Dessa patienter ska alltid lyftas under behandlingskonferens.  </w:t>
+    </w:p>
+    <w:p w14:paraId="17DBD12A" w14:textId="0D11DA6D" w:rsidR="00AB50CA" w:rsidRPr="0026670F" w:rsidRDefault="0026670F" w:rsidP="0026670F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Patienter som fyllt 18 år och har en efterföljande passiv del i ADO-ASSIP vilket innebär uppföljning via brev under 2 år, se rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ADO-ASSIP Patienter som hinner fylla 18 år innan behandling är avslutad </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">för hantering av vårdplan och vårdtillfälle i Melior. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74D8B149" w14:textId="3E6A70D4" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00146E60">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
+        <w:lastRenderedPageBreak/>
         <w:t>Akuta bedömningar görs av BUP fram till 18-årsdagen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3816400C" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00A3359E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Remittering </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A3D005" w14:textId="0FD250F9" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00A3359E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t xml:space="preserve">Remittering från BUP till vuxenpsykiatri/primärvård/habilitering </w:t>
       </w:r>
       <w:r w:rsidR="00A3359E">
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00B260AD">
         <w:t xml:space="preserve"> ske tre månader före patientens 18-årsdag för att förhindra glapp i vårdkedjan. </w:t>
       </w:r>
     </w:p>
@@ -200,96 +255,89 @@
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Bedöms en BUP-patient på behandlingskonferens att bli färdigbehandlad före ålder</w:t>
       </w:r>
       <w:r w:rsidR="00D10263">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B260AD">
         <w:t>18 år och 6 månader, sker ingen remittering inför 18-årsdagen. Beslut om detta fattas av verksamhetschef och v</w:t>
       </w:r>
       <w:r w:rsidR="00D10263">
         <w:t>erksamhetsöverläkare</w:t>
       </w:r>
       <w:r w:rsidRPr="00B260AD">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D04D694" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00BE41D9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Om flera vårdgivare/aktörer är involverade, överväg även samordnad individuell plan, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Riktlinje för Samordnad </w:t>
-[...6 lines deleted...]
-          <w:t>individuell plan för kommunerna i Västra Götaland och Västra Götalandsregionen</w:t>
+          <w:t>Riktlinje för Samordnad individuell plan för kommunerna i Västra Götaland och Västra Götalandsregionen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA8BE1C" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="007163EB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>För mer specifik information avseende remittering se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>RMR Övergång mellan barn- och ungdomspsykiatri och vuxenpsykiatri eller primärvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D9229EA" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="007163EB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>För generella remissregler se och </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Remiss inom hälso- och sjukvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B5EC581" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="007163EB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Ansvariga  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70AADE57" w14:textId="74F0E9C2" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00590E75">
       <w:r w:rsidRPr="00B260AD">
         <w:t>Ansvariga för att rutinen följs är Verksamhetschef, enhetschef och</w:t>
       </w:r>
       <w:r w:rsidR="00C8410E">
         <w:t xml:space="preserve"> verksamhetsöverläkare</w:t>
@@ -298,156 +346,156 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="662096DB" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00590E75">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Uppföljning och utvärdering </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C296B8D" w14:textId="67ADEDFF" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00590E75">
       <w:r w:rsidRPr="00B260AD">
         <w:t>Verksamheten ansvarar för att följa upp att rutinen följs. Avsteg från rutinen rapporteras i MedControl PRO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C0FE2E8" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00590E75">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B260AD">
         <w:t>Länkar </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58809A4C" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00B260AD">
-      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>RMR Ansvarsfördelning och konsultationer mellan primärvård och specialistpsykiatri (vuxna).</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58AC4267" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00B260AD">
-      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>RMR Övergång mellan barn- och ungdomspsykiatri och vuxenpsykiatri eller primärvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637C5FBA" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00B260AD">
-      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>RMR Ansvarsfördelning för medicinskt omhändertagande av vuxna med medfödd funktionsnedsättning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35715B81" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00B260AD">
-      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>RMR Remiss inom hälso- och sjukvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D04425" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00B260AD">
-      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B260AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Riktlinje för Samordnad individuell plan för kommunerna i Västra Götaland och Västra Götalandsregionen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B260AD">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D328F1" w14:textId="77777777" w:rsidR="00B260AD" w:rsidRPr="00B260AD" w:rsidRDefault="00B260AD" w:rsidP="00B260AD">
       <w:r w:rsidRPr="00B260AD">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BAB74D2" w14:textId="2C3A2737" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00747066"/>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00330F6A">
-      <w:headerReference w:type="default" r:id="rId23"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:headerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="even" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="first" r:id="rId27"/>
+      <w:footerReference w:type="first" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="007A7132" w14:textId="77777777" w:rsidR="00C25627" w:rsidRDefault="00C25627">
+    <w:p w14:paraId="6FC06FBC" w14:textId="77777777" w:rsidR="009C33E4" w:rsidRDefault="009C33E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0581C90E" w14:textId="77777777" w:rsidR="00C25627" w:rsidRDefault="00C25627">
+    <w:p w14:paraId="3681C501" w14:textId="77777777" w:rsidR="009C33E4" w:rsidRDefault="009C33E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3FC27435" w14:textId="77777777" w:rsidR="00C25627" w:rsidRDefault="00C25627">
+    <w:p w14:paraId="70AF7A3E" w14:textId="77777777" w:rsidR="009C33E4" w:rsidRDefault="009C33E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -781,61 +829,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AECD1C0" w14:textId="77777777" w:rsidR="00C25627" w:rsidRDefault="00C25627"/>
+    <w:p w14:paraId="7524DF0E" w14:textId="77777777" w:rsidR="009C33E4" w:rsidRDefault="009C33E4"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64C518CD" w14:textId="77777777" w:rsidR="00C25627" w:rsidRDefault="00C25627">
+    <w:p w14:paraId="3D9B9A30" w14:textId="77777777" w:rsidR="009C33E4" w:rsidRDefault="009C33E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7DD6B0CA" w14:textId="77777777" w:rsidR="00C25627" w:rsidRDefault="00C25627">
+    <w:p w14:paraId="124C6E0B" w14:textId="77777777" w:rsidR="009C33E4" w:rsidRDefault="009C33E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4654C730" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C7B729A" wp14:editId="66E8413B">
               <wp:simplePos x="0" y="0"/>
@@ -889,51 +937,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3C7B729A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="56510B1E" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -1015,51 +1063,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="771B529E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="5574663E" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
@@ -2487,50 +2535,163 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2605446F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8AF42BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32EE06A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C762986"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2635,51 +2796,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3468339E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F0581960"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2784,51 +2945,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2924,68 +3085,68 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
@@ -3038,51 +3199,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3151,51 +3312,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4124337F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F3E7D80"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3300,51 +3461,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3441,51 +3602,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4344499F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2A8C9F60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3590,51 +3751,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A3D4196"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CCC8B636"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3739,51 +3900,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3852,51 +4013,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3966,51 +4127,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4079,51 +4240,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5776204F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6AEE9A0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4228,51 +4389,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DE54BD7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="918C3D46"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4377,51 +4538,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4490,51 +4651,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7869398B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A0902F9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4639,51 +4800,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4752,51 +4913,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4865,51 +5026,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FC04341"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="98C4391C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5015,154 +5176,167 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="555165083">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="77752350">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="907374553">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1816144419">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1010715744">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="82379985">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="32001010">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="800811010">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1918400350">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1120104860">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="789979897">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1611665312">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1657802124">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1621447758">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="771632992">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1513834274">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="249698029">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1184130214">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1172646480">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="411779615">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1141575646">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1666012350">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="998577041">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="745811022">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1407192309">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="998577041">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="28" w16cid:durableId="1303584146">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="283728951">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1102804641">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2027824132">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1641424405">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1955553312">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -5174,50 +5348,51 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000A31F7"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F73BA"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001072B7"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013518E"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00146E60"/>
@@ -5229,50 +5404,51 @@
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="0026670F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
@@ -5284,50 +5460,51 @@
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0038601F"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D69C4"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E3CD7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00411436"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004641AE"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004746CA"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00494D07"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B674A"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
@@ -5459,161 +5636,168 @@
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="009110D2"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00917E12"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C33E4"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
+    <w:rsid w:val="009F7524"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A3359E"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB50CA"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B260AD"/>
     <w:rsid w:val="00B272E7"/>
+    <w:rsid w:val="00B327C7"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BB77AB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE1702"/>
     <w:rsid w:val="00BE41D9"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C001E5"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C1419F"/>
     <w:rsid w:val="00C25627"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C431B8"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C66897"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C8410E"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
     <w:rsid w:val="00C939DB"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D10263"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D248FD"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D46B89"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E476B9"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
@@ -6182,51 +6366,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -6619,50 +6802,51 @@
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
+    <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
@@ -8135,77 +8319,116 @@
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B260AD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="130365784">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="642344654">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1230919038">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1250430539">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1554393033">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -8986,51 +9209,51 @@
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="535777915">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-505/surrogate/%c3%96verg%c3%a5ng%20mellan%20barn-%20och%20ungdomspsykiatri%20och%20vuxenpsykiatri%20eller%20prim%c3%a4rv%c3%a5rd.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-280/surrogate/Ansvarsf%c3%b6rdelning%20och%20konsultationer%20mellan%20prim%c3%a4rv%c3%a5rd%20och%20specialistpsykiatri%20(vuxna).pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-81/surrogate/Remiss%20inom%20h%c3%a4lso-%20och%20sjukv%c3%a5rd.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-280/surrogate/Ansvarsf%c3%b6rdelning%20och%20konsultationer%20mellan%20prim%c3%a4rv%c3%a5rd%20och%20specialistpsykiatri%20(vuxna).pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-81/surrogate/Remiss%20inom%20h%c3%a4lso-%20och%20sjukv%c3%a5rd.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-505/surrogate/%c3%96verg%c3%a5ng%20mellan%20barn-%20och%20ungdomspsykiatri%20och%20vuxenpsykiatri%20eller%20prim%c3%a4rv%c3%a5rd.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-92/SURROGATE/Ansvarsf%c3%b6rdelning%20f%c3%b6r%20medicinskt%20omh%c3%a4ndertagande%20av%20vuxna%20med%20medf%c3%b6dd%20funktionsneds%c3%a4ttning.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-785/SURROGATE/Riktlinje%20f%c3%b6r%20SIP%20i%20V%c3%a4stra%20G%c3%b6taland%202020-2023-1.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-505/surrogate/%c3%96verg%c3%a5ng%20mellan%20barn-%20och%20ungdomspsykiatri%20och%20vuxenpsykiatri%20eller%20prim%c3%a4rv%c3%a5rd.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-92/SURROGATE/Ansvarsf%c3%b6rdelning%20f%c3%b6r%20medicinskt%20omh%c3%a4ndertagande%20av%20vuxna%20med%20medf%c3%b6dd%20funktionsneds%c3%a4ttning.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-785/SURROGATE/Riktlinje%20f%c3%b6r%20SIP%20i%20V%c3%a4stra%20G%c3%b6taland%202020-2023-1.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-505/surrogate/%c3%96verg%c3%a5ng%20mellan%20barn-%20och%20ungdomspsykiatri%20och%20vuxenpsykiatri%20eller%20prim%c3%a4rv%c3%a5rd.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-81/surrogate/Remiss%20inom%20h%c3%a4lso-%20och%20sjukv%c3%a5rd.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-92/SURROGATE/Ansvarsf%c3%b6rdelning%20f%c3%b6r%20medicinskt%20omh%c3%a4ndertagande%20av%20vuxna%20med%20medf%c3%b6dd%20funktionsneds%c3%a4ttning.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-280/surrogate/Ansvarsf%c3%b6rdelning%20och%20konsultationer%20mellan%20prim%c3%a4rv%c3%a5rd%20och%20specialistpsykiatri%20(vuxna).pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-505/surrogate/%c3%96verg%c3%a5ng%20mellan%20barn-%20och%20ungdomspsykiatri%20och%20vuxenpsykiatri%20eller%20prim%c3%a4rv%c3%a5rd.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-785/SURROGATE/Riktlinje%20f%c3%b6r%20SIP%20i%20V%c3%a4stra%20G%c3%b6taland%202020-2023-1.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-505/surrogate/%c3%96verg%c3%a5ng%20mellan%20barn-%20och%20ungdomspsykiatri%20och%20vuxenpsykiatri%20eller%20prim%c3%a4rv%c3%a5rd.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10094-2020762173-106/surrogate/ADO-ASSIP%20Patienter%20som%20hinner%20fylla%2018%20%c3%a5r%20innan%20behandling%20%c3%a4r%20avslutad.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6895-621728397-785/SURROGATE/Riktlinje%20f%c3%b6r%20SIP%20i%20V%c3%a4stra%20G%c3%b6taland%202020-2023-1.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-280/surrogate/Ansvarsf%c3%b6rdelning%20och%20konsultationer%20mellan%20prim%c3%a4rv%c3%a5rd%20och%20specialistpsykiatri%20(vuxna).pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-92/SURROGATE/Ansvarsf%c3%b6rdelning%20f%c3%b6r%20medicinskt%20omh%c3%a4ndertagande%20av%20vuxna%20med%20medf%c3%b6dd%20funktionsneds%c3%a4ttning.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-81/surrogate/Remiss%20inom%20h%c3%a4lso-%20och%20sjukv%c3%a5rd.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -9317,71 +9540,71 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5434</Characters>
+  <Pages>4</Pages>
+  <Words>1212</Words>
+  <Characters>6427</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6447</CharactersWithSpaces>
+  <CharactersWithSpaces>7624</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Patient som fyller eller har fyllt 18 år</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>