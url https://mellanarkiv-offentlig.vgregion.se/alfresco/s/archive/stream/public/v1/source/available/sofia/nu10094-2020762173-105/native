--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -69,1252 +69,1252 @@
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1840109379"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="5F45897D" w14:textId="75F0ED91" w:rsidR="006B5E60" w:rsidRDefault="006B5E60">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
           </w:pPr>
           <w:r>
             <w:t>Innehållsförteckning</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5509925C" w14:textId="2D9D415A" w:rsidR="00636A20" w:rsidRDefault="006B5E60">
+        <w:p w14:paraId="7A316B65" w14:textId="326DD488" w:rsidR="008A57DB" w:rsidRDefault="006B5E60">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc209707841" w:history="1">
-            <w:r w:rsidR="00636A20" w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192063" w:history="1">
+            <w:r w:rsidR="008A57DB" w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bakgrund</w:t>
             </w:r>
-            <w:r w:rsidR="00636A20">
+            <w:r w:rsidR="008A57DB">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00636A20">
+            <w:r w:rsidR="008A57DB">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00636A20">
-[...12 lines deleted...]
-            <w:r w:rsidR="00636A20">
+            <w:r w:rsidR="008A57DB">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192063 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008A57DB">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="008A57DB">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00636A20">
+            <w:r w:rsidR="008A57DB">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00636A20">
+            <w:r w:rsidR="008A57DB">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B40A7CA" w14:textId="12CF55D9" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="54F1FE85" w14:textId="407273C0" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707842" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192064" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Syfte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707842 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192064 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A71DE74" w14:textId="12398CE3" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="62BE25D5" w14:textId="5FF9787F" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707843" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192065" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Inklusionskriterier ADO-ASSIP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707843 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192065 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6D6FDB89" w14:textId="5F6B52F8" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="33BE3D56" w14:textId="4A5F56AD" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707844" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192066" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Exklusionkriterier ADO-ASSIP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707844 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192066 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7745F6F9" w14:textId="0FABCFDF" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="2443E7BB" w14:textId="5FC76E88" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707845" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192067" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Arbetsbeskrivning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707845 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192067 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5220B75A" w14:textId="65BAF89B" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="5C1DC274" w14:textId="2C22EEA6" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707846" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192068" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vårdplanering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707846 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192068 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4C26CC24" w14:textId="0C077DA6" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="7CB9CDF4" w14:textId="0E42849E" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707847" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192069" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>ADO-ASSIP-behandlaren kontaktar patienten och/eller vårdnadshavare</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707847 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192069 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="07724FC2" w14:textId="648F5577" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="7F1F0678" w14:textId="4BEAD438" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707848" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192070" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Information till patient och vårdnadshavare</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707848 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192070 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="476A6E50" w14:textId="2680E5CA" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="64481B1C" w14:textId="00556B16" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707849" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192071" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vårdförlopp ADO-ASSIP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707849 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192071 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5916CCAD" w14:textId="20391566" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="3D44E234" w14:textId="0CB137EB" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707850" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192072" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dokumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707850 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192072 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5AB6EBFA" w14:textId="6792F986" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="16A6C759" w14:textId="12888F4C" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219192073" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Patienten fyller 18 år</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192073 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="173A6EBC" w14:textId="2A662128" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219192074" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Ansvariga</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192074 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="37B6EE20" w14:textId="45C9A169" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707851" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192075" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic"/>
-[...2 lines deleted...]
-              <w:t>Patienten fyller 18 år</w:t>
+                <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Uppföljning och utvärdering</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707851 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192075 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3687BB93" w14:textId="50D4DC90" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="7FDA1491" w14:textId="48940571" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707852" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192076" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
-                <w:rFonts w:eastAsia="MS Gothic" w:cs="Segoe UI"/>
-[...2 lines deleted...]
-              <w:t>Ansvariga</w:t>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Relaterade dokument</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707852 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192076 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1033C382" w14:textId="6690FD96" w:rsidR="00636A20" w:rsidRDefault="00636A20">
-[...71 lines deleted...]
-        <w:p w14:paraId="2CE0022F" w14:textId="5A2D720B" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="6C5401CC" w14:textId="2EBFF17D" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707854" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192077" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Relaterade dokument</w:t>
+              <w:t>Bilaga 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707854 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192077 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="28C08224" w14:textId="6B2064F9" w:rsidR="00636A20" w:rsidRDefault="00636A20">
+        <w:p w14:paraId="6DD5EA84" w14:textId="053559EA" w:rsidR="008A57DB" w:rsidRDefault="008A57DB">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc209707855" w:history="1">
-            <w:r w:rsidRPr="003F5082">
+          <w:hyperlink w:anchor="_Toc219192078" w:history="1">
+            <w:r w:rsidRPr="00A47BB4">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Bilaga 1</w:t>
+              <w:t>Bilaga 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc209707855 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219192078 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7C4D7A56" w14:textId="6FD7FAFB" w:rsidR="00636A20" w:rsidRDefault="00636A20">
-[...71 lines deleted...]
-        <w:p w14:paraId="09B8621F" w14:textId="435B3E96" w:rsidR="006B5E60" w:rsidRDefault="006B5E60">
+        <w:p w14:paraId="09B8621F" w14:textId="4292AA16" w:rsidR="006B5E60" w:rsidRDefault="006B5E60">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4D594DF9" w14:textId="0D2C203E" w:rsidR="00EA00CB" w:rsidRPr="006919B0" w:rsidRDefault="00EA00CB" w:rsidP="006919B0">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3452FC9F" w14:textId="77777777" w:rsidR="00567820" w:rsidRDefault="00567820" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00567820" w:rsidSect="00CA39EF">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F6BEDF8" w14:textId="438CFC4C" w:rsidR="00125A21" w:rsidRPr="00C12693" w:rsidRDefault="003D6601" w:rsidP="00C12693">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc83200214"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc209707841"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc219192063"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="014BD249" w14:textId="2AC2BD25" w:rsidR="002B0568" w:rsidRPr="00134958" w:rsidRDefault="00343E8B" w:rsidP="00741302">
       <w:r>
         <w:t xml:space="preserve">Adoloscent </w:t>
       </w:r>
       <w:r w:rsidR="00EE55BD">
         <w:t>Attempted Suicide Short Intervention Program</w:t>
       </w:r>
       <w:r w:rsidR="00BE590C">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00741302" w:rsidRPr="00741302">
         <w:t>ADO</w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>-ASSIP</w:t>
       </w:r>
       <w:r w:rsidR="00BE590C">
         <w:t>)</w:t>
@@ -1328,212 +1328,241 @@
           <w:iCs/>
         </w:rPr>
         <w:t>aktiv del</w:t>
       </w:r>
       <w:r w:rsidR="00741302" w:rsidRPr="00741302">
         <w:t xml:space="preserve"> som innebär 3–5 besök och en efterföljande </w:t>
       </w:r>
       <w:r w:rsidR="00741302" w:rsidRPr="00741302">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>passiv del</w:t>
       </w:r>
       <w:r w:rsidR="00741302" w:rsidRPr="00741302">
         <w:t xml:space="preserve"> som innebär uppföljning via brev under 2 år. Behandlingen skall ges utöver ordinarie behandling.  </w:t>
       </w:r>
       <w:r w:rsidR="002B0568">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06520440" w14:textId="77777777" w:rsidR="003C397F" w:rsidRDefault="00741302" w:rsidP="003C397F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc209707842"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219192064"/>
       <w:r>
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="182D1DCE" w14:textId="4787B2F4" w:rsidR="00BA2156" w:rsidRPr="003C397F" w:rsidRDefault="00BA2156" w:rsidP="003C397F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA2156">
         <w:t xml:space="preserve">Denna rutin upprättas med syfte att tydliggöra vårdprocess, dokumentation och ansvarsområden vid </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA2156">
         <w:t xml:space="preserve"> behandling. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14DD1EA4" w14:textId="05011629" w:rsidR="006919B0" w:rsidRDefault="00BA2156" w:rsidP="001C4C1F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc209707843"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc219192065"/>
       <w:r>
         <w:t>Inklusionskriterier ADO</w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>-ASSIP</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="4D5F8D06" w14:textId="77777777" w:rsidR="00125A21" w:rsidRPr="00125A21" w:rsidRDefault="00125A21" w:rsidP="003C397F">
       <w:r w:rsidRPr="00125A21">
         <w:t>Följande kriterier behöver uppfyllas för att kunna erbjuda behandlingen:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B203E2" w14:textId="77777777" w:rsidR="00125A21" w:rsidRDefault="00125A21" w:rsidP="003C397F">
+    <w:p w14:paraId="65B203E2" w14:textId="166E0F86" w:rsidR="00125A21" w:rsidRDefault="00125A21" w:rsidP="003C397F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00125A21">
-        <w:t>Patienten har befunnit sig i en suicidal kris (suicidtankar som har övergått i konkreta förberedelser eller genomförda suicidförsök) under de senaste 3 månaderna </w:t>
+        <w:t>Patienten har befunnit sig i en suicidal kris (suicidtankar som har övergått i konkreta förberedelser eller genomförda suicidförsök) under de senaste 3 månaderna</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94E28">
+        <w:t>. Kan vara både nya patienter och pågående patienter inom öppenvården.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="542A44C3" w14:textId="44B0994D" w:rsidR="009F6484" w:rsidRPr="009F6484" w:rsidRDefault="009F6484" w:rsidP="00FA2D28">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="009F6484">
         <w:t>Mellan 12–17,5 års ålder. Individuell mognadsbedömning gällande kognitiv och emotionell förmåga bör alltid göras. ADO</w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="009F6484">
         <w:t xml:space="preserve"> kan även erbjudas barn under 12 år om så bedöms lämpligt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749CC9F9" w14:textId="77777777" w:rsidR="009F6484" w:rsidRPr="009F6484" w:rsidRDefault="009F6484" w:rsidP="009F6484">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="009F6484">
         <w:t>Vid drag av emotionell instabil personlighetsstörning ska individuell bedömning alltid genomföras. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DFD4D31" w14:textId="77777777" w:rsidR="009F6484" w:rsidRPr="009F6484" w:rsidRDefault="009F6484" w:rsidP="009F6484">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="009F6484">
         <w:t>Samtycke till inspelning </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68887125" w14:textId="6B1F5AEC" w:rsidR="009F6484" w:rsidRDefault="00103176" w:rsidP="00103176">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc209707844"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc219192066"/>
       <w:r>
         <w:t>Exklu</w:t>
       </w:r>
       <w:r w:rsidR="00707C24">
         <w:t>sionkriterier ADO</w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>-ASSIP</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="2A80AC0D" w14:textId="77777777" w:rsidR="00BF7D2B" w:rsidRPr="00BF7D2B" w:rsidRDefault="00BF7D2B" w:rsidP="00363C4B">
       <w:r w:rsidRPr="00BF7D2B">
         <w:t>Följande kriterier utesluter en behandling: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2555487D" w14:textId="77777777" w:rsidR="00BF7D2B" w:rsidRPr="00BF7D2B" w:rsidRDefault="00BF7D2B" w:rsidP="00BF7D2B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF7D2B">
         <w:t>Diagnosticerad emotionell instabil personlighetsstörning </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53CAAE1D" w14:textId="77777777" w:rsidR="00BF7D2B" w:rsidRPr="00BF7D2B" w:rsidRDefault="00BF7D2B" w:rsidP="00BF7D2B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF7D2B">
         <w:t>Psykos eller svårt dissociativt tillstånd </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21866C0C" w14:textId="77777777" w:rsidR="00BF7D2B" w:rsidRPr="00BF7D2B" w:rsidRDefault="00BF7D2B" w:rsidP="00BF7D2B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF7D2B">
+        <w:lastRenderedPageBreak/>
         <w:t>Svårare grad av autism </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B723BC5" w14:textId="7A1330F5" w:rsidR="002B0568" w:rsidRDefault="00BF7D2B" w:rsidP="00BF7D2B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF7D2B">
-        <w:lastRenderedPageBreak/>
         <w:t>Språksvårigheter </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F509F47" w14:textId="6A14E285" w:rsidR="00BF7D2B" w:rsidRDefault="00BF7D2B" w:rsidP="00C12693">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc209707845"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc219192067"/>
       <w:r w:rsidRPr="00C12693">
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="520B32DC" w14:textId="77777777" w:rsidR="002D5209" w:rsidRPr="002D5209" w:rsidRDefault="002D5209" w:rsidP="00393201">
+    <w:p w14:paraId="520B32DC" w14:textId="77777777" w:rsidR="002D5209" w:rsidRPr="00B4640C" w:rsidRDefault="002D5209" w:rsidP="00393201">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc209707846"/>
-      <w:r w:rsidRPr="00F7085F">
+      <w:bookmarkStart w:id="7" w:name="_Toc219192068"/>
+      <w:r w:rsidRPr="00B4640C">
         <w:t>Vårdplanering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="002D5209">
+      <w:r w:rsidRPr="00B4640C">
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12AB0295" w14:textId="0349AC43" w:rsidR="002D5209" w:rsidRPr="002D5209" w:rsidRDefault="002D5209" w:rsidP="00F7085F">
+    <w:p w14:paraId="26CAFFD3" w14:textId="3E618D40" w:rsidR="00B4640C" w:rsidRPr="00B4640C" w:rsidRDefault="00B4640C" w:rsidP="00B4640C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4640C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Patienten lyfts inledningsvis på BUP AKM:s BK där man beslutar om A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4640C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4640C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-ASSIP. Patienten fördelas sedan till det subakuta teamet som tar kontakt inom 24 timmar för bokning av informationsmöte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12AB0295" w14:textId="181633B9" w:rsidR="002D5209" w:rsidRPr="002D5209" w:rsidRDefault="002D5209" w:rsidP="00F7085F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="002D5209">
         <w:t>Patienter inom BUP som bedöms vara i suicidal kris informeras om ADO</w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5209">
         <w:t xml:space="preserve"> och tar ställning till intresse av att delta. Är patienten intresserad görs en preliminär vårdplanering tillsammans med patienten och vårdnadshavare. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="458ECDBE" w14:textId="21AE5C22" w:rsidR="002D5209" w:rsidRPr="002D5209" w:rsidRDefault="002D5209" w:rsidP="00F7085F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="002D5209">
         <w:t xml:space="preserve">Beslut för </w:t>
       </w:r>
       <w:r w:rsidRPr="00F7085F">
         <w:t>ADO</w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>-ASSIP</w:t>
@@ -1556,363 +1585,385 @@
     <w:p w14:paraId="1277D408" w14:textId="37F30D0C" w:rsidR="002D5209" w:rsidRPr="002D5209" w:rsidRDefault="002D5209" w:rsidP="00465996">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="002D5209">
         <w:t xml:space="preserve">Vårdplanering enligt </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="002D5209">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>rutin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002D5209">
         <w:t xml:space="preserve"> bör ske parallellt med beslut kring </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="002D5209">
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A0E00DD" w14:textId="77777777" w:rsidR="002D5209" w:rsidRPr="002D5209" w:rsidRDefault="002D5209" w:rsidP="00FA2D28">
+    <w:p w14:paraId="1A0E00DD" w14:textId="10625DAE" w:rsidR="002D5209" w:rsidRPr="002D5209" w:rsidRDefault="002D5209" w:rsidP="00FA2D28">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5209">
-        <w:t>Det är viktigt att det sker en samordnad vårdplanering om det finns en aktuell behandlingskontakt i öppenvården.  </w:t>
+        <w:t>Det är viktigt att det sker en samordnad vårdplanering om det finns en aktuell behandlingskontakt i öppenvården. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1FFF">
+        <w:t xml:space="preserve">Detta görs genom att patienten rapporteras i uppdragslistan till sekreterare hos respektive öppenvårdsmottagning. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5209">
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C472FB4" w14:textId="2D92D809" w:rsidR="00F7085F" w:rsidRPr="00F7085F" w:rsidRDefault="002A25D6" w:rsidP="00393201">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc209707847"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc219192069"/>
       <w:r>
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidR="00F7085F" w:rsidRPr="00F7085F">
         <w:t>-behandlaren kontaktar patienten och/eller vårdnadshavare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00F7085F" w:rsidRPr="00F7085F">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21FDCBEF" w14:textId="185BE590" w:rsidR="00F7085F" w:rsidRPr="00F7085F" w:rsidRDefault="00F7085F" w:rsidP="00F7085F">
+    <w:p w14:paraId="21FDCBEF" w14:textId="185BE590" w:rsidR="00F7085F" w:rsidRDefault="00F7085F" w:rsidP="00F7085F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F7085F">
         <w:t xml:space="preserve">Vid beslut om att inleda </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7085F">
         <w:t xml:space="preserve">-behandling kontaktar </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7085F">
         <w:t xml:space="preserve">-behandlaren patienten och/eller vårdnadshavare och genomför </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7085F">
         <w:t xml:space="preserve"> enligt planering, samtidigt som ordinarie behandling och vårdplanering fortgår. I vissa fall kan det vara av värde att pausa ordinarie behandling under tiden aktiv </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7085F">
         <w:t xml:space="preserve"> pågår, detta avgörs i samråd mellan patienten, </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7085F">
         <w:t>-behandlaren och ordinarie behandlare. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="219E3313" w14:textId="3C2E700D" w:rsidR="008F146F" w:rsidRPr="00A252DE" w:rsidRDefault="008F146F" w:rsidP="008F146F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A252DE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>När patientens långsiktiga behov har klarnat (c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A252DE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>irka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A252DE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> session </w:t>
+      </w:r>
+      <w:r w:rsidR="00A252DE" w:rsidRPr="00A252DE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3–4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A252DE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>), lyfts patienten med teamledare på respektive öppenvårdsmottagning för att stämma av riktningen på behandlingen samt för att öppenvården ska kunna utse en långsiktig behandlare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7935D7A1" w14:textId="5785D874" w:rsidR="008F146F" w:rsidRPr="00A252DE" w:rsidRDefault="008F146F" w:rsidP="008F146F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A252DE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Teamledare meddelar det subakuta teamet vilken långtidsbehandlare som är utsedd. Subakuta teamet ansvarar för att boka sista sessionen med långtidsbehandlare som sekundärbokning på mottagande enhet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A252DE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="20854480" w14:textId="60D9699F" w:rsidR="00F7085F" w:rsidRPr="00F7085F" w:rsidRDefault="00F7085F" w:rsidP="00F7085F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F7085F">
         <w:t xml:space="preserve">Vid avslutad aktiv behandling gör </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7085F">
         <w:t>-behandlaren en preliminär vårdplanering med patienten och vårdnadshavare, patienten lyfts för beslut om vårdplanering på behandlingskonferens på BUP AKM. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33A1B094" w14:textId="77777777" w:rsidR="00F7085F" w:rsidRPr="00F7085F" w:rsidRDefault="00F7085F" w:rsidP="00F7085F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F7085F">
         <w:t>Under passiv del sköts brevhantering av administratör. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8AB1FE" w14:textId="77777777" w:rsidR="004E4EE0" w:rsidRPr="004E4EE0" w:rsidRDefault="004E4EE0" w:rsidP="00393201">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc209707848"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc219192070"/>
       <w:r w:rsidRPr="004E4EE0">
         <w:t>Information till patient och vårdnadshavare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="004E4EE0">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65DB419A" w14:textId="501A9010" w:rsidR="004E4EE0" w:rsidRPr="004E4EE0" w:rsidRDefault="002A25D6" w:rsidP="004E4EE0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidR="004E4EE0" w:rsidRPr="004E4EE0">
         <w:t xml:space="preserve"> är en tilläggsbehandling och ordinarie vård behöver pågå och vara patientens primära vårdinsats. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2770931A" w14:textId="22ED1A16" w:rsidR="004E4EE0" w:rsidRPr="004E4EE0" w:rsidRDefault="004E4EE0" w:rsidP="004E4EE0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="004E4EE0">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid eventuell ny suicidal kris under de två åren för passiv </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="004E4EE0">
         <w:t>-behandling kan patienten kontakta aktuell mottagning i öppenvården. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C82457" w14:textId="2F7CCABF" w:rsidR="004E4EE0" w:rsidRPr="004E4EE0" w:rsidRDefault="002A25D6" w:rsidP="004E4EE0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidR="004E4EE0" w:rsidRPr="004E4EE0">
         <w:t xml:space="preserve"> behandlaren har här möjlighet att ta kontakt med patienten inom 2 veckor och erbjuda booster-session för att återaktivera säkerhetsplan och förstå bakgrunden till suicidal kris som en parallell insats till patientens ordinarie vård inom barn- och ungdomspsykiatrin. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D26D38E" w14:textId="41CE8B04" w:rsidR="004E4EE0" w:rsidRPr="004E4EE0" w:rsidRDefault="004E4EE0" w:rsidP="004E4EE0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="004E4EE0">
         <w:t xml:space="preserve">Vid genomförd booster-session ansvarar </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="004E4EE0">
         <w:t xml:space="preserve"> terapeuten för att överrapportera till ordinarie vårdenhet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="458EC008" w14:textId="6BE81856" w:rsidR="004E4EE0" w:rsidRPr="004E4EE0" w:rsidRDefault="004E4EE0" w:rsidP="004E4EE0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="004E4EE0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Observera!</w:t>
       </w:r>
       <w:r w:rsidRPr="004E4EE0">
         <w:t xml:space="preserve"> Patienten och vårdnadshavare ska informeras om att de alltid ska ta kontakt med BUP AKM vid en ny suicidal kris för bedömning av vidare insatser inom BUP eller kontakta 112 vid omedelbar hjälp.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00558A1E" w14:textId="4D271E47" w:rsidR="000F63E2" w:rsidRPr="000F63E2" w:rsidRDefault="000F63E2" w:rsidP="009C76C2">
+    <w:p w14:paraId="5B5702B6" w14:textId="09D367D7" w:rsidR="00237D85" w:rsidRDefault="000F63E2" w:rsidP="00237D85">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc209707849"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc219192071"/>
       <w:r w:rsidRPr="000F63E2">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vårdförlopp </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="000F63E2">
-[...39 lines deleted...]
-    <w:p w14:paraId="5657BDD2" w14:textId="77777777" w:rsidR="000F63E2" w:rsidRPr="000F63E2" w:rsidRDefault="000F63E2" w:rsidP="00B72BA5">
+    </w:p>
+    <w:p w14:paraId="5657BDD2" w14:textId="3E04DB1F" w:rsidR="000F63E2" w:rsidRPr="000F63E2" w:rsidRDefault="000F63E2" w:rsidP="00B72BA5">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="000F63E2">
         <w:t>Aktiv del av behandling </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F1A0098" w14:textId="77777777" w:rsidR="000F63E2" w:rsidRPr="000F63E2" w:rsidRDefault="000F63E2" w:rsidP="001B48BB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F63E2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Session 1–3</w:t>
       </w:r>
       <w:r w:rsidRPr="000F63E2">
         <w:t>: Arbete enbart mellan behandlare och patient. Fokus på narrativ och att identifiera antisuicidala långtidsmål och säkerhetsplaneringen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2395C939" w14:textId="77777777" w:rsidR="000F63E2" w:rsidRPr="000F63E2" w:rsidRDefault="000F63E2" w:rsidP="001B48BB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F63E2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Session 4</w:t>
       </w:r>
       <w:r w:rsidRPr="000F63E2">
         <w:t>: Samtal med vårdnadshavare inför gemensamt besök. Antisuicidala långtidsmål, säkerhetsplaneringen och det av narrativet som patienten samtycker till delas med vårdnadshavare. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D9A9EC" w14:textId="4498B472" w:rsidR="000F63E2" w:rsidRPr="000F63E2" w:rsidRDefault="000F63E2" w:rsidP="001B48BB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F63E2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Session 5</w:t>
       </w:r>
       <w:r w:rsidRPr="000F63E2">
-        <w:t xml:space="preserve">: Gemensamt möte med behandlare, patient, vårdnadshavare och ev. ordinarie behandlare. Syfte att dela </w:t>
-[...3 lines deleted...]
-        <w:t>antisuicidala långtidsmål, säkerhetsplanering och den del av narrativ som patienten samtyckt till.  </w:t>
+        <w:t>: Gemensamt möte med behandlare, patient, vårdnadshavare och ev. ordinarie behandlare. Syfte att dela antisuicidala långtidsmål, säkerhetsplanering och den del av narrativ som patienten samtyckt till.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73D508B1" w14:textId="77777777" w:rsidR="001B48BB" w:rsidRPr="001B48BB" w:rsidRDefault="001B48BB" w:rsidP="001B48BB">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="001B48BB">
         <w:t>Passiv del av behandling </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EBB7698" w14:textId="77777777" w:rsidR="001B48BB" w:rsidRPr="001B48BB" w:rsidRDefault="001B48BB" w:rsidP="001B48BB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="001B48BB">
         <w:t>6 brev skickas till patienten under 2 års tid. 4 brev skickas var 3:e månad under det första året och 2 brev skickas var 6:e månad under det andra året. Därefter avslutas behandlingen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA50CDA" w14:textId="4388D37E" w:rsidR="005F22DE" w:rsidRPr="005E0D06" w:rsidRDefault="005F22DE" w:rsidP="005E0D06">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>Behandlare bevakar administratör som lägger upp planeringsunderlag, se bilaga 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CFB25F9" w14:textId="77777777" w:rsidR="005F22DE" w:rsidRPr="005F22DE" w:rsidRDefault="005F22DE" w:rsidP="00B72BA5">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc209707850"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc219192072"/>
       <w:r w:rsidRPr="005F22DE">
         <w:t>Dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="005F22DE">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19EC8498" w14:textId="77777777" w:rsidR="005F22DE" w:rsidRPr="005F22DE" w:rsidRDefault="005F22DE" w:rsidP="005F22DE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005F22DE">
         <w:t xml:space="preserve">Uppstart och avslut av aktiv del i behandling dokumenteras enligt </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="005F22DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>rutin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005F22DE">
         <w:t xml:space="preserve"> i patientens vårdplan.  </w:t>
@@ -1952,70 +2003,67 @@
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005F22DE">
         <w:t xml:space="preserve">Information om när samtliga brev kommer att skickas (månad och år) samt när </w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:t>ADO-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="005F22DE">
         <w:t xml:space="preserve"> planeras avslutas skrivs in i vårdplan. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5970B6A5" w14:textId="77777777" w:rsidR="005F22DE" w:rsidRPr="005F22DE" w:rsidRDefault="005F22DE" w:rsidP="005F22DE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005F22DE">
         <w:t>De antisuicidala långtidsmål samt säkerhetsplanering som skapas under behandlingen skrivs in i Korr/Intyg i patientens journal.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541BC2F0" w14:textId="77777777" w:rsidR="005F22DE" w:rsidRPr="005F22DE" w:rsidRDefault="005F22DE" w:rsidP="005F22DE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005F22DE">
+        <w:lastRenderedPageBreak/>
         <w:t>Hänvisning till detta skrivs in i vårdplan med datum då säkerhetsplanen upprättades och i den mån det är aktuellt uppdaterades. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481259B6" w14:textId="77777777" w:rsidR="005F22DE" w:rsidRPr="005F22DE" w:rsidRDefault="005F22DE" w:rsidP="00FA2D28">
+    <w:p w14:paraId="481259B6" w14:textId="77777777" w:rsidR="005F22DE" w:rsidRPr="005F22DE" w:rsidRDefault="005F22DE" w:rsidP="00876F23">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005F22DE">
         <w:t>De brev som skickas ut är standardiserade och denna process sköts av administratör på mottagningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331CC33E" w14:textId="77777777" w:rsidR="00C66CFB" w:rsidRPr="00C66CFB" w:rsidRDefault="00C66CFB" w:rsidP="00B72BA5">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc209707851"/>
+    <w:p w14:paraId="331CC33E" w14:textId="77777777" w:rsidR="00C66CFB" w:rsidRPr="00C66CFB" w:rsidRDefault="00C66CFB" w:rsidP="0028429C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc219192073"/>
       <w:r w:rsidRPr="00C66CFB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Patienten fyller 18 år</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00C66CFB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C66CFB">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717AF092" w14:textId="160CE21D" w:rsidR="00C66CFB" w:rsidRPr="00C66CFB" w:rsidRDefault="00C66CFB" w:rsidP="00C66CFB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00C66CFB">
@@ -2042,145 +2090,144 @@
         </w:rPr>
         <w:t>-ASSIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00C66CFB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> behandlingen är avslutad.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C66CFB">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B245DE1" w14:textId="77777777" w:rsidR="00C70699" w:rsidRDefault="00C70699" w:rsidP="00B72BA5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc209707852"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc219192074"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Ansvariga</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D324E6F" w14:textId="77777777" w:rsidR="00C70699" w:rsidRDefault="00C70699" w:rsidP="00AD1C1C">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B72BA5">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Ansvariga för att rutinen följs är verksamhetschef, vårdenhetschef och vårdenhetsöverläkare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B06D145" w14:textId="77777777" w:rsidR="00AD1C1C" w:rsidRDefault="00AD1C1C" w:rsidP="00635EFA">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc209707853"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc219192075"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Uppföljning och utvärdering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F970A1F" w14:textId="77777777" w:rsidR="00AD1C1C" w:rsidRDefault="00AD1C1C" w:rsidP="00AD1C1C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>Verksamheten ansvarar för att följa upp att rutinen följs. Avsteg från rutinen rapporteras i MedControl PRO.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="787F9E4E" w14:textId="77777777" w:rsidR="00161FD5" w:rsidRPr="00635EFA" w:rsidRDefault="00161FD5" w:rsidP="00635EFA">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc209707854"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc219192076"/>
       <w:r w:rsidRPr="00635EFA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Relaterade dokument</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00635EFA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E903CE" w14:textId="0F4A0FD9" w:rsidR="00161FD5" w:rsidRDefault="00161FD5" w:rsidP="00161FD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -2239,124 +2286,134 @@
         </w:rPr>
         <w:t xml:space="preserve"> brev till patient som fyller 18 år</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005C1FBA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>(finns i Melior</w:t>
       </w:r>
       <w:r w:rsidR="00E02F6D">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B0986E" w14:textId="23BE7F9E" w:rsidR="00161FD5" w:rsidRDefault="00161FD5" w:rsidP="00161FD5">
+    <w:p w14:paraId="56B0986E" w14:textId="49A89E78" w:rsidR="00161FD5" w:rsidRDefault="00161FD5" w:rsidP="00161FD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>ADO</w:t>
       </w:r>
       <w:r w:rsidR="002A25D6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>-ASSIP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> brev till </w:t>
       </w:r>
+      <w:r w:rsidR="00481B77">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>vuxenvården</w:t>
+      </w:r>
       <w:r w:rsidR="00E02F6D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
-        <w:t>utremitterande (finns i Melior)</w:t>
+        <w:t xml:space="preserve"> (finns i Melior)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5D67D4" w14:textId="3B53CF01" w:rsidR="00C2070E" w:rsidRDefault="00C2070E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5296276F" w14:textId="77777777" w:rsidR="00C2070E" w:rsidRPr="00C2070E" w:rsidRDefault="00C2070E" w:rsidP="00635EFA">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc209707855"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc219192077"/>
       <w:r w:rsidRPr="00C2070E">
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 1</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00C2070E">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6573BE17" w14:textId="77777777" w:rsidR="00C2070E" w:rsidRPr="00C2070E" w:rsidRDefault="00C2070E" w:rsidP="00635EFA">
       <w:r w:rsidRPr="00C2070E">
         <w:t>Exempel på planeringsunderlag i Elvis för när standardiserade brev ska skickas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2450605C" w14:textId="7A2DF189" w:rsidR="00C2070E" w:rsidRPr="00C2070E" w:rsidRDefault="00097ACE" w:rsidP="00C2070E">
       <w:r w:rsidRPr="00097ACE">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F9810C6" wp14:editId="4FAAD099">
             <wp:extent cx="5669915" cy="1903730"/>
             <wp:effectExtent l="0" t="0" r="6985" b="1270"/>
             <wp:docPr id="375328158" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="375328158" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="1903730"/>
@@ -2364,51 +2421,51 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A31FC69" w14:textId="3AAD0E0E" w:rsidR="00635EFA" w:rsidRDefault="00635EFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C00F49F" w14:textId="77777777" w:rsidR="00635EFA" w:rsidRDefault="00635EFA" w:rsidP="00635EFA"/>
     <w:p w14:paraId="5ED7588A" w14:textId="14FB5D2B" w:rsidR="00635EFA" w:rsidRPr="00635EFA" w:rsidRDefault="00635EFA" w:rsidP="00635EFA">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc209707856"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc219192078"/>
       <w:r w:rsidRPr="00635EFA">
         <w:t>Bilaga 2</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00635EFA">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066C7CFB" w14:textId="77777777" w:rsidR="00635EFA" w:rsidRPr="00635EFA" w:rsidRDefault="00635EFA" w:rsidP="00635EFA">
       <w:r w:rsidRPr="00635EFA">
         <w:t>Exempel på standardiserad text för en kort vårdplan avseende uppföljning via brev. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B034A4E" w14:textId="77777777" w:rsidR="00635EFA" w:rsidRPr="00D51EBC" w:rsidRDefault="00635EFA" w:rsidP="00D51EBC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00D51EBC">
         <w:t>Problemformulering </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="184650C1" w14:textId="06BC1173" w:rsidR="00635EFA" w:rsidRPr="00635EFA" w:rsidRDefault="00635EFA" w:rsidP="00D51EBC">
       <w:r w:rsidRPr="00635EFA">
         <w:t xml:space="preserve">Patienten är avslutad inom barn- och ungdomspsykiatrin och har bland annat genomgått </w:t>
       </w:r>
@@ -2528,65 +2585,65 @@
       <w:r w:rsidRPr="00635EFA">
         <w:t>Utvärdering av vårdplan </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C4D5AE5" w14:textId="77777777" w:rsidR="00635EFA" w:rsidRPr="00635EFA" w:rsidRDefault="00635EFA" w:rsidP="00D51EBC">
       <w:r w:rsidRPr="00635EFA">
         <w:t>Ange datumet för sista brevutskick  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="354693D2" w14:textId="77777777" w:rsidR="00BF7D2B" w:rsidRPr="00BF7D2B" w:rsidRDefault="00BF7D2B" w:rsidP="00BF7D2B"/>
     <w:sectPr w:rsidR="00BF7D2B" w:rsidRPr="00BF7D2B" w:rsidSect="002D6023">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="110A1292" w14:textId="77777777" w:rsidR="00770590" w:rsidRDefault="00770590">
+    <w:p w14:paraId="6DF97880" w14:textId="77777777" w:rsidR="00B93DD3" w:rsidRDefault="00B93DD3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="561CC829" w14:textId="77777777" w:rsidR="00770590" w:rsidRDefault="00770590">
+    <w:p w14:paraId="49662D1C" w14:textId="77777777" w:rsidR="00B93DD3" w:rsidRDefault="00B93DD3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="577746CB" w14:textId="77777777" w:rsidR="00770590" w:rsidRDefault="00770590">
+    <w:p w14:paraId="19652DB1" w14:textId="77777777" w:rsidR="00B93DD3" w:rsidRDefault="00B93DD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2919,61 +2976,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11600676" w14:textId="77777777" w:rsidR="00770590" w:rsidRDefault="00770590"/>
+    <w:p w14:paraId="14BF72B1" w14:textId="77777777" w:rsidR="00B93DD3" w:rsidRDefault="00B93DD3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C459D55" w14:textId="77777777" w:rsidR="00770590" w:rsidRDefault="00770590">
+    <w:p w14:paraId="7E266F40" w14:textId="77777777" w:rsidR="00B93DD3" w:rsidRDefault="00B93DD3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="60BDFD4D" w14:textId="77777777" w:rsidR="00770590" w:rsidRDefault="00770590">
+    <w:p w14:paraId="0805CB1A" w14:textId="77777777" w:rsidR="00B93DD3" w:rsidRDefault="00B93DD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -3542,54 +3599,55 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1923490865">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2088917198">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1017735673">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -3662,185 +3720,192 @@
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00154BF9"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FD5"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00193D6B"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B48BB"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4C1F"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D51B8"/>
     <w:rsid w:val="001E5552"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00237D85"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="0026140A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="002679E3"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="0028429C"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A25D6"/>
     <w:rsid w:val="002B0568"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D5209"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F39DC"/>
     <w:rsid w:val="002F3CA3"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003064C1"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00311544"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00343E8B"/>
+    <w:rsid w:val="00345AEE"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363C4B"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00393201"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003B2355"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C397F"/>
     <w:rsid w:val="003D099E"/>
+    <w:rsid w:val="003D1FFF"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6601"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F18F9"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00417945"/>
     <w:rsid w:val="00420045"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="0046320B"/>
     <w:rsid w:val="00463CFE"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00465996"/>
     <w:rsid w:val="0047039F"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00481B77"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A22CA"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B5391"/>
     <w:rsid w:val="004C1B36"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E4EE0"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="005116E3"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057536E"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B394A"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C1FBA"/>
     <w:rsid w:val="005C2D6A"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E0D06"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E4EB1"/>
     <w:rsid w:val="005F22DE"/>
+    <w:rsid w:val="006039D4"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="006116C6"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00635EFA"/>
     <w:rsid w:val="00636A20"/>
     <w:rsid w:val="0065270C"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00682812"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006919B0"/>
     <w:rsid w:val="00691E6D"/>
     <w:rsid w:val="006945AE"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
@@ -3852,268 +3917,282 @@
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D54BF"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00707C24"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="007332BB"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00741302"/>
     <w:rsid w:val="00752110"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="007569B5"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="00761F38"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00770590"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774A9C"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A6D06"/>
+    <w:rsid w:val="007C3621"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007D4FA0"/>
     <w:rsid w:val="007E7394"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00800EE5"/>
     <w:rsid w:val="00804997"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008260F5"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="008375A2"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008644C9"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00876F23"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892A20"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
+    <w:rsid w:val="008A57DB"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D12C9"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F146F"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="0093123C"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="00952975"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="0096679A"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009966FE"/>
     <w:rsid w:val="009B05D1"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C248C"/>
     <w:rsid w:val="009C76C2"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E05A9"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F6484"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A22363"/>
+    <w:rsid w:val="00A252DE"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A456A3"/>
     <w:rsid w:val="00A46A05"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A62080"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A73F1C"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA3996"/>
     <w:rsid w:val="00AA6D28"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC09EE"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD1C1C"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF6051"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B05AC6"/>
     <w:rsid w:val="00B1081A"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B15B08"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B351E3"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B4640C"/>
     <w:rsid w:val="00B46495"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B50D1B"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B624D2"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B72BA5"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B93DD3"/>
+    <w:rsid w:val="00B94E28"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA2156"/>
     <w:rsid w:val="00BA616A"/>
     <w:rsid w:val="00BB304C"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE3686"/>
     <w:rsid w:val="00BE590C"/>
     <w:rsid w:val="00BE61B0"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF55DD"/>
     <w:rsid w:val="00BF7D2B"/>
+    <w:rsid w:val="00C001E5"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C12693"/>
     <w:rsid w:val="00C2070E"/>
     <w:rsid w:val="00C2650E"/>
     <w:rsid w:val="00C36327"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C66790"/>
     <w:rsid w:val="00C66CFB"/>
     <w:rsid w:val="00C70699"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA26E7"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
+    <w:rsid w:val="00CA64B4"/>
+    <w:rsid w:val="00CB0383"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1BDA"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD5F72"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00CF7E50"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D06A6D"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D35330"/>
     <w:rsid w:val="00D37739"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D51EBC"/>
     <w:rsid w:val="00D5481C"/>
     <w:rsid w:val="00D63B71"/>
     <w:rsid w:val="00D63E0E"/>
     <w:rsid w:val="00D8412F"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DA6E1D"/>
     <w:rsid w:val="00DC295B"/>
     <w:rsid w:val="00DC5E08"/>
     <w:rsid w:val="00DC75A6"/>
     <w:rsid w:val="00DD71CE"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF04C7"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E02F6D"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E138B9"/>
     <w:rsid w:val="00E22559"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E93DF6"/>
     <w:rsid w:val="00EA00CB"/>
@@ -8453,76 +8532,76 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1601</Words>
-  <Characters>8491</Characters>
+  <Words>1678</Words>
+  <Characters>8899</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10072</CharactersWithSpaces>
+  <CharactersWithSpaces>10556</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.vgregion.se/sprak</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2490474</vt:i4>
       </vt:variant>