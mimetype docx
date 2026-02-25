--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,1150 +1,2517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="51B2E1FC" w14:textId="21D6BF97" w:rsidR="00184167" w:rsidRPr="006B266D" w:rsidRDefault="008A75F6" w:rsidP="006B266D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w14:paraId="2735053E" w14:textId="18599379" w:rsidR="00184167" w:rsidRPr="000C4B5F" w:rsidRDefault="008A75F6" w:rsidP="00F9514D">
+      <w:pPr>
+        <w:pStyle w:val="Omslagsrubrik"/>
+        <w:spacing w:before="1200" w:after="240"/>
+        <w:rPr>
+          <w:szCs w:val="72"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-      <w:r>
-        <w:t>Behandlingskonferens</w:t>
+      <w:r w:rsidRPr="000C4B5F">
+        <w:rPr>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t>Behandlings</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6D34">
+        <w:rPr>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4B5F">
+        <w:rPr>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:t>konferens</w:t>
+      </w:r>
+      <w:r w:rsidR="00733D60" w:rsidRPr="000C4B5F">
+        <w:rPr>
+          <w:szCs w:val="72"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6BEEACB7" w14:textId="77777777" w:rsidR="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
+    <w:p w14:paraId="3816DDB0" w14:textId="24773EAA" w:rsidR="00F9514D" w:rsidRDefault="00F9514D" w:rsidP="00F9514D">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60436B53" w14:textId="77777777" w:rsidR="00D06A6D" w:rsidRPr="00D06A6D" w:rsidRDefault="00D06A6D" w:rsidP="00D06A6D"/>
+    <w:p w14:paraId="15792672" w14:textId="77777777" w:rsidR="00B50D1B" w:rsidRDefault="00B50D1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1656832996"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="07D4C7F1" w14:textId="2D9F2D75" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Innehållsförteckning</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="52EAFDC8" w14:textId="3FDDA43B" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc219118534" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Revidering i denna version</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118534 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1C16D1C0" w14:textId="4A347D0B" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118535" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Bakgrund</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118535 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="32798266" w14:textId="5866CCE0" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118536" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Syfte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118536 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7A8C601D" w14:textId="6DDFDEED" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118537" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Prioriteringar och beslut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118537 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7650294D" w14:textId="37EEB719" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118538" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Arbetsbeskrivning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118538 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7C4D570B" w14:textId="1E35D5F2" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118539" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Närvaro av specialistläkare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118539 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3E114CBD" w14:textId="3A890E44" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118540" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>SBAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118540 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="38B9BF5C" w14:textId="46D2DE42" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118541" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Säkert videomöte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118541 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="48EEF7F3" w14:textId="06C50813" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118542" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Åtgärder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118542 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="12AB02B7" w14:textId="2DF7B074" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118543" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>När ska ärende tas upp på Behandlingskonferens?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118543 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4593ED5D" w14:textId="01C1CF03" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118544" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Hur anmäler jag mitt ärende till Behandlingskonferens?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118544 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5705DC2E" w14:textId="6D00C5FE" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118545" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Hur drar jag mitt ärende på Behandlingskonferens?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118545 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="16DCB0EC" w14:textId="1DDD0811" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118546" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Exempel på möjliga vägar framåt vid en Behandlingskonferens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118546 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2B7C09E7" w14:textId="3D6BE059" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118547" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Dokumentation och administration vid/efter behandlingskonferens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118547 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5094B749" w14:textId="6FE80E28" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118548" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Ansvariga</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118548 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="74485996" w14:textId="2F38A8A0" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219118549" w:history="1">
+            <w:r w:rsidRPr="00E7661C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Uppföljning och utvärdering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219118549 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="09072D90" w14:textId="2BA9D6B8" w:rsidR="00D57DB8" w:rsidRDefault="00D57DB8">
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="551D6A6D" w14:textId="2758A443" w:rsidR="00EA00CB" w:rsidRPr="006919B0" w:rsidRDefault="00EA00CB" w:rsidP="006919B0">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6488B315" w14:textId="77777777" w:rsidR="00567820" w:rsidRDefault="00567820" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
+        <w:sectPr w:rsidR="00567820" w:rsidSect="00CA39EF">
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C3294E0" w14:textId="77777777" w:rsidR="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc219118534"/>
       <w:r w:rsidRPr="3B49812E">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Revidering i </w:t>
       </w:r>
       <w:r w:rsidRPr="004F4FC3">
         <w:t>denna</w:t>
       </w:r>
       <w:r w:rsidRPr="3B49812E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E26CF">
         <w:t>version</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="3B49812E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E64DECB" w14:textId="77777777" w:rsidR="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
+    <w:p w14:paraId="5B8622C6" w14:textId="050108AB" w:rsidR="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
       <w:r>
         <w:t>Revidering av länkar samt mindre justeringar i text.</w:t>
       </w:r>
+      <w:r w:rsidR="00201848">
+        <w:t xml:space="preserve"> Kort dokument är justerat till ett långt dokument med innehållsförteckning. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3EC3E464" w14:textId="5A2AC5BE" w:rsidR="008A75F6" w:rsidRPr="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
+    <w:p w14:paraId="43F0F81F" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:r w:rsidRPr="004F4FC3">
+      <w:bookmarkStart w:id="2" w:name="_Toc219118535"/>
+      <w:r w:rsidRPr="003C0D5E">
         <w:t>Bakgrund</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="7C1DB793" w14:textId="77777777" w:rsidR="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
+    <w:p w14:paraId="0E6B9036" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Normalefterlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C0D5E">
+        <w:t>Behandlingskonferensen är ett centralt moment i det kliniska arbetet. Alla patienter ska fortlöpande lyftas på behandlingskonferens. Behandlingskonferensen syftar till att föra patientärendet framåt genom beslutade vårdprocesser. Behandlingsarbetet ska utgå från kunskapsbaserade metoder. Följ rekommendationen för uppföljning och utvärdering i specifik Regional medicinsk riktlinje (RMR)</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Behandlingskonferensen är ett centralt moment i det kliniska arbetet. Alla patienter ska fortlöpande lyftas på behandlingskonferens. Behandlingskonferensen syftar till att föra patientärendet framåt genom beslutade vårdprocesser. Behandlingsarbetet ska utgå från kunskapsbaserade metoder. Följ rekommendationen för uppföljning och utvärdering i specifik </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="04FAF61E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F881E04" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00290C2E" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Normalefterlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C0D5E">
+        <w:t>OBS! Medicinsk konferens (rond) är ett separat forum mellan sjuksköterska och läkare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F45459" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc219118536"/>
+      <w:r>
+        <w:t>Syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="3F54AC74" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="009E6D87" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:r w:rsidRPr="009E6D87">
+        <w:t>Syftet med rutinen är att tydliggöra Behandlingskonferensens syfte och mål. Målet med rutinen är att skapa ett gemensamt arbetssätt gällande Behandlingskonferensen på Barn- och ungdomspsykiatri (BUP) NU-sjukvården (NU</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E68BAFA" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00066B65" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc219118537"/>
+      <w:r w:rsidRPr="00066B65">
+        <w:t>Prioriteringar och beslut</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00066B65">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D9E4B0" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00066B65" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Normalefterlista"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066B65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det är arbetsledande och arbetsfördelande chef samt medicinskt ansvarig vårdenhetsöverläkare (VEÖL) som utför prioriteringar i vården på vårdenheten, se kommande rutin </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066B65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Medicinska prioriteringar – triagerings- och prioriteringsverktyg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066B65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Vid vårdenhetschefs frånvaro kan hen delegera uppgiften till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066B65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">teamledare. Under behandlingskonferensen kan även representanter för andra professioner bistå som stöd. Vårdenhetschefen säkerställer att det finns en erfaren kunskapsbärande legitimerad medarbetare som har kunskap och kännedom avseende aktuellt kunskapsstöd avseende psykopedagogisk – och psykologisk behandling, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00066B65">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
-          <w:t>Regional medicinsk riktlinje (RMR)</w:t>
+          <w:t>se stödjande dokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> inkluderat en bedömning och förslag till fortsatt hantering av ärendet och har 10 minuter avsatt per ärende (förutom tvärprofessionell konsultation under pågående behandling - se nedan). </w:t>
+      <w:r w:rsidRPr="00066B65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medarbetaren har en stödfunktion under behandlingskonferensen till vårdenhetschefen och vårdenhetsöverläkaren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B188E25" w14:textId="77777777" w:rsidR="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
-[...11 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7C26DB92" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00066B65" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc219118538"/>
+      <w:r w:rsidRPr="00066B65">
+        <w:t>Arbetsbeskrivning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="1811F224" w14:textId="77777777" w:rsidR="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
-[...30 lines deleted...]
-      </w:hyperlink>
+    <w:p w14:paraId="79C2739D" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00066B65" w:rsidRDefault="008F0F10" w:rsidP="000F582A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc219118539"/>
+      <w:r w:rsidRPr="00066B65">
+        <w:t>Närvaro av specialistläkare</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00066B65">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33DA3D74" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00066B65" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Normalefterlista"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066B65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialistläkare ska medverka under behandlingskonferens. Om specialistläkare saknas ansvarar vårdenhetschef eller teamledare på Behandlingskonferensen att kontakta läkare vid behov. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567468E0" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00066B65" w:rsidRDefault="008F0F10" w:rsidP="000F582A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc219118540"/>
+      <w:r w:rsidRPr="00066B65">
+        <w:t>SBAR</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00066B65">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE83C21" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00066B65" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Normalefterlista"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066B65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Behandlingskonferensen ska vara tydligt strukturerad. Ärendena dras enligt SBAR-BUP inkluderat en bedömning och förslag till fortsatt hantering av ärendet och har 10 minuter avsatt per ärende (förutom tvärprofessionell konsultation under pågående behandling - se nedan). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A57A743" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRPr="00066B65" w:rsidRDefault="008F0F10" w:rsidP="000F582A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc219118541"/>
+      <w:r w:rsidRPr="00066B65">
+        <w:t>Säkert videomöte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="1FB8970C" w14:textId="77777777" w:rsidR="008F0F10" w:rsidRDefault="008F0F10" w:rsidP="008F0F10">
+      <w:pPr>
+        <w:pStyle w:val="Normalefterlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00066B65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Medarbetare som deltar på distans ska medverka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0D5E">
+        <w:t>n ske via säkert videomöte (Pexip). Länk skapas av vårdenheten som skickas till deltagaren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07877BCF" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc219118542"/>
+      <w:r w:rsidRPr="00F10D6F">
+        <w:lastRenderedPageBreak/>
+        <w:t>Åtgärder</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="3B49812E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="03831A9C" w14:textId="77777777" w:rsidR="008A75F6" w:rsidRDefault="008A75F6" w:rsidP="008A75F6">
-[...50 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="73A55C82" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00C53630" w:rsidRDefault="00C46205" w:rsidP="000F582A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc219118543"/>
       <w:r w:rsidRPr="177CD5E7">
         <w:t>När ska ärende tas upp på Behandlingskonferens?</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="26F11467" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="29DADCCA" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED50F4">
         <w:t xml:space="preserve">Efter akutbesök </w:t>
       </w:r>
       <w:r>
         <w:t>och akut telefonbesök där åtgärder genomförts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A87D87" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="4C550B12" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46205">
         <w:t>Medarbetaren</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> som haft akutbesöket anmäler patienten till behandlingskonferens.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE449CF" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="75969BA2" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED50F4">
         <w:t xml:space="preserve">Observera! Läkaren </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">som haft akutbesök </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED50F4">
         <w:t xml:space="preserve">bedömer om hen ska lyfta patienten själv under behandlingskonferens eller om det ska ske via behandlingskonferensteamet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F052A8" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00763DBB" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="2DDD9DD9" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00763DBB" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om en läkare önskar att kommunicera med övriga öppenvården kring vårdplanen, kan hen skriva in ärenden med tydliga önskemål och/eller frågeställningar i vårdenhetens behandlingskonferensfil </w:t>
       </w:r>
       <w:r w:rsidRPr="00D225C0">
         <w:t xml:space="preserve">på respektive </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vårdenhets </w:t>
       </w:r>
       <w:r w:rsidRPr="00D225C0">
         <w:t>SharePoint-yt</w:t>
       </w:r>
       <w:r>
         <w:t>a, utan att själv dra ärendet. I dessa fall för öppenvården in läkarens bedömning och framtida insatser i vårdplanen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00763DBB">
         <w:rPr>
           <w:strike/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059FC350" w14:textId="41E4FA53" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="29FD5B62" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Efter n</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED50F4">
         <w:t>ybesök/bedömningssamtal (samtliga underlag ska finnas)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D148417" w14:textId="45C8C4F5" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="77A7985D" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Extern utredning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771C50C0" w14:textId="486E0F7B" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="738D18D9" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED50F4">
         <w:t>Vid bedömning om behov av</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1452D342" w14:textId="447BC108" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="06FF40C9" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>fördjupad bedömning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487F480B" w14:textId="5AA930A3" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="09650D8E" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00D86F7C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED50F4">
         <w:t xml:space="preserve">utredning (samtliga underlag ska finnas) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55FBA942" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="04C5AC59" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">behandling </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32992BF5" w14:textId="27BBCA2A" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="2E7188CE" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED50F4">
         <w:t xml:space="preserve">bedömning av läkare </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39382DD2" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="6E6D8943" w14:textId="77777777" w:rsidR="00476C5A" w:rsidRDefault="00585ADA" w:rsidP="00650005">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Vid u</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Vid frågeställning och bedömning om eventuell dialektisk beteendeterapi (DBT) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738C47C4" w14:textId="77777777" w:rsidR="00E114DB" w:rsidRDefault="00C46205" w:rsidP="00C46205">
-[...7 lines deleted...]
-    <w:p w14:paraId="3B42A6A2" w14:textId="5FC653F5" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00E114DB">
+    <w:p w14:paraId="55BE9F7C" w14:textId="6C35FE66" w:rsidR="00585ADA" w:rsidRPr="00A2768A" w:rsidRDefault="00585ADA" w:rsidP="00476C5A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A2768A">
+        <w:t xml:space="preserve">Behandlare från DBT-teamet deltar under behandlingskonferens. Ställningstagande till om DBT är </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2768A">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">indicerat och om patienten ska kallas till en fördjupad bedömning till DBT-terapeut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549A22B2" w14:textId="2BC23D83" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid u</w:t>
+      </w:r>
       <w:r w:rsidRPr="00ED50F4">
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-      <w:r w:rsidR="001D7312">
+        <w:t>tebliven behandlingseffekt</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> efter fem till sex besök</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED50F4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FF6A6C" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="3831FB07" w14:textId="77777777" w:rsidR="00E114DB" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Tvärprofessionell konsultation i komplicerade patientärenden (20 min). Om ärendedragaren önskar att fler ska delta (förutom teamet på Behandlingskonferens) ansvarar ärendedragaren för att dessa bjuds in.</w:t>
+        <w:t>Intern patientöverföring inom verksamheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA27559" w14:textId="12F51C0D" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
-[...10 lines deleted...]
-    <w:p w14:paraId="667C8F14" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="707818C0" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00E114DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF5FDB">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00ED50F4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00602521" w:rsidRPr="00602521">
+        <w:t xml:space="preserve">Ordinarie öppenvård kan skicka förfrågningar till BUP AKM avseende </w:t>
+      </w:r>
+      <w:r w:rsidR="001433BA" w:rsidRPr="00602521">
+        <w:t>insatser</w:t>
+      </w:r>
+      <w:r w:rsidR="001433BA">
+        <w:t xml:space="preserve"> från</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7312">
+        <w:t xml:space="preserve"> akuta/subakuta teamet</w:t>
+      </w:r>
+      <w:r w:rsidR="00602521" w:rsidRPr="00602521">
+        <w:t xml:space="preserve"> via</w:t>
+      </w:r>
+      <w:r w:rsidR="00C416D9">
+        <w:t xml:space="preserve"> BUP-AKM:s</w:t>
+      </w:r>
+      <w:r w:rsidR="00602521" w:rsidRPr="00602521">
+        <w:t xml:space="preserve"> uppdragslista</w:t>
+      </w:r>
+      <w:r w:rsidR="00C416D9">
+        <w:t xml:space="preserve"> till sekreterare</w:t>
+      </w:r>
+      <w:r w:rsidR="00602521" w:rsidRPr="00602521">
+        <w:t>. Förfrågan kommer att lyftas vid nästkommande behandlingskonferens för ställningstagande och planering av eventuella insatser</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7312">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5A7C74" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00ED50F4" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
       <w:r>
-        <w:t>.</w:t>
+        <w:t>Tvärprofessionell konsultation i komplicerade patientärenden (20 min). Om ärendedragaren önskar att fler ska delta (förutom teamet på Behandlingskonferens) ansvarar ärendedragaren för att dessa bjuds in.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5389D180" w14:textId="3766C545" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="0C654DFA" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
+      <w:r w:rsidRPr="00ED50F4">
+        <w:t>Remitteras till annan instans</w:t>
+      </w:r>
       <w:r>
-        <w:t>Hänvisning/rekommendation till annan vårdnivå;</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6936F02B" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="256D2F83" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CF5FDB">
+        <w:t>Remiss till VUP för endast övertag av centralstimulantiabehandling behöver ej dras på BK</w:t>
+      </w:r>
       <w:r>
-        <w:t>under aktuell kontakt med öppenvården</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA88533" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="68C47733" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hänvisning/rekommendation till annan vårdnivå;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541DCBB9" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t>under aktuell kontakt med öppenvården</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161D5D23" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">i samband med akutbesök </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0ADEBB" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="7F8AD4E3" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Observera! Rekommendationen i dessa fall är att skriva en remiss om det finns samtycke från patienten och/eller vårdnadshavare. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0F604F" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
-[...11 lines deleted...]
-    <w:p w14:paraId="57EE8F43" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="006633DF" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="0C160C1E" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="006633DF" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remissen </w:t>
       </w:r>
       <w:r w:rsidRPr="00B91F3B">
         <w:t xml:space="preserve">bör innehålla relevant information inom följande områden, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00B13C63">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>rutin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>för ansvarsfördelning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FAF200" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00712B22" w:rsidRDefault="00C46205" w:rsidP="00C46205">
-[...15 lines deleted...]
-    <w:p w14:paraId="506E8AD9" w14:textId="33362586" w:rsidR="00C46205" w:rsidRPr="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="44DB93EB" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Avslutande av patientärende.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD18817" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00AB7606" w:rsidRDefault="00C46205" w:rsidP="00C46205">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="36C680FA" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00AB7606" w:rsidRDefault="00C46205" w:rsidP="000F582A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc219118544"/>
       <w:r w:rsidRPr="00AB7606">
+        <w:lastRenderedPageBreak/>
         <w:t>Hur anmäler jag mitt ärende till Behandlingskonferens?</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="705EAB5A" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00D225C0" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="784ED228" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00D225C0" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00D225C0">
         <w:t xml:space="preserve">Anmäl ärende via Exceldokument </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”Behandlingskonferens” </w:t>
       </w:r>
       <w:r w:rsidRPr="00D225C0">
         <w:t xml:space="preserve">på respektive </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vårdenhets </w:t>
       </w:r>
       <w:r w:rsidRPr="00D225C0">
         <w:t>SharePoint-yta</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> som</w:t>
       </w:r>
       <w:r w:rsidRPr="00D225C0">
         <w:t xml:space="preserve"> är upplagt enligt SBAR. Välj tid och fyll i samtlig information. Nyttja rullistor där det finns. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12122309" w14:textId="46174451" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="02E1327C" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>På BUP akutmottagning (AKM) NU anmäler medarbetaren patienten till behandlingskonferens via uppdragslistan till sekreterare på enhetens SharePoint-yta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD6D8B9" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="145A6C88" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="000F582A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc219118545"/>
       <w:r w:rsidRPr="3B49812E">
         <w:t>Hur drar jag mitt ärende på Behandlingskonferens?</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="394523D9" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="6C025AB3" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid behandlingskonferensen </w:t>
       </w:r>
       <w:r w:rsidRPr="00A978F9">
         <w:t>ska medarbetaren ge en</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sammanfattad beskrivning enligt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="27C771C7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SBAR-BUP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> samt inkludera en bedömning och förslag till fortsatt hantering av ärendet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5530FF1B" w14:textId="3E1763E9" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="315E65D6" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="76B2CA90">
         <w:t xml:space="preserve">Fastställande eller revidering av preliminär diagnos och vårdplan. Vid oenighet är det </w:t>
       </w:r>
       <w:r>
         <w:t>medicinskt ledningsansvarig (</w:t>
       </w:r>
       <w:r w:rsidRPr="76B2CA90">
         <w:t>MLA</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="76B2CA90">
         <w:t xml:space="preserve"> och</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> enhetschef </w:t>
       </w:r>
       <w:r w:rsidRPr="76B2CA90">
         <w:t>som beslutar.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED50F4">
         <w:t>Läkaren noterar sina önskemål i uppdragslistan till sekreterare</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> eller delegerar det till annan medarbetare</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED50F4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B785F3" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00DF5BBC" w:rsidRDefault="00C46205" w:rsidP="00C46205">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0D75904C" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00DF5BBC" w:rsidRDefault="00C46205" w:rsidP="000F582A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc219118546"/>
       <w:r>
         <w:t>Exempel på m</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF5BBC">
         <w:t>öjliga vägar framåt vid en Behandlingskonferens</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="429A9EA2" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="722D6702" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B91F3B">
         <w:t>Fördjupad bedömning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C48125" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="52D5A8CB" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B91F3B">
         <w:t>Kompletterande bedömning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9B4F8B" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="69B95154" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46205">
         <w:t>Utredning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A475EF0" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+    <w:p w14:paraId="0571FEB4" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91F3B">
+        <w:t>Remittering till annan vårdnivå</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0144E42F" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91F3B">
+        <w:t xml:space="preserve">Läkarbesök </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF299AB" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91F3B">
+        <w:t>Sjuksköterskebesök</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FE109C" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91F3B">
+        <w:t>Psykoedukation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D00DA8" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B91F3B">
         <w:lastRenderedPageBreak/>
-        <w:t>Remittering till annan vårdnivå</w:t>
+        <w:t>Psykopedagogisk behandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F11F60D" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00C46205">
-[...31 lines deleted...]
-    <w:p w14:paraId="3CE12661" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="70A8CFD4" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B91F3B">
         <w:t>Psykologisk behandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248A1ECC" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="1739E424" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B91F3B">
         <w:t>Måltidsstöd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CC3D7E" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="22F1F0C0" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00B91F3B" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B91F3B">
         <w:t xml:space="preserve">SIP (behöver inte lyftas på behandlingskonferens) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B764F5A" w14:textId="235A7DFA" w:rsidR="00C46205" w:rsidRPr="00DB3AEE" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="36ADCE04" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00DB3AEE" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B91F3B">
         <w:t>Föräldrautbildning (behöver inte lyftas på behandlingskonferens)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CEED83" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="44C5483E" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="000F582A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc219118547"/>
       <w:r>
         <w:t>Dokumentation och a</w:t>
       </w:r>
       <w:r w:rsidRPr="27C771C7">
-        <w:t xml:space="preserve">dministration vid/efter behandlingskonferens </w:t>
+        <w:t>dministration vid/efter behandlingskonferens</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="27C771C7">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317A8ECF" w14:textId="42C4A108" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="5F7155BA" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="76B2CA90">
         <w:t>Planeringsunderlag i E</w:t>
       </w:r>
       <w:r w:rsidR="00DB3AEE">
         <w:t>LVIS</w:t>
       </w:r>
       <w:r w:rsidRPr="76B2CA90">
         <w:t xml:space="preserve"> med orsakskod samt besökstyp beroende på insats dokumenteras under behandlingskonferens av administrativ resurs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C57B55" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="19F2AD4B" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00787573">
         <w:t xml:space="preserve">emissvar dokumenteras efter </w:t>
       </w:r>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00787573">
         <w:t>ehandlingskonferens</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44194771" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00787573" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="0DEEDF3B" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00787573" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Initialt under behandlingskonferensen utses vem eller vilka som dokumenterar konferensanteckningar och vårdplaner.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D6928B" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="1FF68AC4" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00066B65" w:rsidRDefault="00C46205" w:rsidP="00066B65">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:color w:val="006298" w:themeColor="accent1"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00505DD0">
-        <w:t xml:space="preserve">Konferensanteckningen dokumenteras i mallen Konferens i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Konferensanteckningen dokumenteras i mallen Konferens i Melior </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">i realtid under </w:t>
       </w:r>
       <w:r w:rsidRPr="00505DD0">
-        <w:t>behandlingskonferens.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>behandlingskonferens</w:t>
+      </w:r>
+      <w:r w:rsidR="00066B65">
+        <w:t>, se</w:t>
+      </w:r>
+      <w:r w:rsidR="00066B65" w:rsidRPr="008F17D2">
+        <w:rPr>
+          <w:color w:val="00B050"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00066B65" w:rsidRPr="00066B65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
+          </w:rPr>
+          <w:t>Checklista behandlingskonferens</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AC0A5D3" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="50363ABF" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="6B51F964">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Vårdplan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> dokumenteras i fria aktiviteter i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> under realtid. </w:t>
+        <w:t xml:space="preserve"> dokumenteras i fria aktiviteter i Melior under realtid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA68CDB" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="4B789E68" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t xml:space="preserve">ommer </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">patient </w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t xml:space="preserve">in via BUP </w:t>
       </w:r>
       <w:r>
         <w:t>AKM</w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t xml:space="preserve"> upprättas ordinarie vårdplan vid uppföljande besök i öppenvården. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F769B7A" w14:textId="56E4AF32" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="6D61E0A2" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kommer patienten </w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t>in via BUP</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> AKM</w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t xml:space="preserve"> och det finns behov av uppföljning eller </w:t>
       </w:r>
       <w:r>
         <w:t>insatser via enheten</w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t xml:space="preserve"> ska preliminär vårdplan upprättas med patient och</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">/eller </w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t>vårdnadshavare vid akutbesök</w:t>
       </w:r>
       <w:r w:rsidR="00DB3AEE">
         <w:t xml:space="preserve"> samt</w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t xml:space="preserve"> färdigställas vid </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3AEE">
         <w:t>behandlingskonferens</w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14378312" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="5EF3936C" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienten och/eller vårdnadshavare ska få ett skriftligt exemplar av vårdplanen förutsatt att inga justeringar från preliminär vårdplan skett. I annat fall kontaktas patienten/vårdnadshavaren av medarbetaren. Vårdplanen </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Patienten och/eller vårdnadshavare ska få ett skriftligt exemplar av vårdplanen förutsatt att inga justeringar från preliminär vårdplan skett. I annat fall kontaktas patienten/vårdnadshavaren av medarbetaren. Vårdplanen skickas till patienten och/eller vårdnadshavare via post. Uppdrag att skicka via post kan ges till sekreterare i uppdragslistan eller till medarbetaren som lyfter patienten under behandlingskonferens. </w:t>
+        <w:t xml:space="preserve">skickas till patienten och/eller vårdnadshavare via post. Uppdrag att skicka via post kan ges till sekreterare i uppdragslistan eller till medarbetaren som lyfter patienten under behandlingskonferens. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30AC04A9" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00A773DA" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="416B77B7" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00A773DA" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00494957">
         <w:t xml:space="preserve">Vid LVU tas kontakt med placerande socialtjänst som </w:t>
       </w:r>
       <w:r w:rsidRPr="00A773DA">
         <w:t xml:space="preserve">är den juridiska vårdnadshavaren för patienten </w:t>
       </w:r>
       <w:r>
         <w:t>med syftet</w:t>
       </w:r>
       <w:r w:rsidRPr="00A773DA">
         <w:t xml:space="preserve"> att få information till vem eller vilka vårdplanen ska skickas till. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6B4DB1" w14:textId="4D42028C" w:rsidR="00DB3AEE" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="52DC8D62" w14:textId="77777777" w:rsidR="00DB3AEE" w:rsidRDefault="00C46205" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Dokumentera i </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> sekr.</w:t>
+        <w:t>Dokumentera i Melior att vårdplanenen blivit postad under mallen Korrespondens eller Ant sekr.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFF8D26" w14:textId="77777777" w:rsidR="00DB3AEE" w:rsidRPr="00DB3AEE" w:rsidRDefault="00DB3AEE" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="7228C3A3" w14:textId="77777777" w:rsidR="00DB3AEE" w:rsidRPr="00DB3AEE" w:rsidRDefault="00DB3AEE" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc219118548"/>
       <w:r w:rsidRPr="00DB3AEE">
-        <w:t>Ansvariga </w:t>
+        <w:t>Ansvariga</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00DB3AEE">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D6C519" w14:textId="77777777" w:rsidR="00DB3AEE" w:rsidRPr="00DB3AEE" w:rsidRDefault="00DB3AEE" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="20E638A8" w14:textId="77777777" w:rsidR="00DB3AEE" w:rsidRPr="00DB3AEE" w:rsidRDefault="00DB3AEE" w:rsidP="00DB3AEE">
       <w:r w:rsidRPr="00DB3AEE">
         <w:t>Ansvariga för att rutinen följs är Verksamhetschef, vårdenhetschef och medicinsk ledningsansvarig läkare. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B53FED7" w14:textId="77777777" w:rsidR="00DB3AEE" w:rsidRPr="00DB3AEE" w:rsidRDefault="00DB3AEE" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="3B1842FF" w14:textId="77777777" w:rsidR="00DB3AEE" w:rsidRPr="00DB3AEE" w:rsidRDefault="00DB3AEE" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc219118549"/>
       <w:r w:rsidRPr="00DB3AEE">
-        <w:t>Uppföljning och utvärdering </w:t>
+        <w:t>Uppföljning och utvärdering</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00DB3AEE">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B459DD" w14:textId="2AA44A3D" w:rsidR="00DB3AEE" w:rsidRDefault="00DB3AEE" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="2CCF12CB" w14:textId="77777777" w:rsidR="00DB3AEE" w:rsidRDefault="00DB3AEE" w:rsidP="00DB3AEE">
       <w:pPr>
         <w:sectPr w:rsidR="00DB3AEE" w:rsidSect="00C46205">
-          <w:headerReference w:type="default" r:id="rId17"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId21"/>
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="even" r:id="rId22"/>
+          <w:footerReference w:type="default" r:id="rId23"/>
+          <w:headerReference w:type="first" r:id="rId24"/>
+          <w:footerReference w:type="first" r:id="rId25"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB3AEE">
         <w:t>Verksamheten ansvarar för att följa upp att rutinen följs. Avsteg från rutinen rapporteras i MedControl PRO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D19ECC3" w14:textId="5FA2101D" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00DB3AEE">
+    <w:p w14:paraId="1F10CDA4" w14:textId="77777777" w:rsidR="007E6B85" w:rsidRPr="00747066" w:rsidRDefault="007E6B85" w:rsidP="007E6B85">
       <w:pPr>
         <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4770F313" w14:textId="77777777" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="007E6B85">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00330F6A">
-      <w:headerReference w:type="default" r:id="rId22"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="even" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="first" r:id="rId29"/>
+      <w:footerReference w:type="first" r:id="rId30"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EB99E69" w14:textId="77777777" w:rsidR="00DA762C" w:rsidRDefault="00DA762C">
+    <w:p w14:paraId="5879921B" w14:textId="77777777" w:rsidR="000016DD" w:rsidRDefault="000016DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25E66A49" w14:textId="77777777" w:rsidR="00DA762C" w:rsidRDefault="00DA762C">
+    <w:p w14:paraId="1795EFB7" w14:textId="77777777" w:rsidR="000016DD" w:rsidRDefault="000016DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6B797E89" w14:textId="77777777" w:rsidR="00DA762C" w:rsidRDefault="00DA762C">
+    <w:p w14:paraId="73FD9903" w14:textId="77777777" w:rsidR="000016DD" w:rsidRDefault="000016DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1173,149 +2540,407 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="493133F9" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C43BDD">
+  <w:p w14:paraId="21322BEB" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7FA3C12D" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C43BDD">
+  <w:p w14:paraId="1CCB8760" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:id w:val="-1488930886"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="153C56DD" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="001D51B8" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (</w:t>
+        </w:r>
+        <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidR="00AC09EE" w:rsidRPr="001D51B8">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="07C40958" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:left="6237" w:hanging="141"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A8F9BFE" wp14:editId="22606074">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4391660</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-3947</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1714682624" name="Bildobjekt 7">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="7" name="Bildobjekt 7">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1953671" cy="348178"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4BEF7F4E" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3DF3A9E1" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
       <w:id w:val="248856001"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7D438E83" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00EC0A68" w:rsidRDefault="00C46205" w:rsidP="00EC0A68">
+      <w:p w14:paraId="027A8B05" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00EC0A68" w:rsidRDefault="00C46205" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
@@ -1327,64 +2952,64 @@
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2656BC15" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00FB2F0F">
+  <w:p w14:paraId="6595F324" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678721" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6208CA8E" wp14:editId="064F8AD9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A22B39B" wp14:editId="50512D21">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="37088828" name="Bildobjekt 37088828">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -1405,91 +3030,91 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7EFD8913" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w14:paraId="2908D868" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5F80890C" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w14:paraId="5362D0C4" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="386B238A" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+  <w:p w14:paraId="5C39A30F" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
@@ -1580,64 +3205,64 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E" w:rsidRPr="00EF64E0">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1EE50EE9" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+  <w:p w14:paraId="128EE7AB" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38CF9639" wp14:editId="0EC2EAA4">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="408267D6" wp14:editId="65D64964">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="4" name="Bildobjekt 4">
@@ -1667,318 +3292,563 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38BCC025" w14:textId="77777777" w:rsidR="00DA762C" w:rsidRDefault="00DA762C"/>
+    <w:p w14:paraId="60C408F2" w14:textId="77777777" w:rsidR="000016DD" w:rsidRDefault="000016DD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51FC09B9" w14:textId="77777777" w:rsidR="00DA762C" w:rsidRDefault="00DA762C">
+    <w:p w14:paraId="76E17814" w14:textId="77777777" w:rsidR="000016DD" w:rsidRDefault="000016DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2981BAE0" w14:textId="77777777" w:rsidR="00DA762C" w:rsidRDefault="00DA762C">
+    <w:p w14:paraId="21CFA624" w14:textId="77777777" w:rsidR="000016DD" w:rsidRDefault="000016DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4F17D351" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00DA65C4" w:rsidRDefault="00C46205" w:rsidP="00DA65C4">
+  <w:p w14:paraId="7A52CE12" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680769" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35E7B531" wp14:editId="151EDBA4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18171FF2" wp14:editId="4A3156A3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Textruta 1"/>
+              <wp:docPr id="511889035" name="Textruta 511889035"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="36204A9A" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="6660FB4F" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00367D19">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="18171FF2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 511889035" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="6660FB4F" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00367D19">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BDA64AF" w14:textId="77777777" w:rsidR="008A4EB9" w:rsidRPr="00AC09EE" w:rsidRDefault="00E93DF6" w:rsidP="00E93DF6">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61D58F3E" wp14:editId="58E52A2B">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-172720</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-65405</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2083536607" name="Textruta 2083536607"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="61147B9E" w14:textId="77777777" w:rsidR="00AC09EE" w:rsidRDefault="00AC09EE" w:rsidP="00AC09EE">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="35E7B531" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="61D58F3E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251680769;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 2083536607" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="36204A9A" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="61147B9E" w14:textId="77777777" w:rsidR="00AC09EE" w:rsidRDefault="00AC09EE" w:rsidP="00AC09EE">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A8CCFE6" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00413A60">
+  <w:p w14:paraId="5E905442" w14:textId="77777777" w:rsidR="00C46205" w:rsidRPr="00DA65C4" w:rsidRDefault="00C46205" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
-      <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679745" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BDCD6F4" wp14:editId="422F2735">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A9A54DE" wp14:editId="3DB6BD03">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-172720</wp:posOffset>
+                <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-65405</wp:posOffset>
+                <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="2" name="Textruta 2"/>
+              <wp:docPr id="1" name="Textruta 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="578A8D64" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205">
+                        <w:p w14:paraId="62ADC286" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5BDCD6F4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="6A9A54DE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251679745;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="578A8D64" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205">
+                  <w:p w14:paraId="62ADC286" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F6CC735" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205" w:rsidP="00413A60">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="267DF94D" wp14:editId="49D1D750">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-172720</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-65405</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textruta 2"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3F0C867E" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="267DF94D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="3F0C867E" w14:textId="77777777" w:rsidR="00C46205" w:rsidRDefault="00C46205">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25FFEA8E" wp14:editId="65D61C4E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="123DF7D3" wp14:editId="6E59125F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="238458319" name="Bildobjekt 238458319">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -2018,269 +3888,269 @@
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7ED3A283" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+  <w:p w14:paraId="7FAA3F10" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63DF794B" wp14:editId="0F3D1155">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1345CF16" wp14:editId="7826384F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="66B05890" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="04D5A403" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="63DF794B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="1345CF16" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+5pI7GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKWzrNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAL7mkjsZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="66B05890" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="04D5A403" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70DE7975" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
+  <w:p w14:paraId="4503C8F6" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34CEB09D" wp14:editId="785A3C7E">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D4B2D2D" wp14:editId="78110890">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0E8EDE3D" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
+                        <w:p w14:paraId="4214B8BB" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="34CEB09D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="6D4B2D2D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251675649;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4LH+jGwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+ykabZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvr0&#10;hRIfmKmYAiNKehSe3i8+fpi3thATqEFVwhFMYnzR2pLWIdgiyzyvhWZ+BFYYdEpwmgXcul1WOdZi&#10;dq2ySZ7PshZcZR1w4T2ePvZOukj5pRQ8PEvpRSCqpNhbSKtL6zau2WLOip1jtm740Ab7hy40awwW&#10;Pad6ZIGRvWv+SKUb7sCDDCMOOgMpGy7SDDjNOH83zaZmVqRZEBxvzzD5/5eWPx029sWR0H2FDgmM&#10;gLTWFx4P4zyddDr+sVOCfoTweIZNdIFwPJzOZnfIBSUcfZPxLMcv5sku163z4ZsATaJRUoe8JLjY&#10;Ye1DH3oKidUMrBqlEjfKkLaks5vbPF04ezC5Mljj0my0QrftSFOV9OY0yBaqI87noKfeW75qsIc1&#10;8+GFOeQa+0b9hmdcpAKsBYNFSQ3u19/OYzxSgF5KWtROSf3PPXOCEvXdIDl34+k0ii1tprefJ7hx&#10;157ttcfs9QOgPMf4UixPZowP6mRKB/oNZb6MVdHFDMfaJQ0n8yH0isZnwsVymYJQXpaFtdlYHlNH&#10;VCPCr90bc3agISCDT3BSGSvesdHH9nws9wFkk6iKOPeoDvCjNBPZwzOK2r/ep6jLY1/8BgAA//8D&#10;AFBLAwQUAAYACAAAACEA8LdZvuMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7Fon5tEQ4lRVpAqpgkVLN+wmsZtE+BFitw39eoYV7GY0R3fOLZaTNeykx9B7JyGdJ8C0a7zq&#10;XSth/76eZcBCRKfQeKclfOsAy/L6qsBc+bPb6tMutoxCXMhRQhfjkHMemk5bDHM/aEe3gx8tRlrH&#10;lqsRzxRuDRdJ8sgt9o4+dDjoqtPN5+5oJWyq9Rtua2Gzi6leXg+r4Wv/8SDl7c20egYW9RT/YPjV&#10;J3Uoyan2R6cCMxJmYiEIpSFN7oERsUiyFFgt4U48ZcDLgv/vUP4AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAuCx/oxsCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA8LdZvuMAAAALAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5i00xGwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkSdZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S44X+r2VNUP+MK93I9zDrO7TiuyF843YEo6HOSUCMOhasy2pL9ell9u&#10;KPGBmYopMKKkB+Hp3fzzp1lrCzGCGlQlHMEkxhetLWkdgi2yzPNaaOYHYIVBpwSnWcCt22aVYy1m&#10;1yob5fk0a8FV1gEX3uPpQ++k85RfSsHDk5ReBKJKir2FtLq0buKazWes2Dpm64Yf22Dv6EKzxmDR&#10;c6oHFhjZueafVLrhDjzIMOCgM5Cy4SLNgNMM8zfTrGtmRZoFwfH2DJP/uLT8cb+2z46E7jt0SGAE&#10;pLW+8HgY5+mk0/GPnRL0I4SHM2yiC4Tj4Xg6vUUuKOHoGw2nOX4xT3a5bp0PPwRoEo2SOuQlwcX2&#10;Kx/60FNIrGZg2SiVuFGGtCWdfp3k6cLZg8mVwRqXZqMVuk1Hmqqkk9MgG6gOOJ+Dnnpv+bLBHlbM&#10;h2fmkGvsG/UbnnCRCrAWHC1KanB//nce45EC9FLSonZK6n/vmBOUqJ8GybkdjsdRbGkznnwb4cZd&#10;ezbXHrPT94DyHOJLsTyZMT6okykd6FeU+SJWRRczHGuXNJzM+9ArGp8JF4tFCkJ5WRZWZm15TB1R&#10;jQi/dK/M2SMNARl8hJPKWPGGjT6252OxCyCbRFXEuUf1CD9KM5F9fEZR+9f7FHV57PO/AAAA//8D&#10;AFBLAwQUAAYACAAAACEA8LdZvuMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7Fon5tEQ4lRVpAqpgkVLN+wmsZtE+BFitw39eoYV7GY0R3fOLZaTNeykx9B7JyGdJ8C0a7zq&#10;XSth/76eZcBCRKfQeKclfOsAy/L6qsBc+bPb6tMutoxCXMhRQhfjkHMemk5bDHM/aEe3gx8tRlrH&#10;lqsRzxRuDRdJ8sgt9o4+dDjoqtPN5+5oJWyq9Rtua2Gzi6leXg+r4Wv/8SDl7c20egYW9RT/YPjV&#10;J3Uoyan2R6cCMxJmYiEIpSFN7oERsUiyFFgt4U48ZcDLgv/vUP4AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAeYtNMRsCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA8LdZvuMAAAALAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="0E8EDE3D" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
+                  <w:p w14:paraId="4214B8BB" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -2656,50 +4526,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C64A9D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD7A9702"/>
+    <w:lvl w:ilvl="0" w:tplc="A100F45E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="795409AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9BFC8038">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8D347592">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BEAE8D1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="EEF6FBF0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D834EF4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DB2E13C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3B8CF5FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -2768,51 +4751,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2881,51 +4864,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2995,51 +4978,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3108,51 +5091,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27CA2784"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D02EA5A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3221,51 +5204,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7557" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8277" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3361,51 +5344,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3475,51 +5458,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3588,51 +5571,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3729,51 +5712,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3842,51 +5825,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3956,51 +5939,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4069,51 +6052,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4182,51 +6165,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78D83914"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF5A57F0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4295,51 +6391,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4409,649 +6505,808 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="555165083">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="77752350">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="907374553">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1816144419">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1010715744">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="82379985">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="32001010">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="800811010">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1918400350">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1120104860">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="789979897">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1611665312">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1657802124">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1621447758">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="771632992">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1513834274">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="249698029">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1007949876">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="532377923">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="517425320">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="684670051">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1657802124">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="22" w16cid:durableId="1562523600">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="90"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="000016DD"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="00005361"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="000160BD"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00017F3E"/>
     <w:rsid w:val="0002327F"/>
+    <w:rsid w:val="00024DC6"/>
     <w:rsid w:val="00030DDD"/>
+    <w:rsid w:val="00030FA9"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00040975"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="00066B65"/>
+    <w:rsid w:val="0006761F"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="0007743A"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="0008787C"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000A0B9A"/>
+    <w:rsid w:val="000A5BED"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
+    <w:rsid w:val="000B49AC"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C4B5F"/>
+    <w:rsid w:val="000D46BF"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F582A"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
+    <w:rsid w:val="00134958"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001433BA"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00193D6B"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D51B8"/>
     <w:rsid w:val="001D7312"/>
+    <w:rsid w:val="001E5552"/>
+    <w:rsid w:val="00201848"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="0023038E"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="0026140A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00266A7D"/>
+    <w:rsid w:val="002679E3"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="00291F1B"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A3A27"/>
     <w:rsid w:val="002A7450"/>
+    <w:rsid w:val="002B0568"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
+    <w:rsid w:val="002F39DC"/>
+    <w:rsid w:val="002F3CA3"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="00313EEE"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00353996"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00383129"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6A01"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="00417945"/>
+    <w:rsid w:val="00420045"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00451967"/>
     <w:rsid w:val="00460ED0"/>
+    <w:rsid w:val="0046320B"/>
+    <w:rsid w:val="00463CFE"/>
     <w:rsid w:val="004641AE"/>
     <w:rsid w:val="00465651"/>
+    <w:rsid w:val="0047039F"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004746CA"/>
+    <w:rsid w:val="00476C5A"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00494D07"/>
     <w:rsid w:val="004970E1"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B5391"/>
     <w:rsid w:val="004B674A"/>
+    <w:rsid w:val="004C1B36"/>
     <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004C58BF"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004F276F"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="005116E3"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="00585ADA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B394A"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C2D6A"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D58EA"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E541E"/>
     <w:rsid w:val="00602521"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="0064732F"/>
+    <w:rsid w:val="00650005"/>
+    <w:rsid w:val="0065270C"/>
+    <w:rsid w:val="00653234"/>
+    <w:rsid w:val="00654A0F"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672129"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006769DA"/>
+    <w:rsid w:val="00682812"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="006919B0"/>
     <w:rsid w:val="00691BF3"/>
+    <w:rsid w:val="00691E6D"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B266D"/>
     <w:rsid w:val="006B5ED4"/>
+    <w:rsid w:val="006B7FC8"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D54BF"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006F022D"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="00700F01"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="00733D60"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747066"/>
+    <w:rsid w:val="00752110"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="007569B5"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A6D06"/>
+    <w:rsid w:val="007C12A4"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E6B85"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00800EE5"/>
     <w:rsid w:val="00801463"/>
+    <w:rsid w:val="0080172C"/>
+    <w:rsid w:val="00811644"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00824F69"/>
+    <w:rsid w:val="008260F5"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="008375A2"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="008644C9"/>
     <w:rsid w:val="008654B6"/>
+    <w:rsid w:val="008661C6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00880B40"/>
+    <w:rsid w:val="00880DD8"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00892A20"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008A75F6"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C6366"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D12C9"/>
+    <w:rsid w:val="008D6B59"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F0F10"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="0096679A"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C248C"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
+    <w:rsid w:val="009E05A9"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A22363"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00A2768A"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A62080"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A73F1C"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA3996"/>
+    <w:rsid w:val="00AA4E85"/>
+    <w:rsid w:val="00AA6D28"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AC09EE"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AF0E47"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF6051"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B05AC6"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B301C4"/>
+    <w:rsid w:val="00B32D79"/>
     <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00B351E3"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B46495"/>
+    <w:rsid w:val="00B4657E"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B50D1B"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA616A"/>
+    <w:rsid w:val="00BA6D34"/>
+    <w:rsid w:val="00BB1B15"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BE3686"/>
+    <w:rsid w:val="00BE61B0"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C001E5"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C2650E"/>
+    <w:rsid w:val="00C36327"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C416D9"/>
     <w:rsid w:val="00C431B8"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C46205"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
     <w:rsid w:val="00C93EF8"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00CA26E7"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
+    <w:rsid w:val="00CB1BDA"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD232B"/>
+    <w:rsid w:val="00CD50C2"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00CF7E50"/>
     <w:rsid w:val="00D00BD7"/>
+    <w:rsid w:val="00D01B56"/>
+    <w:rsid w:val="00D06A6D"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D16FC6"/>
+    <w:rsid w:val="00D35D17"/>
+    <w:rsid w:val="00D363DB"/>
+    <w:rsid w:val="00D37739"/>
+    <w:rsid w:val="00D37968"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D461DC"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D5481C"/>
+    <w:rsid w:val="00D56898"/>
+    <w:rsid w:val="00D57DB8"/>
+    <w:rsid w:val="00D63D58"/>
     <w:rsid w:val="00D75A57"/>
+    <w:rsid w:val="00D8412F"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D86F7C"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DA762C"/>
     <w:rsid w:val="00DB3AEE"/>
+    <w:rsid w:val="00DC295B"/>
+    <w:rsid w:val="00DC5E08"/>
+    <w:rsid w:val="00DC75A6"/>
+    <w:rsid w:val="00DC7BB4"/>
+    <w:rsid w:val="00DE26D9"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF04C7"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E03692"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E114DB"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E138B9"/>
+    <w:rsid w:val="00E22559"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E72E11"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E93DF6"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA493F"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC0DD5"/>
     <w:rsid w:val="00EC1C1B"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00EC76AB"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF64E0"/>
+    <w:rsid w:val="00F065B0"/>
     <w:rsid w:val="00F07DA4"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F26754"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F55ED7"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F9514D"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FB74A9"/>
     <w:rsid w:val="00FC41E1"/>
     <w:rsid w:val="00FC4F36"/>
+    <w:rsid w:val="00FC63D5"/>
+    <w:rsid w:val="00FC7446"/>
+    <w:rsid w:val="00FC7AD9"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF3EB9"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="081949E3"/>
+    <w:rsid w:val="112030D5"/>
     <w:rsid w:val="1492EC97"/>
+    <w:rsid w:val="175619F6"/>
+    <w:rsid w:val="2656AFF2"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1072EA97"/>
+  <w14:docId w14:val="001A706C"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5526,50 +7781,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -5992,135 +8248,129 @@
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00EC76AB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="0007743A"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004641AE"/>
+    <w:rsid w:val="0007743A"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
     <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="004641AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00EC76AB"/>
     <w:pPr>
-      <w:ind w:left="240"/>
+      <w:ind w:left="1134"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00EC76AB"/>
     <w:pPr>
-      <w:ind w:left="480"/>
+      <w:ind w:left="1361"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -6218,57 +8468,56 @@
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004641AE"/>
+    <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:sz w:val="18"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -7425,83 +9674,94 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Underrubrik">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008661C6"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="UnderrubrikChar"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004641AE"/>
+    <w:rsid w:val="008661C6"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:ind w:left="992"/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-    <w:name w:val="Underrubrik Char"/>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Underrubrik"/>
-    <w:rsid w:val="004641AE"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008661C6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="253973829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -7694,69 +9954,98 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="144470563">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1981418764">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2074346978">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/stod-och-tjanster/system-a-o/pexip-video/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uppdragpsykiskhalsa.se/wp-content/uploads/2017/07/SBAR-BUP.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10094-2020762173-56/surrogate/V%c3%a5rdplan%20inom%20Barn-%20och%20ungdomspsykiatrin%20NU-sjukv%c3%a5rden.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/medicinska-och-vardadministrativa-riktlinjer/styrande-dokument-inom-halso--och-sjukvard/amnesomraden/psykiatri/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uppdragpsykiskhalsa.se/wp-content/uploads/2017/07/SBAR-BUP.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-480/surrogate/Ansvarsf%c3%b6rdelning%20och%20konsultationer%20mellan%20prim%c3%a4rv%c3%a5rd%20och%20barn-%20och%20ungdomspsykiatri.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uppdragpsykiskhalsa.se/wp-content/uploads/2017/07/SBAR-BUP.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-480/surrogate/Ansvarsf%c3%b6rdelning%20och%20konsultationer%20mellan%20prim%c3%a4rv%c3%a5rd%20och%20barn-%20och%20ungdomspsykiatri.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu15279-122128969-18/surrogate/Kompetens%20avseende%20psykopedagogisk%20och%20psykologisk%20behandling%20under%20behandlingskonferens.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10094-2020762173-56/surrogate/V%c3%a5rdplan%20inom%20Barn-%20och%20ungdomspsykiatrin%20NU-sjukv%c3%a5rden.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu15279-122128969-9/surrogate/Checklista%20behandlingskonferens.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -8039,71 +10328,453 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6528</Characters>
+  <Pages>9</Pages>
+  <Words>1630</Words>
+  <Characters>8642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7744</CharactersWithSpaces>
+  <CharactersWithSpaces>10252</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="126" baseType="variant">
+      <vt:variant>
+        <vt:i4>3932216</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>111</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10094-2020762173-56/surrogate/V%c3%a5rdplan inom Barn- och ungdomspsykiatrin NU-sjukv%c3%a5rden.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3473443</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>108</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu15279-122128969-9/surrogate/Checklista behandlingskonferens.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3604606</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>105</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.uppdragpsykiskhalsa.se/wp-content/uploads/2017/07/SBAR-BUP.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6946869</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>102</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-480/surrogate/Ansvarsf%c3%b6rdelning och konsultationer mellan prim%c3%a4rv%c3%a5rd och barn- och ungdomspsykiatri.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4194311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>99</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu15279-122128969-18/surrogate/Kompetens avseende psykopedagogisk och psykologisk behandling under behandlingskonferens.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>92</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102357</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>86</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102356</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>80</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>74</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102354</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>68</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102353</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102352</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102351</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048632</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102350</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102349</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102348</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102347</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102346</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102345</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102344</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102343</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc219102342</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Behandlingskonferens</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>