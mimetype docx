--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,1986 +1,2284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7C0C3964" w14:textId="77777777" w:rsidR="00395F70" w:rsidRDefault="00395F70" w:rsidP="00395F70">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
+    <w:p w:rsidR="00184167" w:rsidP="00184167" w:rsidRDefault="00BA577E" w14:paraId="061914D4" w14:textId="77C1BADB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
       <w:r>
         <w:t xml:space="preserve">Diabetes </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mellitus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och anestesi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...5 lines deleted...]
-        <w:t>Förändringar sedan föregående version</w:t>
+    <w:p w:rsidR="008C7F0C" w:rsidP="007155D5" w:rsidRDefault="00D20779" w14:paraId="2AF3298A" w14:textId="3C63A740">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t xml:space="preserve">Förändringar </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7F0C">
+        <w:t>sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F86B2F7" w14:textId="77777777" w:rsidR="00395F70" w:rsidRDefault="00395F70" w:rsidP="00395F70">
-[...1 lines deleted...]
-        <w:t>Ny rutin.</w:t>
+    <w:p w:rsidRPr="007A334E" w:rsidR="007A334E" w:rsidP="007A334E" w:rsidRDefault="0006167A" w14:paraId="56140802" w14:textId="5A58EA96">
+      <w:r>
+        <w:t>Personcentrerat språk, CGM</w:t>
+      </w:r>
+      <w:r w:rsidR="00270FA8">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670097E9" w14:textId="77777777" w:rsidR="00B6652B" w:rsidRDefault="00B6652B" w:rsidP="00B6652B">
-[...5 lines deleted...]
-        <w:t>Bakgrund och Syfte</w:t>
+    <w:p w:rsidR="007155D5" w:rsidP="007155D5" w:rsidRDefault="008C7F0C" w14:paraId="1B9446C1" w14:textId="48056AB0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bakgrund</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00BA577E">
+        <w:t xml:space="preserve"> och Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD0BFB5" w14:textId="77777777" w:rsidR="00B6652B" w:rsidRPr="008127BA" w:rsidRDefault="00B6652B" w:rsidP="00B6652B"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00E03F71" w:rsidR="00E03F71" w:rsidP="00E03F71" w:rsidRDefault="00167BF2" w14:paraId="31B370E9" w14:textId="78BE5F1F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Personer med diabetes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mellitus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> där blodsockernivåer och / eller HbA1c inte ligger inom målområdet har</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t xml:space="preserve"> en ökad risk för kompli</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA577E">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t xml:space="preserve">kationer. Det kan innebära högre infektionsrisk, sämre sårläkning, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t>ketoacidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t>laktacidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t xml:space="preserve">, hypoglykemi </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t xml:space="preserve">m </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t>m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t xml:space="preserve"> Bidragande till dessa risker är kirurgisk stress, fastande, omställning av läkemedelsbehand</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03F71">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t xml:space="preserve">ling m </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t>m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA577E" w:rsidR="00BA577E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E03F71" w:rsidR="00E03F71" w:rsidP="00E03F71" w:rsidRDefault="00BA577E" w14:paraId="200B4E39" w14:textId="295C97A2">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t xml:space="preserve">Rutinen syftar på en optimal behandling av vuxna patienter med diabetes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t>mellitus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t xml:space="preserve"> vid elektiv kirurgi, både dagkirurgisk och inne</w:t>
+      </w:r>
+      <w:r w:rsidR="00782C49">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t xml:space="preserve">liggande. Några men inte alla av rutinens principer kan även tillämpas på akuta patienter. För barn och för </w:t>
+      </w:r>
+      <w:r w:rsidR="00123F73">
+        <w:t>gravida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t xml:space="preserve"> finns särskilda rutiner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003158C4" w:rsidR="00E91F90" w:rsidP="00E91F90" w:rsidRDefault="00BA577E" w14:paraId="086FF2C6" w14:textId="19CC1B0F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t>Ett över</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t xml:space="preserve">gripande mål är att eftersträva </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t>normoglykemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t xml:space="preserve"> under hela det peri</w:t>
+      </w:r>
+      <w:r>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t xml:space="preserve">operativa förloppet, målvärdet för P-glukos ligger på 5 - 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA577E">
+        <w:t>/L.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E91F90" w:rsidR="003158C4" w:rsidP="006E1A5D" w:rsidRDefault="003158C4" w14:paraId="558FA766" w14:textId="5A6973D0">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Handläggning sker utifrån vilken sorts behandling</w:t>
+      </w:r>
+      <w:r w:rsidR="00996E14">
+        <w:t xml:space="preserve"> patienten har (kostbehandlad, tablettbehandlad, insulinbehandlad, insulinpump)</w:t>
+      </w:r>
+      <w:r w:rsidR="005F72AD">
+        <w:t xml:space="preserve">. Rutinen är uppbyggt utifrån faserna i det </w:t>
+      </w:r>
+      <w:r w:rsidR="0080774E">
+        <w:t>perioperativa förloppet enligt innehållsförteckningen (navigering med länkar inom doku</w:t>
+      </w:r>
+      <w:r w:rsidR="00155767">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="0080774E">
+        <w:t>mente</w:t>
+      </w:r>
+      <w:r w:rsidR="00155767">
+        <w:t xml:space="preserve">t) </w:t>
+      </w:r>
+      <w:r w:rsidR="0080774E">
+        <w:t>på nästa sida</w:t>
+      </w:r>
+      <w:r w:rsidR="00155767">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91F90" w:rsidRDefault="00E91F90" w14:paraId="42521DE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E3789" w:rsidP="001E3789" w:rsidRDefault="00BA577E" w14:paraId="41B937AE" w14:textId="4636E092">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Innehåll</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D71558" w:rsidR="00D71558" w:rsidP="00D71558" w:rsidRDefault="00D71558" w14:paraId="2F876C5D" w14:textId="10894501">
+      <w:r>
+        <w:t xml:space="preserve">Rutinen följer </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0D0D">
+        <w:t>de olika faser</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6ADC">
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0D0D">
+        <w:t xml:space="preserve"> i det perioperativa förloppet:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC44CD" w:rsidP="00BA577E" w:rsidRDefault="00BA577E" w14:paraId="757055DA" w14:textId="0D6394F1">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...57 lines deleted...]
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:hyperlink w:history="1" w:anchor="_Planeringsfas">
+        <w:r w:rsidRPr="00EE3926">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Planeringsfas</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00EE3926">
+        <w:t xml:space="preserve"> t o m kvällen före operation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2A2E38" w14:textId="77777777" w:rsidR="00B6652B" w:rsidRPr="00E03F71" w:rsidRDefault="00B6652B" w:rsidP="00B6652B">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00BA577E" w:rsidP="00BA577E" w:rsidRDefault="00FF6A6A" w14:paraId="4157AEDE" w14:textId="0E5A7A72">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> finns särskilda rutiner.</w:t>
+      </w:pPr>
+      <w:hyperlink w:history="1" w:anchor="_På_vårdavdelning_/">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>På vårdavdelning / mottagning</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> på operationsdagen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303BF036" w14:textId="77777777" w:rsidR="00B6652B" w:rsidRPr="003158C4" w:rsidRDefault="00B6652B" w:rsidP="00B6652B">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00BA577E" w:rsidP="00BA577E" w:rsidRDefault="00BA577E" w14:paraId="6950E953" w14:textId="32B53ED0">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...95 lines deleted...]
-      <w:hyperlink w:anchor="_Planeringsfas" w:history="1">
+      </w:pPr>
+      <w:hyperlink w:history="1" w:anchor="_På_operationsavdelningen">
         <w:r w:rsidRPr="00EE3926">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...41 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>På operationsavdelningen</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="295A9D09" w14:textId="267E8768" w:rsidR="00283F4A" w:rsidRDefault="00283F4A" w:rsidP="00283F4A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00BA577E" w:rsidP="00BA577E" w:rsidRDefault="00BA577E" w14:paraId="2703350C" w14:textId="3CCE1BC8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:hyperlink w:anchor="_Postoperativt" w:history="1">
+      </w:pPr>
+      <w:hyperlink w:history="1" w:anchor="_Postoperativt">
         <w:r w:rsidRPr="00EE3926">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Postoperativt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14473AC3" w14:textId="77777777" w:rsidR="00283F4A" w:rsidRDefault="00283F4A" w:rsidP="00283F4A">
+    <w:p w:rsidR="00DE0D0D" w:rsidP="00DE0D0D" w:rsidRDefault="00DE0D0D" w14:paraId="4A0C8BB1" w14:textId="2141F137">
       <w:r>
         <w:t>Sedan följer ett eget avsnitt om perioperativ handläggning av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA6122D" w14:textId="77777777" w:rsidR="00283F4A" w:rsidRDefault="00283F4A" w:rsidP="00283F4A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00FF6A6A" w:rsidP="000833AB" w:rsidRDefault="00FF6A6A" w14:paraId="5118ECB9" w14:textId="439756D8">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:hyperlink w:anchor="_Insulinpump" w:history="1">
+      </w:pPr>
+      <w:hyperlink w:history="1" w:anchor="_Insulinpump">
         <w:r w:rsidRPr="00FF6A6A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Insulinpump</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D13F8D3" w14:textId="77777777" w:rsidR="00283F4A" w:rsidRDefault="00283F4A" w:rsidP="00283F4A">
+    <w:p w:rsidR="00DE0D0D" w:rsidP="00DE0D0D" w:rsidRDefault="00DE0D0D" w14:paraId="1FEB7809" w14:textId="549A138C">
       <w:r>
         <w:t xml:space="preserve">Till slut följer lite bakgrundsinformation om </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023DA480" w14:textId="77777777" w:rsidR="00283F4A" w:rsidRDefault="00283F4A" w:rsidP="00283F4A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00DE0D0D" w:rsidP="00DE0D0D" w:rsidRDefault="00DE0D0D" w14:paraId="2CF4BA2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:hyperlink w:anchor="_Blodsockermätning" w:history="1">
+      </w:pPr>
+      <w:hyperlink w:history="1" w:anchor="_Blodsockermätning">
         <w:r w:rsidRPr="00EE3926">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Blodsockermätning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11DC8111" w14:textId="77777777" w:rsidR="00283F4A" w:rsidRDefault="00283F4A" w:rsidP="00283F4A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00FF6A6A" w:rsidP="00FF6A6A" w:rsidRDefault="000833AB" w14:paraId="178D6074" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:hyperlink w:anchor="_Antidiabetika_och_insulin_1" w:history="1">
+      </w:pPr>
+      <w:hyperlink w:history="1" w:anchor="_Antidiabetika_och_insulin_1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="000833AB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antidiabetika</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="000833AB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> och </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="000833AB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>insuliner</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FC6584C" w14:textId="5350365A" w:rsidR="00B405A1" w:rsidRDefault="00283F4A" w:rsidP="00283F4A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="000833AB" w:rsidR="00BA577E" w:rsidP="00FF6A6A" w:rsidRDefault="00FF6A6A" w14:paraId="0004E742" w14:textId="075C560E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:ind w:right="-143"/>
-[...1 lines deleted...]
-      <w:hyperlink w:anchor="_Referenser" w:history="1">
+      </w:pPr>
+      <w:hyperlink w:history="1" w:anchor="_Referenser">
         <w:r w:rsidRPr="00FF6A6A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Referenser</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00BA577E">
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w:rsidRPr="00BA577E" w:rsidR="00BA577E" w:rsidP="00555C9A" w:rsidRDefault="00BA577E" w14:paraId="2159CF61" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:name="_Planeringsfas" w:id="2"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00BA577E">
         <w:t>Planeringsfas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A9AA41" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00BA577E" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00BA577E" w:rsidR="00BA577E" w:rsidP="005B6B7E" w:rsidRDefault="00BA577E" w14:paraId="6D3142FB" w14:textId="5A536E2A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA577E">
         <w:t>elektiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve"> ingrepp bör god metabol kontroll eftersträvas. </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000314D1">
+        <w:t xml:space="preserve">Patienter med </w:t>
+      </w:r>
+      <w:r w:rsidR="001E2656">
+        <w:t>dålig metabol kontroll har högre risk för kom</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2656">
         <w:softHyphen/>
         <w:t xml:space="preserve">plikationer. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve">HbA1c som ett mått på metabol kontroll bör vara kontrollerat inom de senaste tre månaderna. Vid HbA1c &gt; 69 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA577E">
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve">/mol rekommenderas </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">optimering, och </w:t>
+      <w:r w:rsidR="00B80E1A">
+        <w:t>optimering</w:t>
+      </w:r>
+      <w:r w:rsidR="00C638B7">
+        <w:t xml:space="preserve">, och </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA577E">
         <w:t>senareläggning av elektiv icke-tidskänslig kirurgi, om det anses säkert och genom</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C638B7">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00BA577E">
         <w:t>förbart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF56A04" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00BA577E" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00BA577E" w:rsidR="00BA577E" w:rsidP="005B6B7E" w:rsidRDefault="00BA577E" w14:paraId="3BB65652" w14:textId="2612B21E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve">Sätt ut </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Antidiabetika_och_insulin_1" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Antidiabetika_och_insulin_1">
         <w:r w:rsidRPr="005B6B7E">
           <w:t>SGLT2-hämmare</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EC5E70">
         <w:t xml:space="preserve">48 timmar </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA577E">
         <w:t>innan operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F0CC3C" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="006E1A5D" w:rsidP="005B6B7E" w:rsidRDefault="00BA577E" w14:paraId="5A0C8B57" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve">Sätt ut </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Antidiabetika_och_insulin_1" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Antidiabetika_och_insulin_1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="005B6B7E">
           <w:t>Metformin</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EC5E70">
         <w:t xml:space="preserve">upp till 48 timmar </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA577E">
         <w:t>innan operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D7D6CA" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00BA577E" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00BA577E" w:rsidR="006C5548" w:rsidP="005B6B7E" w:rsidRDefault="006C5548" w14:paraId="757A8F11" w14:textId="05744F22">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Sätt inte ut </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sätt </w:t>
+      </w:r>
+      <w:r w:rsidR="6560E92E">
+        <w:t xml:space="preserve">inte </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ut </w:t>
       </w:r>
       <w:hyperlink w:anchor="GLP1analoger">
         <w:r w:rsidRPr="005B6B7E">
           <w:t>GLP1-analoger</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve"> innan operation.</w:t>
+      <w:r w:rsidR="00631821">
+        <w:t xml:space="preserve"> innan operation</w:t>
+      </w:r>
+      <w:r w:rsidR="003774A1">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2757D7AE" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00BA577E" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00BA577E" w:rsidR="00BA577E" w:rsidP="005B6B7E" w:rsidRDefault="00BA577E" w14:paraId="22C402E5" w14:textId="137EAAB5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve">Sätt ut övriga orala </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA577E">
         <w:t>antidiabetika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA577E">
         <w:t xml:space="preserve"> (tabletter</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003774A1">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA577E">
         <w:t>under operations</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003774A1">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00BA577E">
         <w:t>dygnet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF9EEF2" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
+    <w:p w:rsidR="003330FC" w:rsidRDefault="003330FC" w14:paraId="6F2B5D52" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_På_vårdavdelning_/"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:name="_På_vårdavdelning_/" w:id="3"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6250B7B8" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w:rsidR="00270FA8" w:rsidP="00555C9A" w:rsidRDefault="00441DED" w14:paraId="52488CE8" w14:textId="799F4BC9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00441DED">
         <w:t>På vårdavdelning / mottagning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DA4E6C8" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="000B15BF" w:rsidP="005B6B7E" w:rsidRDefault="000B15BF" w14:paraId="25E13EA1" w14:textId="3E03B11C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Patienter som står på insulin ska fortsätta att ta det (oavsett vilken sorts insulin) t o m kvällen före operation.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienter som står på insulin ska fortsätta att ta det </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7528">
+        <w:t>(oavsett vilken sorts insulin</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4597">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="1A396CF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>t o m kvällen före operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3677CC" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="77888435" w14:textId="33AA0000">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Ta faste-P-Glukos på operationsdagens morgon.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Ta faste-P-Glukos</w:t>
+      </w:r>
+      <w:r w:rsidR="000B15BF">
+        <w:t xml:space="preserve"> på operationsdagens morgon</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269EB197" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="4B44E156" w14:textId="7FA20659">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om P-Glukos &lt; 5 eller &gt; 10 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/L, kontakta läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310FB796" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="2C85724A" w14:textId="0B9E549A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om P-glukos &lt; 3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>/L, ge Glukos 300 mg/</w:t>
+        <w:t>/L,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B536EA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ge Glukos 300 mg/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve">, 30 </w:t>
+      <w:r w:rsidR="00B536EA">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 30 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> iv.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4302C524" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="167E56C1" w14:textId="1E116337">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Sätt på operationsdagens </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sätt </w:t>
+      </w:r>
+      <w:r w:rsidR="00D86881">
+        <w:t>på</w:t>
+      </w:r>
+      <w:r w:rsidR="00C861FD">
+        <w:t xml:space="preserve"> operationsdagen</w:t>
+      </w:r>
+      <w:r w:rsidR="2B1D78FC">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C861FD">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-        <w:t>morgon dropp</w:t>
+      <w:r w:rsidR="00C861FD">
+        <w:t xml:space="preserve">morgon </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dropp</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> med glukos som ska pågå kontinuerligt:</w:t>
+        <w:t xml:space="preserve"> med glukos som </w:t>
+      </w:r>
+      <w:r w:rsidR="00D71558">
+        <w:t>ska pågå</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> kontinuerligt:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C51D323" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="07D2E3BD" w14:textId="0A1439DC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...4 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">För </w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t xml:space="preserve">personer med </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kost- eller tablettbehandlad diabet</w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t>es</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00555C9A">
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>inf buffrad glukos 25 mg/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, 1000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> på 12 tim.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1DD67B" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="407770EC" w14:textId="568EA7CF">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...5 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk148342840" w:id="4"/>
+      <w:r>
+        <w:t xml:space="preserve">För </w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t xml:space="preserve">personer med </w:t>
+      </w:r>
+      <w:r>
+        <w:t>insulinbehandlad diabet</w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t>es</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00555C9A">
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>inf glukos 50 mg/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> med 40 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve">/L Na och 20 </w:t>
+      <w:r w:rsidR="00634A29">
+        <w:t>/L</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Na</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6B7E">
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">20 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve">/L K, 1000 </w:t>
+      <w:r w:rsidR="00634A29">
+        <w:t>/L</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> K, 1000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> på 12 tim.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="4133EE78" w14:textId="22A09214">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om patienten står på </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Antidiabetika_och_insuliner" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Antidiabetika_och_insuliner">
         <w:r w:rsidRPr="00B536EA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>insulin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB85BE8" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="0050382E" w14:textId="7DCA529D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="006E1A5D">
         <w:t>Basinsulin</w:t>
       </w:r>
       <w:r>
         <w:t>: ge ordinarie morgondos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01AAC780" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="2087F43C" w14:textId="0F3800E9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="006E1A5D">
         <w:t>Direktverkande insulin ges ej</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C861FD">
+      <w:r w:rsidRPr="00C861FD" w:rsidR="00F75EC8">
         <w:t xml:space="preserve"> på morgonen</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB4227D" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="1AB16C21" w14:textId="69FF8B32">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="006E1A5D">
         <w:t>Mixinsulin</w:t>
       </w:r>
       <w:r>
         <w:t>: ge halva morgondos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00555C9A">
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>(dock högst 15 E, för att undvika hypoglykemi).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9BD69B" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="238DF70C" w14:textId="61C9246F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="006E1A5D">
         <w:t>Insulinpump</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: se </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Insulinpump" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Insulinpump">
         <w:r w:rsidRPr="006E1A5D">
           <w:t>avsnitt nedan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51849D79" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="0907915E" w14:textId="76DBAF9E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="006E1A5D">
         <w:t>Dagkirurgiska patienter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och övriga patienter som kommer hemifrån på operationsdagen, skall ej ta insulin hemma på operationsdagens morgon. De skall ta med sig sitt insulin till sjukhuset, där insulin och glukosinfusion administre</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D71558">
         <w:softHyphen/>
+      </w:r>
+      <w:r>
         <w:t>ras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679A0864" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00D71558" w:rsidP="005B6B7E" w:rsidRDefault="00D71558" w14:paraId="73060939" w14:textId="68C8C508">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Tills patienten åker till operation, kontrollera P-Glukos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B40D193" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00D71558" w:rsidP="005B6B7E" w:rsidRDefault="00D71558" w14:paraId="499CD4B4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Vid kost- eller tablettbehandling, kontrollera v b.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B4C7CD" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00D71558" w:rsidP="005B6B7E" w:rsidRDefault="00D71558" w14:paraId="51BDA23E" w14:textId="42DB6C6F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Vid insulinbehandling, kontrollera var tredje timma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5261BD51" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
+    <w:p w:rsidR="00441DED" w:rsidRDefault="00441DED" w14:paraId="75027613" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA8AEF6" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="00441DED" w:rsidP="00555C9A" w:rsidRDefault="00441DED" w14:paraId="45E8CD73" w14:textId="72099768">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_På_operationsavdelningen" w:id="5"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00441DED">
         <w:t>På operationsavdelningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044CC161" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="19389F95" w14:textId="1F6209A3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Kontrollera P-Glukos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA34796" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00555C9A" w14:paraId="2C4EC882" w14:textId="17193B27">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Vid kost- eller tablettbehandling, kontrollera v b.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid</w:t>
+      </w:r>
+      <w:r w:rsidR="00441DED">
+        <w:t xml:space="preserve"> kost- eller tablettbehandl</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00441DED">
+        <w:t>, kontrollera v b.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FDF274" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00555C9A" w14:paraId="656EF199" w14:textId="0B8BF1D5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Vid insulinbehandling, kontrollera varannan timma.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid</w:t>
+      </w:r>
+      <w:r w:rsidR="00441DED">
+        <w:t xml:space="preserve"> insulinbehandl</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00441DED">
+        <w:t>, kontrollera varannan timma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4AFF04" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00555C9A" w14:paraId="769E792D" w14:textId="6FC309B0">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...3 lines deleted...]
-        <w:t>Ansvarig läkare ordinerar åtgärd som vidtas</w:t>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk148342229" w:id="6"/>
+      <w:r>
+        <w:t xml:space="preserve">Ansvarig </w:t>
+      </w:r>
+      <w:r w:rsidR="00441DED">
+        <w:t>läkare ordinerar åtgärd som vidtas</w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r w:rsidR="00441DED">
         <w:t xml:space="preserve">om P-Glukos &lt; 5 eller &gt; 10 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00441DED">
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00441DED">
         <w:t>/L,</w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r w:rsidR="00441DED">
         <w:t>antingen målstyrt i förväg eller muntligt efter mätningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A26231B" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="6C377AA2" w14:textId="126E5CBF">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...4 lines deleted...]
-        <w:t>Dropp med glukos (buffrad glukos respektive glukos 50 mg/</w:t>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk148356024" w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t xml:space="preserve">Dropp med glukos </w:t>
+      </w:r>
+      <w:r w:rsidR="00555C9A">
+        <w:t>(buffrad glukos respektive glukos 50 mg/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00555C9A">
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> med Na och K) ska pågå kontinuerligt med 1000 </w:t>
+      <w:r w:rsidR="00555C9A">
+        <w:t xml:space="preserve"> med Na och K) </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1336">
+        <w:t>ska pågå</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1B56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">kontinuerligt med 1000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> / 12 tim. Bör vara satt på avdelningen, sätts på operationsavdelningen om så inte är fallet.</w:t>
+        <w:t xml:space="preserve"> / 12 tim.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1B56">
+        <w:t xml:space="preserve"> Bör vara satt på avdelningen, sätts på operationsavdelningen om så inte är fallet</w:t>
+      </w:r>
+      <w:r w:rsidR="006F11E3">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="32DA0BF5" w14:textId="1100AC47">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Blod- och vätskeförluster ersätts med icke-glukoshaltiga lösningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E34E7CE" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00E540B8" w:rsidP="005B6B7E" w:rsidRDefault="00E540B8" w14:paraId="1DD5831B" w14:textId="12C5033A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Angående insulinpump, se </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Insulinpump" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Insulinpump">
         <w:r w:rsidRPr="005B6B7E">
           <w:t>avsnitt nedan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EADA985" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
+    <w:p w:rsidR="0011507B" w:rsidRDefault="0011507B" w14:paraId="10E5B7C3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Postoperativt"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:name="_Postoperativt" w:id="8"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474D2B6F" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w:rsidR="00441DED" w:rsidP="00555C9A" w:rsidRDefault="00441DED" w14:paraId="4B010069" w14:textId="44CD3E8E">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Postoperativt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76880C2D" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="000833AB" w:rsidP="005B6B7E" w:rsidRDefault="000833AB" w14:paraId="1719F0AC" w14:textId="48276F28">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Kontrollera P-Glukos:</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00D71558">
+        <w:t>era</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> P-Glukos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4805CB" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="000833AB" w14:paraId="6010183A" w14:textId="32905B22">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Hos alla diabetiker kontrolleras P-Glukos en gång under den första postoperativa timmen.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hos alla </w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t>personer med diabetes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> kontrolleras P-Glukos </w:t>
+      </w:r>
+      <w:r w:rsidR="00555C9A">
+        <w:t xml:space="preserve">en gång </w:t>
+      </w:r>
+      <w:r>
+        <w:t>under den första postoperativa timmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521328DE" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="000833AB" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="3751237E" w14:textId="746FDEA7">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Hos insulinbehandlade diabetiker kontrolleras P-Glukos sedan var tredje timma.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Hos</w:t>
+      </w:r>
+      <w:r w:rsidR="000833AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t xml:space="preserve">personer med </w:t>
+      </w:r>
+      <w:r w:rsidR="000833AB">
+        <w:t>insulinbehandlad diabe</w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t>tes</w:t>
+      </w:r>
+      <w:r w:rsidR="000833AB">
+        <w:t xml:space="preserve"> kontrolleras P-Glukos sedan var tredje timma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4413AA9C" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="007E0945" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="5FCDC5DB" w14:textId="43760A9A">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Hos kost- och tablettbehandlade diabetiker kontrolleras P-Glukos sedan efter ordination.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hos </w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t xml:space="preserve">personer med </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kost- och tablettbehandlad diabet</w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:t xml:space="preserve">es </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kontrolleras P-Glukos sedan efter ordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4184F3F8" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00555C9A" w:rsidP="005B6B7E" w:rsidRDefault="00555C9A" w14:paraId="386D7587" w14:textId="6D9B3A0C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Ansvarig läkare ordinerar åtgärd som vidtas</w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">om P-Glukos &lt; 5 eller &gt; 10 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/L,</w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>antingen målstyrt i förväg eller muntligt efter mätningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24904E02" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00555C9A" w:rsidP="005B6B7E" w:rsidRDefault="00555C9A" w14:paraId="0EEA0107" w14:textId="1FF90440">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Dropp med glukos (buffrad glukos respektive glukos 50 mg/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> med Na och K) som sattes på avdelningen eller på operations</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> med Na och K) som sattes på avdelningen </w:t>
+      </w:r>
+      <w:r w:rsidR="00080A2A">
+        <w:t>eller på operations</w:t>
+      </w:r>
+      <w:r w:rsidR="00080A2A">
         <w:softHyphen/>
-        <w:t xml:space="preserve">avdelningen, pågår kontinuerligt med 1000 </w:t>
+        <w:t xml:space="preserve">avdelningen, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">pågår kontinuerligt med 1000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> / 12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, tills patienten börjar äta / dricka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0D5F31" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="007E0945" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="2CE096B2" w14:textId="77798FA6">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Insulinbehandling:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F09CB0B" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="000833AB" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="683261CC" w14:textId="3539DA5D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>När patienten börjar äta, ges ordinarie dos direktverkande insulin eller mix-insulin.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>När patienten börjar äta, ges ordinarie dos direktverkande insulin eller mix</w:t>
+      </w:r>
+      <w:r w:rsidR="00555C9A">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>insulin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45BF4295" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="007E0945" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="16978EAE" w14:textId="1525188F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Basinsulin ges i vanlig dos oavsett om patienten äter eller inte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556A22F2" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="007E0945" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="4B2BD591" w14:textId="02300E94">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Angående insulinpump, se </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Insulinpump" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Insulinpump">
         <w:r w:rsidRPr="005B6B7E">
           <w:t>avsnitt nedan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63CB8F6E" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
+    <w:p w:rsidR="0011507B" w:rsidRDefault="0011507B" w14:paraId="1A09A6A0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Blodsockermätning"/>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkStart w:name="_Blodsockermätning" w:id="9"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="134A4FEC" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w:rsidR="00441DED" w:rsidP="00555C9A" w:rsidRDefault="00441DED" w14:paraId="4797210A" w14:textId="57C77613">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Blodsockermätning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E8C5DC" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00441DED" w:rsidP="005B6B7E" w:rsidRDefault="00441DED" w14:paraId="08805644" w14:textId="1844DC0C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Blodsocker kan mätas kapillärt, arteriellt, venöst eller subkutant.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Blodsocker kan mätas kapillärt, arteriellt, venöst eller subkutant</w:t>
+      </w:r>
+      <w:r w:rsidR="00631315">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10FB5A72" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00631315" w:rsidP="005B6B7E" w:rsidRDefault="00631315" w14:paraId="24BA683E" w14:textId="747023F2">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Att mäta </w:t>
       </w:r>
       <w:r w:rsidRPr="005B6B7E">
         <w:t>kapillärt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> är en lättillgänglig metod. Det kan dock vara vilseledande vid hypotension, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>vasopressorbehandling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, hypotermi och kritisk sjukdom.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C992DF" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00EE3926" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00EE3926" w:rsidR="00EE3926" w:rsidP="005B6B7E" w:rsidRDefault="00631315" w14:paraId="5B8C13CD" w14:textId="09D87B07">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E86E5B">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E86E5B" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>Kontinuerlig glukosmätning</w:t>
       </w:r>
-      <w:r w:rsidRPr="00631315">
+      <w:r w:rsidRPr="00631315" w:rsidR="00631315">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00853FFA">
+        <w:rPr/>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00853FFA">
+        <w:rPr/>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00631315">
+      <w:r w:rsidRPr="00631315" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>ontinuous</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00631315">
+      <w:r w:rsidRPr="00631315" w:rsidR="00631315">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00631315">
+      <w:r w:rsidRPr="00631315" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>glucose</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00631315">
+      <w:r w:rsidRPr="00631315" w:rsidR="00631315">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00631315">
+      <w:r w:rsidRPr="00631315" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>monitoring</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00631315">
+      <w:r w:rsidRPr="00631315" w:rsidR="00631315">
+        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B6B7E">
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>CGM</w:t>
       </w:r>
-      <w:r w:rsidRPr="00631315">
+      <w:r w:rsidRPr="00631315" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>) mäter vävna</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
         <w:t>dsglukos (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
         <w:t>interstitiellt</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
         <w:t xml:space="preserve">) med en sensor som sitter </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B6B7E">
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>sub</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005B6B7E">
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="005B6B7E">
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>kutant</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
         <w:t>. Observera att det vid CGM finns en viss tids</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E86E5B">
         <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
         <w:t>för</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B531AE">
         <w:softHyphen/>
-        <w:t xml:space="preserve">dröjning mellan plasmaglukos och vävnadsglukos, den är mest uttalad vid snabba glukossvängningar. CGM-system behöver även kalibreras mot blodglukos för att fungera korrekt. Av dessa anledningar </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B6B7E">
+      </w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
+        <w:t xml:space="preserve">dröjning mellan plasmaglukos och vävnadsglukos, den är mest uttalad vid snabba glukossvängningar. </w:t>
+      </w:r>
+      <w:r w:rsidR="5FA81307">
+        <w:rPr/>
+        <w:t xml:space="preserve">En del</w:t>
+      </w:r>
+      <w:r w:rsidR="00167BF2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
+        <w:t xml:space="preserve">CGM-system behöver även kalibreras mot blodglukos för att fungera korrekt. Av dessa anledningar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="00631315">
+        <w:rPr/>
         <w:t>skall CGM inte användas</w:t>
       </w:r>
-      <w:r w:rsidRPr="003630CD">
+      <w:r w:rsidRPr="003630CD" w:rsidR="00631315">
+        <w:rPr/>
         <w:t xml:space="preserve"> på sövd patient, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
         <w:t>vid svår sjukdom eller organ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005B6B7E">
         <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
         <w:t>svikt, eller för att styra intravenös insulin</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E86E5B">
         <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00631315">
+        <w:rPr/>
         <w:t>tillförsel. CGM-sensorn behöver däremot inte tas bort från kroppen under korta ingrepp.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Antidiabetika_och_insulin"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkStart w:name="_Antidiabetika_och_insulin" w:id="10"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="7114251D" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
+    <w:p w:rsidR="0011507B" w:rsidRDefault="0011507B" w14:paraId="7D92E76A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Insulinpump"/>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkStart w:name="_Insulinpump" w:id="11"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE0BAE7" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00FE4874" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w:rsidRPr="00FE4874" w:rsidR="00631315" w:rsidP="00555C9A" w:rsidRDefault="00631315" w14:paraId="3306146F" w14:textId="3B63C53F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Insulinpump</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446F0303" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00631315" w:rsidP="005B6B7E" w:rsidRDefault="00FE4874" w14:paraId="59C0DE5E" w14:textId="1F5A2782">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005B6B7E">
+      </w:pPr>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00923E62">
+        <w:t xml:space="preserve">atienter som genomgår </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="00923E62">
         <w:t>kort ingrepp</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00923E62">
+        <w:t xml:space="preserve"> upp till två timmar,</w:t>
+      </w:r>
+      <w:r w:rsidR="00731F82">
+        <w:t xml:space="preserve"> och om patienten förväntas kunna äta och själv ta hand om sin insulin</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02A86">
         <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00731F82">
         <w:t>pump under operationsdagen:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D374C9" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00731F82" w:rsidP="005B6B7E" w:rsidRDefault="00731F82" w14:paraId="245921EA" w14:textId="6F247E2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>På operationsdagens morgon sänks insulinpumpens basalinfusion med 50%. Be patienten att göra detta under överinseende. Vid osäkerhet, stoppa pumpen och kontakta ansvarig läkare som får ordinera alternativ administration av insulin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58343609" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00731F82" w:rsidP="005B6B7E" w:rsidRDefault="00FE4874" w14:paraId="66096202" w14:textId="60AA7280">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005B6B7E">
+      </w:pPr>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00923E62">
+        <w:t xml:space="preserve">atienter som genomgår </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="00923E62">
         <w:t>större kirurgi</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00923E62">
         <w:t>, och / eller inte för</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00923E62">
         <w:softHyphen/>
         <w:t>väntas kunna äta och själv ta hand om sin insulinpump under operations</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E02A86">
         <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00923E62">
         <w:t>dagen:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6609CA37" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00923E62" w:rsidP="005B6B7E" w:rsidRDefault="00923E62" w14:paraId="708F1BC0" w14:textId="2B501D49">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Insulinpumpen kopplas bort på operationsdagens morgon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209F7CBE" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00923E62" w:rsidP="005B6B7E" w:rsidRDefault="00923E62" w14:paraId="22C3E00B" w14:textId="1883C943">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Halva ordinarie dygns</w:t>
       </w:r>
       <w:r w:rsidRPr="00B536EA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>bas</w:t>
       </w:r>
       <w:r>
         <w:t>dosen ges som långverkande insulin s c.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218159EB" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00923E62" w:rsidP="005B6B7E" w:rsidRDefault="00FE4874" w14:paraId="6F448186" w14:textId="36208E7F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Alla</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="00923E62">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>lla</w:t>
+      </w:r>
+      <w:r w:rsidR="00923E62">
         <w:t xml:space="preserve"> patienter med insulinpump:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A635E7D" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00923E62" w:rsidP="005B6B7E" w:rsidRDefault="00EE3926" w14:paraId="03A4FC8E" w14:textId="43E55255">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00923E62">
+      </w:pPr>
+      <w:r>
+        <w:t>Sätt</w:t>
+      </w:r>
+      <w:r w:rsidR="00923E62">
+        <w:t xml:space="preserve"> dropp med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t xml:space="preserve"> glukos 50 mg/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00923E62">
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00923E62">
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t xml:space="preserve"> med 40 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00923E62">
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00634A29">
         <w:t>/L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00923E62">
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t xml:space="preserve"> Na och 20 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00923E62">
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00634A29">
         <w:t>/L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00923E62">
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t xml:space="preserve"> K, 1000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00923E62">
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t>mL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00923E62">
+      <w:r w:rsidRPr="00923E62" w:rsidR="00923E62">
         <w:t xml:space="preserve"> på 12 tim.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512CE49C" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00731F82" w:rsidP="005B6B7E" w:rsidRDefault="00731F82" w14:paraId="48505526" w14:textId="6C1C0F2F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Pre- och </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3926">
+        <w:t xml:space="preserve">re- och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>peroperativ</w:t>
+      <w:r w:rsidR="00EE3926">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>eroperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> mätning av P-Glukos ska ske regel</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EE3926">
         <w:softHyphen/>
+      </w:r>
+      <w:r>
         <w:t>bundet. Behandlingen ska inte baseras på CGM, se avsnitt ovan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424B109C" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00731F82" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00731F82" w:rsidR="00731F82" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="15D66145" w14:textId="5BF702D1">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ansvarig </w:t>
       </w:r>
-      <w:r w:rsidRPr="00731F82">
+      <w:r w:rsidRPr="00731F82" w:rsidR="00731F82">
         <w:t xml:space="preserve">läkare ordinerar åtgärd som vidtas om P-Glukos &lt; 5 eller &gt; 10 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00731F82">
+      <w:r w:rsidRPr="00731F82" w:rsidR="00731F82">
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731F82">
+      <w:r w:rsidRPr="00731F82" w:rsidR="00731F82">
         <w:t>/L, antingen målstyrt i förväg eller muntligt efter mätningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C905A4" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00731F82" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="734A5126" w14:textId="2E33EB16">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:t>Postoperativt kontrolleras P-glukos under första postoperativa timmen, och sedan var tredje timma.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Postoperativt kontrolleras </w:t>
+      </w:r>
+      <w:r w:rsidR="00731F82">
+        <w:t xml:space="preserve">P-glukos </w:t>
+      </w:r>
+      <w:r>
+        <w:t>under första postoperativa timmen, och sedan var tredje timma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEA3DAB" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="007E0945" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="18CE78B2" w14:textId="196DECF2">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>När patienten själv kan ta ansvar för skötseln av sin pump, sätts den på med ordinarie basalinfusion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4CA1D6" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00631315" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00631315" w:rsidR="007E0945" w:rsidP="005B6B7E" w:rsidRDefault="007E0945" w14:paraId="2927CFF0" w14:textId="05F79542">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005B6B7E">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om patienten själv inte kan ta ansvar för skötseln av sin pump, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A205A">
+        <w:t>stängs den av och halva ordinarie dygns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="008A205A">
         <w:t>bas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008A205A">
         <w:t>dosen ges som långverkande insulin s c på kvällen. Viktigt att kommunicera planen för insulinbehandling till avdel</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E02A86">
         <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="008A205A">
         <w:t>nings</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008A205A">
         <w:softHyphen/>
         <w:t>läkare och -sjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E96AFC" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
+    <w:p w:rsidR="0011507B" w:rsidRDefault="0011507B" w14:paraId="20C1B726" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Antidiabetika_och_insulin_1"/>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkStart w:name="_Antidiabetika_och_insulin_1" w:id="12"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B9E9A9" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00EE3926" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidRPr="00EE3926" w:rsidR="00EE3926" w:rsidP="00555C9A" w:rsidRDefault="00EE3926" w14:paraId="3AC2F46F" w14:textId="07C4B789">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Antidiabetika_och_insuliner" w:id="13"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EE3926">
         <w:t>Antidiabetika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EE3926">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EE3926">
         <w:t>insulin</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009F1C53">
         <w:t>er</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0545E75E" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00631315" w:rsidP="005B6B7E" w:rsidRDefault="008A205A" w14:paraId="5451787A" w14:textId="05DAB0A6">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kan leda till perioperativ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>laktacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> om njur</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00725850">
         <w:softHyphen/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">funktionen är nedsatt, om kontrasttillförsel planeras, och om det finns risk för perioperativ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>hypoperfusion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00725850">
         <w:t>, njursvikt, laktat</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00725850">
         <w:softHyphen/>
-        <w:t xml:space="preserve">ackumulation eller </w:t>
+        <w:t xml:space="preserve">ackumulation </w:t>
+      </w:r>
+      <w:r w:rsidR="00D71558">
+        <w:t>eller</w:t>
+      </w:r>
+      <w:r w:rsidR="00725850">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00725850">
         <w:t>vävnadshypoxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve">. I så fall sätts </w:t>
+      <w:r w:rsidR="00725850">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54B64">
+        <w:t xml:space="preserve">I så fall </w:t>
+      </w:r>
+      <w:r w:rsidR="009B20E7">
+        <w:t xml:space="preserve">sätts </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00762017">
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> ut upp till 48 timmar innan operation utifrån individuell bedömning av ansvarig läkare. Om inga av dessa </w:t>
+      <w:r w:rsidR="00762017">
+        <w:t xml:space="preserve"> ut upp till 48 timmar innan operation</w:t>
+      </w:r>
+      <w:r w:rsidR="00146B65">
+        <w:t xml:space="preserve"> utifrån individuell bedömning av ansvarig läkare. </w:t>
+      </w:r>
+      <w:r w:rsidR="00725850">
+        <w:t xml:space="preserve">Om inga </w:t>
+      </w:r>
+      <w:r w:rsidR="00D71558">
+        <w:t>av dessa</w:t>
+      </w:r>
+      <w:r w:rsidR="00725850">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00725850">
         <w:t>riksfaktorer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00725850">
         <w:t xml:space="preserve"> föreligger, räcker det att sätta ut </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00725850">
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00725850">
         <w:t xml:space="preserve"> på operationsdagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C9B4FF" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00725850" w:rsidP="005B6B7E" w:rsidRDefault="00725850" w14:paraId="596B2A7D" w14:textId="7A0DDC47">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SGLT2-hämmare</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>empagliflozin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1999,556 +2297,558 @@
         <w:softHyphen/>
         <w:t>gliflozin (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Forxiga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) kan, vid akuta sjukdomstillstånd eller kirurgisk stress, leda till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>euglykem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">. Dessa preparat ska därför sättas ut 48 timmar innan operation. Vid akut kirurgi på patienter som har fortsatt ta dessa preparat innan operation, rekommenderas kontroll av </w:t>
+        <w:t xml:space="preserve">. Dessa preparat ska därför sättas ut 48 timmar innan operation. </w:t>
+      </w:r>
+      <w:r w:rsidR="00721F9A">
+        <w:t xml:space="preserve">Vid akut kirurgi på patienter som har fortsatt ta dessa preparat innan operation, rekommenderas kontroll av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00FE4874">
         <w:t>blodketoner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00FE4874">
         <w:t xml:space="preserve"> samt behandling med insulin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06318F27" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00634A29" w:rsidP="005B6B7E" w:rsidRDefault="00634A29" w14:paraId="7A90AABD" w14:textId="32C4DED3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Hlk206404298"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="GLP1analoger" w:id="14"/>
+      <w:bookmarkStart w:name="_Hlk206404298" w:id="15"/>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GLP1-analoger</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>semaglutid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ozempic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>liraglutid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Victoza</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC7996">
+      <w:r w:rsidRPr="00BC7996" w:rsidR="00BC7996">
         <w:t>ger en fördröjning av magsäckstömningen vilket leder till en förhöjd aspirationsrisk</w:t>
       </w:r>
-      <w:r w:rsidRPr="5EFB6152">
+      <w:r w:rsidRPr="5EFB6152" w:rsidR="23FF81E7">
         <w:t xml:space="preserve"> oavsett fastetid och preoperativ utsättning. Det finns idag ingen evidens som stödjer nytta av preoperativ utsättning eller anpassade </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="5EFB6152">
+      <w:r w:rsidRPr="5EFB6152" w:rsidR="23FF81E7">
         <w:t>fasterekommendationer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="5EFB6152">
+      <w:r w:rsidRPr="5EFB6152" w:rsidR="23FF81E7">
         <w:t>. En individuell riskbedömning av aspirationsrisk bör utföras där övriga patient- och perioperativa faktorer inkluderas. Magsäcksultraljud kan vägleda i riskbedömningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="364D8FF4" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="007533B3" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="007533B3" w:rsidR="00FC6644" w:rsidP="005B6B7E" w:rsidRDefault="00FC6644" w14:paraId="3B3FB9AA" w14:textId="7E6261A5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktverkande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>insuliner</w:t>
+        <w:t>insulin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B6B7E" w:rsidR="5BFAA358">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>er</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> för injektion eller insulinpump, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t>Apidra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t>Humalog</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t>NovoRapid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t xml:space="preserve">, Insulin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t>Lispro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t xml:space="preserve"> Sanofi, Insulin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="6987466F">
         <w:t>Aspart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> Sanofi, </w:t>
+      <w:r w:rsidR="6987466F">
+        <w:t xml:space="preserve"> Sanofi</w:t>
+      </w:r>
+      <w:r w:rsidR="2048C135">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="2048C135">
         <w:t>Actrapid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="2048C135">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589853BD" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="006E1A5D" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="006E1A5D" w:rsidR="00FC6644" w:rsidP="005B6B7E" w:rsidRDefault="6987466F" w14:paraId="432F28BD" w14:textId="55BF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Basinsuliner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, medellångverkande</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E1A5D">
         <w:t>Humulin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E1A5D">
         <w:t xml:space="preserve"> NPH, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E1A5D">
         <w:t>Insulatard</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006E1A5D">
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="080F99D7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D15A2A" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="006E1A5D" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="006E1A5D" w:rsidR="00FC6644" w:rsidP="005B6B7E" w:rsidRDefault="080F99D7" w14:paraId="681E7083" w14:textId="62C588BB">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Basinsuliner</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006E1A5D">
+        <w:t>Basinsuliner, långverkande</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="01506E40">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006E1A5D">
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="01506E40">
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006E1A5D">
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="01506E40">
+        <w:t xml:space="preserve"> Abasaglar,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="160109C1">
+        <w:t xml:space="preserve"> Lantus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="01506E40">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="006E1A5D">
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="41423C43">
+        <w:t xml:space="preserve">Levemir, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="01506E40">
         <w:t>Toujeo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="30E774C3">
+        <w:t>, Tresiba</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="087CFBAA" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="007533B3" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="007533B3" w:rsidR="00FC6644" w:rsidP="005B6B7E" w:rsidRDefault="00FC6644" w14:paraId="39750823" w14:textId="1813D9C4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005B6B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Mix-insulin</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> (en blandning mellan direktverkande och medellångverkande insulin) </w:t>
+      <w:r w:rsidR="00F46375">
+        <w:t xml:space="preserve"> (en blandning mellan </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA667D">
+        <w:t xml:space="preserve">direktverkande </w:t>
+      </w:r>
+      <w:r w:rsidR="001067BB">
+        <w:t>och medellångverkande insulin)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidR="009857F9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Humalog</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> Mix, </w:t>
+      <w:r w:rsidR="2A134C75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mix, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NovoMix</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCF6CA5" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00CE6C69" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="00CE6C69" w:rsidR="00FC6644" w:rsidP="005B6B7E" w:rsidRDefault="00B536EA" w14:paraId="57ED0C09" w14:textId="0A366A49">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:r w:rsidRPr="00B536EA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Diabeteshandboken</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE6C69">
+      <w:r w:rsidRPr="00CE6C69" w:rsidR="00CE6C69">
         <w:t>f</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CE6C69">
         <w:t xml:space="preserve">inns en bra </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="005B6B7E">
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="005B6B7E" w:rsidR="00CE6C69">
           <w:t>översikt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00CE6C69">
         <w:t xml:space="preserve"> över olika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00CE6C69">
         <w:t>insuliners</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00CE6C69">
         <w:t xml:space="preserve"> verkningsprofil.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5987BF25" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
+    <w:p w:rsidR="0011507B" w:rsidRDefault="0011507B" w14:paraId="70C71E06" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Referenser"/>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkStart w:name="_Referenser" w:id="16"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47BCDA0A" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRPr="00CE6C69" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w:rsidRPr="00CE6C69" w:rsidR="009C6C0C" w:rsidP="00555C9A" w:rsidRDefault="009C6C0C" w14:paraId="606E1432" w14:textId="429BDF02">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00CE6C69">
-        <w:t>Referenser</w:t>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6C69" w:rsidR="009A07DC">
+        <w:t>eferenser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3305852E" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="009C6C0C" w:rsidP="00CE6C69" w:rsidRDefault="00CE6C69" w14:paraId="40AA233F" w14:textId="3C63B465">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="00CE6C69">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Avsnitt om diabetes och anestesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> i Diabeteshandboken.</w:t>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidR="00B536EA">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iabeteshandboken.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D2FD7D" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00CE6C69" w:rsidP="00CE6C69" w:rsidRDefault="00CE6C69" w14:paraId="531B0A10" w14:textId="580C5CEF">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="00CE6C69">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Rutin Diabetes </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00CE6C69">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>mellitus</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00CE6C69">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> – Anestesi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> på SU,</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> på SU</w:t>
+      </w:r>
+      <w:r w:rsidR="0001049A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B407FD">
         <w:br/>
-        <w:t>där finns det även ytterligare referenser.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B407FD">
+        <w:t>där finns det även ytterligare referenser</w:t>
+      </w:r>
+      <w:r w:rsidR="00B536EA">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A53A510" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00CE6C69" w:rsidP="00CE6C69" w:rsidRDefault="00CE6C69" w14:paraId="6A58D996" w14:textId="5DBA6355">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6C69">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Crowley K et al: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="00FC52A5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Current practice in the perioperative management of patients with diabetes mellitus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CE6C69">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: a narrative review. Br J </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE6C69">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Anaesth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE6C69">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023 Aug;131(2):242-252.</w:t>
       </w:r>
@@ -2569,4258 +2869,5503 @@
       <w:r w:rsidRPr="00CE6C69">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6C69">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>0.1016/j.bja.2023.02.039</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F02C02" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="006F2B8B" w:rsidP="00CE6C69" w:rsidRDefault="008E4566" w14:paraId="5DD601CD" w14:textId="25D9A535">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E4566">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CPOC (Centre for Perioperative Care)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="008A5EC5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Guideline for Perioperative Care for People with Diabetes Mellitus Undergoing Elective and Emergency Surgery</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008E4566">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D5105B" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00B306BA" w:rsidP="007D4F8C" w:rsidRDefault="00B306BA" w14:paraId="758724B6" w14:textId="44E9EA6B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4F8C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yu A et al: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="001A3A6E">
+        <w:t>Yu A et al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D4F8C" w:rsidR="007D4F8C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">Impact of preoperative </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="001A3A6E">
+        <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>haemoglobin</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="001A3A6E">
+        <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> A1c levels on postoperative outcomes in adults undergoing major noncardiac surgery: A systematic review</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007D4F8C">
+      <w:r w:rsidRPr="007D4F8C" w:rsidR="007D4F8C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B306BA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Diabet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B306BA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Med</w:t>
       </w:r>
+      <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="001A3A6E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. 2024 Oct; 41(10): e15380. </w:t>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3A6E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Oct;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3A6E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>41(10):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3A6E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e15380.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B306BA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B306BA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B306BA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: 10.1111/dme.15380</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A3A6E">
+      <w:r w:rsidRPr="001A3A6E" w:rsidR="007D4F8C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE165C6" w14:textId="77777777" w:rsidR="000C19C9" w:rsidRDefault="000C19C9" w:rsidP="000C19C9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidRPr="006E1A5D" w:rsidR="001464AF" w:rsidP="006E1A5D" w:rsidRDefault="001464AF" w14:paraId="64AA2004" w14:textId="673E022C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>SFAI</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F21AE">
+      <w:r w:rsidRPr="00167BF2">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
-        <w:r w:rsidRPr="009F21AE">
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="00167BF2" w:rsidR="00D4177C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ fasta för vuxna och barn</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009F21AE">
+      <w:r w:rsidRPr="00167BF2" w:rsidR="00D4177C">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1A5D" w:rsidR="00D4177C">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Reviderad 2025 avseende GLP1-analoger.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3D085729" w:rsidP="006E1A5D" w:rsidRDefault="3D085729" w14:paraId="6E86FA15" w14:textId="6E691DB3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E1A5D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>El-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E1A5D">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Reviderad</w:t>
+        <w:t>Boghdadly</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E1A5D">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 </w:t>
+        <w:t xml:space="preserve"> K, Dhesi J, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E1A5D">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>avseende</w:t>
+        <w:t>Fabb</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E1A5D">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hyperlnk"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> GLP1-analoger.</w:t>
-[...48 lines deleted...]
-      <w:r w:rsidR="00CD684E">
+        <w:t xml:space="preserve"> P, et al. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="5EFB6152">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Elective peri-operative management of adults taking glucagon-like peptide-1 receptor agonists, glucose-dependent insulinotropic peptide agonists and sodium-glucose cotransporter-2 inhibitors: a multidisciplinary consensus statement</w:t>
+        </w:r>
+        <w:r w:rsidRPr="5EFB6152" w:rsidR="3DCFC4D5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="5EFB6152">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
-[...8 lines deleted...]
-      <w:r w:rsidR="000C19C9" w:rsidRPr="00CD684E">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="5EFB6152">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Anaesthesia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="5EFB6152">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025;80(4):412-424.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5EFB6152" w:rsidR="490AF66C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C19C9" w:rsidRPr="00CD684E">
-[...13 lines deleted...]
-      <w:r w:rsidR="000C19C9" w:rsidRPr="00CD684E">
+      <w:r w:rsidRPr="5EFB6152" w:rsidR="490AF66C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C19C9" w:rsidRPr="00CD684E">
+      <w:r w:rsidRPr="5EFB6152" w:rsidR="490AF66C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: 10.1111/anae.16541.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="003F3EA2" w:rsidSect="00B96AFF">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+    <w:sectPr w:rsidR="3D085729" w:rsidSect="00E91F90">
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="first" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId25"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E55BFC9" w14:textId="77777777" w:rsidR="0048756E" w:rsidRDefault="0048756E">
+    <w:p w:rsidR="000B4930" w:rsidRDefault="000B4930" w14:paraId="3F5DA581" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A37E0DF" w14:textId="77777777" w:rsidR="0048756E" w:rsidRDefault="0048756E">
+    <w:p w:rsidR="000B4930" w:rsidRDefault="000B4930" w14:paraId="380A5056" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5E89D9EB" w14:textId="77777777" w:rsidR="0048756E" w:rsidRDefault="0048756E">
+    <w:p w:rsidR="000B4930" w:rsidRDefault="000B4930" w14:paraId="0F7E7463" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Georgia">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-[...2 lines deleted...]
-        <w:rStyle w:val="PageNumber"/>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="0048756E" w:rsidP="00EC0A68">
-[...23 lines deleted...]
-        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-2070031421"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="202AFF24">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:sdtContent>
-[...58 lines deleted...]
-  </w:p>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4391660</wp:posOffset>
+            <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-3947</wp:posOffset>
+            <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1953671" cy="348178"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1897920" cy="384860"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="12" name="Bildobjekt 12">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="348178"/>
+                    <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44E55878" w14:textId="77777777" w:rsidR="0048756E" w:rsidRDefault="0048756E"/>
+    <w:p w:rsidR="000B4930" w:rsidRDefault="000B4930" w14:paraId="7D024C97" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C0CE095" w14:textId="77777777" w:rsidR="0048756E" w:rsidRDefault="0048756E">
+    <w:p w:rsidR="000B4930" w:rsidRDefault="000B4930" w14:paraId="4F8246BE" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55460A3C" w14:textId="77777777" w:rsidR="0048756E" w:rsidRDefault="0048756E">
+    <w:p w:rsidR="000B4930" w:rsidRDefault="000B4930" w14:paraId="7114474A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="3311CE48">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="5780A997">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="008569C6" w14:paraId="058CDD4D" w14:textId="0FD65030">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>17145</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>198755</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7559040" cy="215900"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="11" name="Bild 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Bild 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7559040" cy="215900"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00413A60">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="179496A6">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AE1038F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="63A6561A"/>
+    <w:lvl w:ilvl="0" w:tplc="A0102B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2344" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14B93FC7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F62A32B2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2344" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D6F744B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6DA36E4"/>
+    <w:lvl w:ilvl="0" w:tplc="A0102B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E082DA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DD06D08C"/>
+    <w:tmpl w:val="0936AA08"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3859779A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2DD82FEE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E0A5358"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47BA25D8"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4A0AD9B6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E572B78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD946AC8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4952" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1B6660C0"/>
-[...10 lines deleted...]
-        <w:rFonts w:hint="default"/>
+    <w:tmpl w:val="A0989862"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="2795" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="3515" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="4235" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="4955" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="5675" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="6395" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="7115" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="7835" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="625C3CCB"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D6E15A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FC8E602A"/>
+    <w:tmpl w:val="A71C7392"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1352" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2072" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2792" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3512" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4232" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4952" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5672" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6392" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7112" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D411897"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22384B2E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E5924B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="322AD0B2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F487B79"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="57EA3FD8"/>
+    <w:lvl w:ilvl="0" w:tplc="A0102B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2344" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77B77C14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6F41E16"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78937D1B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="977880A0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1909921896">
+  <w:num w:numId="1" w16cid:durableId="1477798437">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1368678017">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1367871050">
+  <w:num w:numId="3" w16cid:durableId="65955498">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1756129309">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1275554301">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="301084614">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="550389584">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1303078471">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="901479537">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="704217085">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="20208349">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1373076926">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="995182193">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1124271322">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="704453698">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="17977647">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1819572294">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="132413705">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="164058872">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="19" w16cid:durableId="354967598">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="861477783">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="20" w16cid:durableId="325791717">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1280868239">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="21" w16cid:durableId="304087187">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="444931515">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="22" w16cid:durableId="1306395574">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="739910959">
+  <w:num w:numId="23" w16cid:durableId="120615771">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="970358706">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2083335676">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="992216930">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1444880421">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="879899576">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1329940520">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1949386289">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="370693742">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1028212989">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="456334596">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="711461372">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="391579451">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="35" w16cid:durableId="2025934178">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1296368398">
-[...38 lines deleted...]
-  <w:num w:numId="22" w16cid:durableId="2025934178">
+  <w:num w:numId="36" w16cid:durableId="744307013">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="784542327">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="37" w16cid:durableId="1928077471">
+    <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="140"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="0001049A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="000314D1"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="0004216C"/>
+    <w:rsid w:val="00044DA4"/>
+    <w:rsid w:val="000504C0"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00053CC3"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="0006167A"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
-    <w:rsid w:val="000704EC"/>
+    <w:rsid w:val="00080A2A"/>
+    <w:rsid w:val="000833AB"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B15BF"/>
     <w:rsid w:val="000B4536"/>
+    <w:rsid w:val="000B4930"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000C19C9"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
-    <w:rsid w:val="001108C0"/>
-    <w:rsid w:val="00111CB2"/>
+    <w:rsid w:val="001067BB"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="0011507B"/>
+    <w:rsid w:val="00123F73"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
-    <w:rsid w:val="00134B54"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="001464AF"/>
+    <w:rsid w:val="00146B65"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00155767"/>
     <w:rsid w:val="00157D5B"/>
-    <w:rsid w:val="00160F90"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00167BF2"/>
+    <w:rsid w:val="00173EB3"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00187E7B"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A3A6E"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
-    <w:rsid w:val="001C4577"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E2656"/>
     <w:rsid w:val="001E3789"/>
-    <w:rsid w:val="00203E5C"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="002273C9"/>
+    <w:rsid w:val="00230DE5"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
-    <w:rsid w:val="00281791"/>
-    <w:rsid w:val="00283F4A"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002E142B"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
+    <w:rsid w:val="002F4597"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00302433"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="003158C4"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="003330FC"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00356D5E"/>
+    <w:rsid w:val="003603FA"/>
     <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="003630CD"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="003774A1"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
-    <w:rsid w:val="00395F70"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
-    <w:rsid w:val="003F3EA2"/>
+    <w:rsid w:val="003F7528"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="00414FC1"/>
     <w:rsid w:val="004230F7"/>
-    <w:rsid w:val="004263CA"/>
+    <w:rsid w:val="00427D8C"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="0043673A"/>
+    <w:rsid w:val="00441DED"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
-    <w:rsid w:val="004646C6"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
-    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
-    <w:rsid w:val="0048756E"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
-    <w:rsid w:val="004A5C8C"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004D1946"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00535216"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00555C9A"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
-    <w:rsid w:val="00570ED8"/>
-    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005922C3"/>
+    <w:rsid w:val="00590F07"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
+    <w:rsid w:val="005A5ACD"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B6B7E"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005F1207"/>
+    <w:rsid w:val="005F72AD"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
-    <w:rsid w:val="00626D45"/>
     <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00631315"/>
+    <w:rsid w:val="00631821"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00634A29"/>
+    <w:rsid w:val="006556D4"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
-    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
-    <w:rsid w:val="006939F0"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
+    <w:rsid w:val="006C5548"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E1A5D"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="00704D81"/>
+    <w:rsid w:val="006F11E3"/>
+    <w:rsid w:val="006F2B8B"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
+    <w:rsid w:val="00716F57"/>
     <w:rsid w:val="0072075B"/>
+    <w:rsid w:val="00721F9A"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="007268AB"/>
-    <w:rsid w:val="00730286"/>
+    <w:rsid w:val="00725850"/>
     <w:rsid w:val="00730955"/>
+    <w:rsid w:val="00731F82"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
-    <w:rsid w:val="00743374"/>
+    <w:rsid w:val="007533B3"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="00762017"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
-    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00782C49"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00792604"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007D1C62"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007E4E5C"/>
-    <w:rsid w:val="007F02D8"/>
+    <w:rsid w:val="007D4F8C"/>
+    <w:rsid w:val="007E0945"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="008127BA"/>
+    <w:rsid w:val="0080774E"/>
+    <w:rsid w:val="00816562"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
-    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00853FFA"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="0089625E"/>
     <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="008A205A"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
+    <w:rsid w:val="008A5EC5"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008D64CD"/>
+    <w:rsid w:val="008E0ABE"/>
     <w:rsid w:val="008E36F8"/>
+    <w:rsid w:val="008E4566"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F71F9"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
-    <w:rsid w:val="009246F1"/>
+    <w:rsid w:val="00923E62"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="009709F6"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00982C02"/>
+    <w:rsid w:val="009857F9"/>
+    <w:rsid w:val="00996E14"/>
     <w:rsid w:val="009A07DC"/>
-    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A4679"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B20E7"/>
+    <w:rsid w:val="009B6DDB"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C1A04"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
-    <w:rsid w:val="009F21AE"/>
+    <w:rsid w:val="009F1C53"/>
+    <w:rsid w:val="009F3125"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A14F88"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A540D3"/>
     <w:rsid w:val="00A54A0B"/>
-    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA5D7C"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
-    <w:rsid w:val="00AF7CA0"/>
+    <w:rsid w:val="00B01BA3"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B1231A"/>
     <w:rsid w:val="00B13F4C"/>
-    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B306BA"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
-    <w:rsid w:val="00B405A1"/>
-    <w:rsid w:val="00B41571"/>
+    <w:rsid w:val="00B407FD"/>
     <w:rsid w:val="00B41789"/>
-    <w:rsid w:val="00B44C0A"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B531AE"/>
+    <w:rsid w:val="00B536EA"/>
+    <w:rsid w:val="00B54B64"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
-    <w:rsid w:val="00B6652B"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
-    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
-    <w:rsid w:val="00B83715"/>
+    <w:rsid w:val="00B80E1A"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
-    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BA03F9"/>
-    <w:rsid w:val="00BB3E41"/>
+    <w:rsid w:val="00BA577E"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BC6590"/>
-    <w:rsid w:val="00BE15DB"/>
+    <w:rsid w:val="00BC7996"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00C00C67"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
-    <w:rsid w:val="00C424D9"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C638B7"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C861FD"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00CA1B56"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
-    <w:rsid w:val="00CC6E76"/>
+    <w:rsid w:val="00CC592C"/>
     <w:rsid w:val="00CD6647"/>
-    <w:rsid w:val="00CD684E"/>
+    <w:rsid w:val="00CD6ADC"/>
+    <w:rsid w:val="00CE30F3"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE6C69"/>
     <w:rsid w:val="00CF70BB"/>
-    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D26554"/>
+    <w:rsid w:val="00D32A38"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D4177C"/>
+    <w:rsid w:val="00D45782"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D62468"/>
-    <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D71558"/>
+    <w:rsid w:val="00D82741"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D86881"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00DA24A0"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DA667D"/>
+    <w:rsid w:val="00DD1336"/>
+    <w:rsid w:val="00DE0D0D"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E02A86"/>
+    <w:rsid w:val="00E03F71"/>
+    <w:rsid w:val="00E07711"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E411B6"/>
+    <w:rsid w:val="00E21176"/>
+    <w:rsid w:val="00E36A5E"/>
+    <w:rsid w:val="00E50F6D"/>
     <w:rsid w:val="00E52A86"/>
+    <w:rsid w:val="00E540B8"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E70E7A"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
+    <w:rsid w:val="00E86E5B"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E91F90"/>
+    <w:rsid w:val="00E946AB"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00EA1C94"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00EC5E70"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EE3926"/>
+    <w:rsid w:val="00F05E36"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F26C8C"/>
+    <w:rsid w:val="00F3354F"/>
+    <w:rsid w:val="00F343F1"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F46375"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F75924"/>
+    <w:rsid w:val="00F534B7"/>
+    <w:rsid w:val="00F64B3F"/>
+    <w:rsid w:val="00F73CDF"/>
+    <w:rsid w:val="00F75EC8"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA52D5"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
-    <w:rsid w:val="00FC00FB"/>
     <w:rsid w:val="00FC4F36"/>
+    <w:rsid w:val="00FC52A5"/>
+    <w:rsid w:val="00FC6644"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE4874"/>
+    <w:rsid w:val="00FF6A6A"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="01506E40"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="080F99D7"/>
+    <w:rsid w:val="0D8FD3D1"/>
+    <w:rsid w:val="13AF57A3"/>
+    <w:rsid w:val="160109C1"/>
+    <w:rsid w:val="16021CE1"/>
+    <w:rsid w:val="167969E0"/>
+    <w:rsid w:val="17760C69"/>
+    <w:rsid w:val="1A396CF6"/>
+    <w:rsid w:val="1A9ADBCF"/>
+    <w:rsid w:val="1EA08817"/>
+    <w:rsid w:val="2048C135"/>
+    <w:rsid w:val="20BD1456"/>
+    <w:rsid w:val="210F9246"/>
+    <w:rsid w:val="23FF81E7"/>
+    <w:rsid w:val="28B24EC9"/>
+    <w:rsid w:val="2A134C75"/>
+    <w:rsid w:val="2A38326E"/>
+    <w:rsid w:val="2B1D78FC"/>
+    <w:rsid w:val="30E774C3"/>
+    <w:rsid w:val="3405BB78"/>
+    <w:rsid w:val="387AC1D5"/>
+    <w:rsid w:val="3D085729"/>
+    <w:rsid w:val="3DCFC4D5"/>
+    <w:rsid w:val="41423C43"/>
+    <w:rsid w:val="420BF5E6"/>
+    <w:rsid w:val="490AF66C"/>
+    <w:rsid w:val="4B69D29C"/>
+    <w:rsid w:val="4DFEEF18"/>
+    <w:rsid w:val="5BFAA358"/>
+    <w:rsid w:val="5C9BDCD3"/>
+    <w:rsid w:val="5EFB6152"/>
+    <w:rsid w:val="5FA81307"/>
+    <w:rsid w:val="61556382"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6560E92E"/>
+    <w:rsid w:val="6987466F"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="70219088"/>
+    <w:rsid w:val="763F768D"/>
+    <w:rsid w:val="76A1719E"/>
+    <w:rsid w:val="7BA02B43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6845,75 +8390,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -6948,57 +8493,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -7056,2271 +8601,2589 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00831C35"/>
+    <w:rsid w:val="008A0C5F"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
-      <w:ind w:left="567" w:right="868"/>
+      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="567"/>
+      <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
-      <w:b/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="44"/>
+      <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
-[...25 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00831C35"/>
+    <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
-    <w:rsid w:val="001108C0"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
-      <w:b/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="44"/>
+      <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+    <w:name w:val="Rubrik 3 Char"/>
+    <w:aliases w:val="Rubrik 3 VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00627BEA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
-      <w:szCs w:val="26"/>
-[...13 lines deleted...]
-      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:ind w:left="1712" w:hanging="357"/>
+      <w:ind w:left="0"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:ind w:right="142"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00B14487"/>
+    <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00B14487"/>
+    <w:rsid w:val="005A627D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
-    <w:name w:val="Underrubrik VGR"/>
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+    <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00B14487"/>
+    <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
-[...2 lines deleted...]
-    <w:link w:val="UnderrubrikVGR"/>
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+    <w:name w:val="Omslagsunderrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00B14487"/>
+    <w:rsid w:val="009533B4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC6590"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:right="0"/>
+      <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240" w:after="0"/>
+      <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B14487"/>
+    <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:sz w:val="18"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...66 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B97D4E"/>
+    <w:rsid w:val="00EE3926"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EE3926"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00672EC3"/>
+    <w:rsid w:val="00123F73"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00123F73"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00123F73"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00123F73"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:basedOn w:val="KommentarerChar"/>
+    <w:link w:val="Kommentarsmne"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00123F73"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fotnotstext">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FotnotstextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E50F6D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FotnotstextChar" w:customStyle="1">
+    <w:name w:val="Fotnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Fotnotstext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E50F6D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="252205436">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="144248030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1370036543">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1974171802">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="95832839">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="416944396">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="85733754">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="772743938">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="504440830">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1420129539">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="228880674">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="819535711">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1928149501">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="583491294">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1893151668">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="733312788">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1190796730">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1772427838">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1034035655">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="460656122">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1020665999">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="335767287">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2141456688">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1382366612">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diabeteshandboken.se/inneh%C3%A5ll/bilaga-pm-diabetes-och-anestesi-(narkosl%C3%A4kare)-13755207" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/wp-content/uploads/2015/02/Nationell-riktlinje-Fasta-vid-anestesi.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diabeteshandboken.se/inneh%C3%A5ll/12.-insulinerna-13754595" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/dme.15380" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpoc.org.uk/sites/cpoc/files/documents/2021-03/CPOC-Guideline%20for%20Perioperative%20Care%20for%20People%20with%20Diabetes%20Mellitus%20Undergoing%20Elective%20and%20Emergency%20Surgery.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diabeteshandboken.se/inneh%C3%A5ll/12-insulinerna-13754595" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/37061429/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://associationofanaesthetists-publications.onlinelibrary.wiley.com/doi/pdf/10.1111/anae.16541" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9805-1593997-981/surrogate/Diabetes%20mellitus-anestesi%20vid.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diabeteshandboken.se/inneh%C3%A5ll/12.-insulinerna-13754595" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/dme.15380" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diabeteshandboken.se/inneh%C3%A5ll/12-insulinerna-13754595" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpoc.org.uk/sites/cpoc/files/documents/2021-03/CPOC-Guideline%20for%20Perioperative%20Care%20for%20People%20with%20Diabetes%20Mellitus%20Undergoing%20Elective%20and%20Emergency%20Surgery.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/37061429/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://associationofanaesthetists-publications.onlinelibrary.wiley.com/doi/pdf/10.1111/anae.16541" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9805-1593997-981/surrogate/Diabetes%20mellitus-anestesi%20vid.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/wp-content/uploads/2015/02/Nationell-riktlinje-Fasta-vid-anestesi.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diabeteshandboken.se/inneh%C3%A5ll/bilaga-pm-diabetes-och-anestesi-(narkosl%C3%A4kare)-13755207" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -9600,510 +11463,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...469 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Diabetes mellitus och anestesi</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Lars Brühne</dc:creator>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Lars Brühne</lastModifiedBy>
+  <revision>4</revision>
+  <lastPrinted>2025-11-27T07:54:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>